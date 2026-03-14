--- v0 (2025-12-05)
+++ v1 (2026-03-14)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29816"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\shruthi.mohana\Downloads\NESO\Shruthi\New\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://nationalenergyso.sharepoint.com/sites/GRP-INT-UK-BaRSRightsourcingKnowledgeLibrary/Shared Documents/Customer Focus/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E459A096-A2C5-40A3-90F2-5EFB8E4736C6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{898D5684-3F51-4D66-A29C-EB191A25A8E3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{F2BD743D-8BAC-4D53-A723-D3D2E0FADE8D}"/>
+    <workbookView xWindow="-23148" yWindow="-108" windowWidth="23256" windowHeight="12576" firstSheet="1" activeTab="1" xr2:uid="{F2BD743D-8BAC-4D53-A723-D3D2E0FADE8D}"/>
   </bookViews>
   <sheets>
     <sheet name="Guidance &amp; Glossary" sheetId="3" r:id="rId1"/>
     <sheet name="Query Form" sheetId="1" r:id="rId2"/>
     <sheet name="Lists" sheetId="2" state="hidden" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -131,254 +131,52 @@
           <t>The amount to be paid or received by ESO (any monies to be received by ESO should be a negative value)</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="66">
   <si>
     <t>Guidance</t>
   </si>
   <si>
     <t>Purpose of use</t>
   </si>
   <si>
     <t xml:space="preserve">This form serves to enable our customers to easily and accurately log a settlement query with the team. We have provided some guidance fields to help correctly identify the area of your query and ensure it is handled effectively by a member of the Settlements team.
 By using this form we aim to resolve your query in a prompt and accurate manner by having the appropriate information required. The form will also allow analysis of recurring themes and provide action points for the Settlements team to improve our processes resulting in an easier, efficient experience for our customers. 
 </t>
   </si>
   <si>
     <t>How to use</t>
   </si>
   <si>
-    <t>File &amp; email subject line naming convention</t>
-[...157 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">Other </t>
-[...42 lines deleted...]
-      <t xml:space="preserve">Please complete the form(s) and attach to your email and send to settlement.queries@nationalenergyso.com
+      <t xml:space="preserve">Please complete the form(s) and attach to your email and send to settlement.queries@neso.energy
 Please can all the information for the query be captured within the form and </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Poppins"/>
       </rPr>
       <t>not</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Poppins"/>
       </rPr>
       <t xml:space="preserve"> in the body of your email. This will allow us to extract the required information from one source. Also, please raise one query template per service. This will allow the query to be routed to the most appropriate analyst within Settlements.
 Complete each section with the required information. At section 6, please provide the query data as per each field. The details should be split by Settlement month and unit so Settlements are able to deal with your query effectively. 
 </t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -394,50 +192,53 @@
         <color theme="1"/>
         <rFont val="Poppins"/>
       </rPr>
       <t xml:space="preserve"> can be "whole month", specific dates split by comma or a date range e.g. 01/10/23 - 15/10/23
 If known, please include the amount to be paid or received by NESO in the </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Poppins"/>
       </rPr>
       <t xml:space="preserve">Materiality </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Poppins"/>
       </rPr>
       <t>column.</t>
     </r>
   </si>
   <si>
+    <t>File &amp; email subject line naming convention</t>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">Please save file as "Settlements query form - </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Poppins"/>
       </rPr>
       <t xml:space="preserve">COMP CODE - Service - Date of query being raised" e.g. </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Poppins"/>
       </rPr>
       <t xml:space="preserve"> Settlements query form - ABCD - FFR - 221023 (each template should be specific to the relevant service)
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
@@ -453,107 +254,306 @@
         <color theme="1"/>
         <rFont val="Poppins"/>
       </rPr>
       <t xml:space="preserve">Subject line: Settlements query form - </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Poppins"/>
       </rPr>
       <t>COMP CODE</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Poppins"/>
       </rPr>
       <t xml:space="preserve"> e.g. Settlements query form - ABCD
 </t>
     </r>
   </si>
   <si>
+    <t>Feedback</t>
+  </si>
+  <si>
+    <t xml:space="preserve">We would love to hear your feedback on this so we can apply any necessary changes. If you could fill out our survey it would be greatly appreciated - </t>
+  </si>
+  <si>
+    <t>Glossary - TBC</t>
+  </si>
+  <si>
+    <t>Glossary</t>
+  </si>
+  <si>
+    <t>Reactive Power</t>
+  </si>
+  <si>
+    <t>Obligatory reactive power service. Settlement data provided via RPC &amp; RPV outputs</t>
+  </si>
+  <si>
+    <t>STOR - BM</t>
+  </si>
+  <si>
+    <t>Short term operating reserve (STOR) is a service that provides additional active power from generation or demand reduction. Settlement data provided via SBA/SBU/SBT/SBV files</t>
+  </si>
+  <si>
+    <t>STOR - NBM</t>
+  </si>
+  <si>
+    <t>Short term operating reserve (STOR) is a service that provides additional active power from generation or demand reduction. Settlement data provided via SNA/SNU/SNT/SNV files</t>
+  </si>
+  <si>
+    <t>Dynamic Services</t>
+  </si>
+  <si>
+    <t>Dynamic Containment (DC), Dynamic Moderation (DM) and Dynamic Regulation (DR) that make up our new suite of Dynamic Response Services. Settlement data provided via MSX files</t>
+  </si>
+  <si>
+    <t>Dynamic Services - Performance Data</t>
+  </si>
+  <si>
+    <t>Output of data generated by the ESO performance data team based off customer submitted values. This data is used to apply any relevant penalties to Dynamic Services payment by EFA day/settlement period. Settlement data provided via MSX files</t>
+  </si>
+  <si>
+    <t>MFR</t>
+  </si>
+  <si>
+    <t>Mandatory frequency response (MFR) is an automatic change in active power output in response to a frequency change. The service helps us to keep frequency within statutory and operational limits. Settlement data provided via ASI/MFE/MFH files</t>
+  </si>
+  <si>
+    <t>NTC</t>
+  </si>
+  <si>
+    <t>NTC or Net Transfer Capacity is a value used by System Operators (SOs) in order to set the maximum capacity that an interconnector can import and/or export to that SO’s grid for a given Market Time Unit (MTU). Settlement data provided via Interconnector sharepoint (customer specific)</t>
+  </si>
+  <si>
+    <t>Stability</t>
+  </si>
+  <si>
+    <t>Settlement data provided via MS file</t>
+  </si>
+  <si>
+    <t>Restoration</t>
+  </si>
+  <si>
+    <t>Restoration (formerly known as Black Start) is the process used to restore power in the event of a total or partial shutdown of the national electricity transmission system. Settlement data provided via BSD/BST files</t>
+  </si>
+  <si>
+    <t>DFS</t>
+  </si>
+  <si>
+    <t>Demand Flexibility Service - voluntary reduction in demand from consumers in conjuntion with Supplier and Aggregators. Settlement data provided via XXXXX</t>
+  </si>
+  <si>
+    <t>Balancing Reserve</t>
+  </si>
+  <si>
+    <t>TBC</t>
+  </si>
+  <si>
+    <t>BM Start up</t>
+  </si>
+  <si>
+    <t>Frequency Response</t>
+  </si>
+  <si>
+    <t>Constraints</t>
+  </si>
+  <si>
+    <t>LCM</t>
+  </si>
+  <si>
+    <t>Fast Reserve</t>
+  </si>
+  <si>
+    <t>Trades</t>
+  </si>
+  <si>
+    <t>Static FFR</t>
+  </si>
+  <si>
+    <t>Static frequency response is a non-dynamic frequency response service which is triggered at a defined frequency deviation. Settlement data provided via MSZ files</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> NESO </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Poppins"/>
+      </rPr>
+      <t xml:space="preserve">Query form file name and email subject line should follow the naming conventions below:
+File name - "Settlements query form - COMPANY CODE - Service - Date of query being raised" e.g. Settlements query form - ABCD - FFR - 221023
+Email subject line - "Settlements query form - COMPANY CODE" e.g. Settlements query form - ABCD
+Attach this form and email to </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Poppins"/>
+      </rPr>
+      <t>settlement.queries@neso.energy</t>
+    </r>
+  </si>
+  <si>
     <r>
       <t>1. SERVICE</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="9"/>
         <color theme="0"/>
         <rFont val="Poppins"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <color theme="0"/>
         <rFont val="Poppins"/>
       </rPr>
       <t>(select from dropdown menu)</t>
     </r>
   </si>
   <si>
+    <t>(Select)</t>
+  </si>
+  <si>
+    <t>2. COMPANY NAME</t>
+  </si>
+  <si>
+    <t>3. COMPANY CONTACT</t>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">4. COMPANY CODE </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <color theme="0"/>
         <rFont val="Poppins"/>
       </rPr>
       <t>(please complete one query form per Company code - Company code will be the same as the SharePoint your backing data is found)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">5. QUERY TYPE </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <color theme="0"/>
         <rFont val="Poppins"/>
       </rPr>
       <t>(select from dropdown menu)</t>
     </r>
   </si>
+  <si>
+    <t>6. IMPACTED DATES, UNITS &amp; MATERIALITY</t>
+  </si>
+  <si>
+    <t>Settlement month (MMM-YY)</t>
+  </si>
+  <si>
+    <t>Unit:</t>
+  </si>
+  <si>
+    <t>Dates impacted</t>
+  </si>
+  <si>
+    <t>Materiality</t>
+  </si>
+  <si>
+    <t>example</t>
+  </si>
+  <si>
+    <t>e.g. NESO-001</t>
+  </si>
+  <si>
+    <t>05/10/2023, 26/10/2023, 29/10/2023</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>7. DESCRIPTION OF QUERY</t>
+  </si>
+  <si>
+    <t>PLEASE ATTACH ANY SUPPORTING EVIDENCE TO THE EMAIL AND RAISE 1 QUERY PER TEMPLATE/SERVICE</t>
+  </si>
+  <si>
+    <t>Services</t>
+  </si>
+  <si>
+    <t>Query types</t>
+  </si>
+  <si>
+    <t>Backing data</t>
+  </si>
+  <si>
+    <t>Payment</t>
+  </si>
+  <si>
+    <t>Information request</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Other </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(detail below if selected)</t>
+    </r>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="32" x14ac:knownFonts="1">
+  <fonts count="32">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -815,51 +815,51 @@
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="43">
+  <cellXfs count="42">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="17" fontId="6" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
@@ -875,136 +875,170 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="18" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="18" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="29" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...23 lines deleted...]
-      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="11">
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <name val="Poppins"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="2"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
@@ -1028,51 +1062,53 @@
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
-        <right/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
@@ -1183,130 +1219,90 @@
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
-        <left style="thin">
-[...1 lines deleted...]
-        </left>
+        <left/>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <name val="Poppins"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="2"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
-        <right style="thin">
-[...36 lines deleted...]
-        <left/>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="left" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
@@ -1383,54 +1379,54 @@
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{6C229428-DCC9-424C-B05B-ED6F52710DEE}" name="Dates_impacted" displayName="Dates_impacted" ref="B18:E31" totalsRowCount="1" headerRowDxfId="10" dataDxfId="9" totalsRowDxfId="8">
   <autoFilter ref="B18:E30" xr:uid="{6C229428-DCC9-424C-B05B-ED6F52710DEE}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="4">
-    <tableColumn id="3" xr3:uid="{DA6AEC06-54EE-4D4B-9FE1-43F0EFDFE468}" name="Settlement month (MMM-YY)" totalsRowLabel="Total" dataDxfId="7" totalsRowDxfId="6"/>
-[...2 lines deleted...]
-    <tableColumn id="4" xr3:uid="{9573E9B3-AA9D-4B46-A079-39D38884179C}" name="Materiality" totalsRowFunction="custom" dataDxfId="1" totalsRowDxfId="0">
+    <tableColumn id="3" xr3:uid="{DA6AEC06-54EE-4D4B-9FE1-43F0EFDFE468}" name="Settlement month (MMM-YY)" totalsRowLabel="Total" dataDxfId="6" totalsRowDxfId="7"/>
+    <tableColumn id="1" xr3:uid="{F03D4ABB-92A2-4151-86E3-6A26F43BC49A}" name="Unit:" dataDxfId="4" totalsRowDxfId="5"/>
+    <tableColumn id="2" xr3:uid="{26532EC4-5837-47EA-B767-D1AED87FB78E}" name="Dates impacted" dataDxfId="2" totalsRowDxfId="3"/>
+    <tableColumn id="4" xr3:uid="{9573E9B3-AA9D-4B46-A079-39D38884179C}" name="Materiality" totalsRowFunction="custom" dataDxfId="0" totalsRowDxfId="1">
       <totalsRowFormula>SUBTOTAL(109,Dates_impacted[Materiality])-E19</totalsRowFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium25" showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{E9120D25-BE0D-417E-AECB-A159FECC5AE7}" name="Services" displayName="Services" ref="A1:A21" totalsRowShown="0">
   <autoFilter ref="A1:A21" xr:uid="{93E50E68-F4EA-4FF4-B809-A74EDC47F134}"/>
   <tableColumns count="1">
     <tableColumn id="1" xr3:uid="{3A083AB4-59DC-460E-BE85-FFD11A71E519}" name="Services"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{B892A005-07EF-45AE-A01E-92C000E3A7AE}" name="Table2" displayName="Table2" ref="C1:C6" totalsRowShown="0">
   <autoFilter ref="C1:C6" xr:uid="{1F827C12-6ACF-4710-A16A-5BE7BFB67ABF}"/>
   <tableColumns count="1">
     <tableColumn id="1" xr3:uid="{719EB2FC-8965-4253-9E76-FEBABD794AFE}" name="Query types"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
@@ -1725,1025 +1721,957 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:settlement.queries@nationalgrideso.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{953944E3-9AE7-4281-BAFE-FE660F81DD2C}">
   <dimension ref="A1:B26"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:A5"/>
+    <sheetView showGridLines="0" topLeftCell="A3" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="D3" sqref="D3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.45"/>
   <cols>
-    <col min="1" max="1" width="28.54296875" style="1" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="8.7265625" style="2"/>
+    <col min="1" max="1" width="28.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="134.42578125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="27.85546875" style="2" customWidth="1"/>
+    <col min="4" max="16384" width="8.7109375" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="23" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:2" ht="23.1">
       <c r="A1" s="18" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:2" ht="184" x14ac:dyDescent="0.35">
-      <c r="A2" s="33" t="s">
+    <row r="2" spans="1:2" ht="183.95">
+      <c r="A2" s="19" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="15" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="3" spans="1:2" ht="276" x14ac:dyDescent="0.35">
-      <c r="A3" s="33" t="s">
+    <row r="3" spans="1:2" ht="276">
+      <c r="A3" s="19" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="16" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      <c r="A4" s="33" t="s">
         <v>4</v>
       </c>
+    </row>
+    <row r="4" spans="1:2" ht="114.95">
+      <c r="A4" s="19" t="s">
+        <v>5</v>
+      </c>
       <c r="B4" s="17" t="s">
-        <v>62</v>
-[...4 lines deleted...]
-        <v>5</v>
+        <v>6</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" ht="45.95">
+      <c r="A5" s="19" t="s">
+        <v>7</v>
       </c>
       <c r="B5" s="16" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:2" ht="20" x14ac:dyDescent="0.35">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" ht="20.100000000000001">
       <c r="A7" s="14" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:2" hidden="1" x14ac:dyDescent="0.35">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" hidden="1">
       <c r="A8" s="7" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:2" hidden="1" x14ac:dyDescent="0.35">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" hidden="1">
       <c r="A9" s="6" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:2" ht="29" hidden="1" x14ac:dyDescent="0.35">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" ht="29.1" hidden="1">
       <c r="A10" s="6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:2" ht="29" hidden="1" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" ht="29.1" hidden="1">
       <c r="A11" s="6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:2" ht="29" hidden="1" x14ac:dyDescent="0.35">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" ht="29.1" hidden="1">
       <c r="A12" s="6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:2" ht="29" hidden="1" x14ac:dyDescent="0.35">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" ht="29.1" hidden="1">
       <c r="A13" s="6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:2" ht="29" hidden="1" x14ac:dyDescent="0.35">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" ht="29.1" hidden="1">
       <c r="A14" s="6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:2" ht="29" hidden="1" x14ac:dyDescent="0.35">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" ht="29.1" hidden="1">
       <c r="A15" s="6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:2" hidden="1" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" hidden="1">
       <c r="A16" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:2" ht="29" hidden="1" x14ac:dyDescent="0.35">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" ht="29.1" hidden="1">
       <c r="A17" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:2" hidden="1" x14ac:dyDescent="0.35">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" hidden="1">
       <c r="A18" s="6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:2" hidden="1" x14ac:dyDescent="0.35">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" hidden="1">
       <c r="A19" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:2" hidden="1" x14ac:dyDescent="0.35">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" hidden="1">
       <c r="A20" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B20" s="5"/>
     </row>
-    <row r="21" spans="1:2" hidden="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:2" hidden="1">
       <c r="A21" s="6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B21" s="5"/>
     </row>
-    <row r="22" spans="1:2" hidden="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:2" hidden="1">
       <c r="A22" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B22" s="5"/>
     </row>
-    <row r="23" spans="1:2" hidden="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:2" hidden="1">
       <c r="A23" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B23" s="5"/>
     </row>
-    <row r="24" spans="1:2" hidden="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:2" hidden="1">
       <c r="A24" s="6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B24" s="5"/>
     </row>
-    <row r="25" spans="1:2" hidden="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:2" hidden="1">
       <c r="A25" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B25" s="5"/>
     </row>
-    <row r="26" spans="1:2" ht="29" hidden="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:2" ht="29.1" hidden="1">
       <c r="A26" s="6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BAE576E4-8429-46B4-9D6D-656ADA2B3733}">
   <dimension ref="A1:APD74"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <selection activeCell="B4" sqref="B4:E4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="15.1796875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="1097" max="16384" width="49.1796875" hidden="1"/>
+    <col min="1" max="1" width="15.140625" customWidth="1"/>
+    <col min="2" max="5" width="25.7109375" customWidth="1"/>
+    <col min="6" max="6" width="17.85546875" customWidth="1"/>
+    <col min="7" max="1096" width="31.85546875" hidden="1" customWidth="1"/>
+    <col min="1097" max="16384" width="49.140625" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:6" ht="5.5" customHeight="1" x14ac:dyDescent="0.35">
-[...39 lines deleted...]
-      <c r="E6" s="29"/>
+    <row r="1" spans="2:6" ht="5.45" customHeight="1">
+      <c r="B1" s="40"/>
+      <c r="C1" s="40"/>
+    </row>
+    <row r="2" spans="2:6" ht="51" customHeight="1">
+      <c r="B2" s="25" t="s">
+        <v>41</v>
+      </c>
+      <c r="C2" s="26"/>
+      <c r="D2" s="26"/>
+      <c r="E2" s="26"/>
+    </row>
+    <row r="3" spans="2:6" ht="15" customHeight="1">
+      <c r="B3" s="27"/>
+      <c r="C3" s="28"/>
+      <c r="D3" s="28"/>
+      <c r="E3" s="28"/>
+    </row>
+    <row r="4" spans="2:6" ht="172.5" customHeight="1">
+      <c r="B4" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" s="30"/>
+      <c r="D4" s="30"/>
+      <c r="E4" s="31"/>
+    </row>
+    <row r="5" spans="2:6" ht="35.1" customHeight="1">
+      <c r="B5" s="32" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" s="32"/>
+      <c r="D5" s="32"/>
+      <c r="E5" s="32"/>
+    </row>
+    <row r="6" spans="2:6" ht="15" customHeight="1">
+      <c r="B6" s="33" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" s="33"/>
+      <c r="D6" s="33"/>
+      <c r="E6" s="33"/>
       <c r="F6" s="8"/>
     </row>
-    <row r="7" spans="2:6" ht="35.15" customHeight="1" x14ac:dyDescent="0.35">
-[...77 lines deleted...]
-    <row r="18" spans="1:5" ht="25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="2:6" ht="35.1" customHeight="1">
+      <c r="B7" s="34"/>
+      <c r="C7" s="34"/>
+      <c r="D7" s="34"/>
+      <c r="E7" s="34"/>
+    </row>
+    <row r="8" spans="2:6" ht="35.1" customHeight="1">
+      <c r="B8" s="35" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" s="36"/>
+      <c r="D8" s="36"/>
+      <c r="E8" s="37"/>
+    </row>
+    <row r="9" spans="2:6" ht="35.1" customHeight="1">
+      <c r="B9" s="38"/>
+      <c r="C9" s="38"/>
+      <c r="D9" s="38"/>
+      <c r="E9" s="38"/>
+    </row>
+    <row r="10" spans="2:6" ht="35.1" customHeight="1">
+      <c r="B10" s="39" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" s="39"/>
+      <c r="D10" s="39"/>
+      <c r="E10" s="39"/>
+    </row>
+    <row r="11" spans="2:6" ht="35.1" customHeight="1">
+      <c r="B11" s="38"/>
+      <c r="C11" s="38"/>
+      <c r="D11" s="38"/>
+      <c r="E11" s="38"/>
+    </row>
+    <row r="12" spans="2:6" ht="35.1" customHeight="1">
+      <c r="B12" s="39" t="s">
+        <v>47</v>
+      </c>
+      <c r="C12" s="39"/>
+      <c r="D12" s="39"/>
+      <c r="E12" s="39"/>
+    </row>
+    <row r="13" spans="2:6" ht="35.1" customHeight="1">
+      <c r="B13" s="38"/>
+      <c r="C13" s="38"/>
+      <c r="D13" s="38"/>
+      <c r="E13" s="38"/>
+    </row>
+    <row r="14" spans="2:6" ht="35.1" customHeight="1">
+      <c r="B14" s="39" t="s">
+        <v>48</v>
+      </c>
+      <c r="C14" s="39"/>
+      <c r="D14" s="39"/>
+      <c r="E14" s="39"/>
+    </row>
+    <row r="15" spans="2:6" ht="15" customHeight="1">
+      <c r="B15" s="33" t="s">
+        <v>44</v>
+      </c>
+      <c r="C15" s="33"/>
+      <c r="D15" s="33"/>
+      <c r="E15" s="33"/>
+    </row>
+    <row r="16" spans="2:6" ht="35.1" customHeight="1">
+      <c r="B16" s="34"/>
+      <c r="C16" s="34"/>
+      <c r="D16" s="34"/>
+      <c r="E16" s="34"/>
+    </row>
+    <row r="17" spans="1:5" ht="35.1" customHeight="1">
+      <c r="B17" s="39" t="s">
+        <v>49</v>
+      </c>
+      <c r="C17" s="39"/>
+      <c r="D17" s="39"/>
+      <c r="E17" s="39"/>
+    </row>
+    <row r="18" spans="1:5" ht="24.95" customHeight="1">
       <c r="B18" s="11" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="C18" s="11" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="D18" s="11" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="E18" s="11" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:5" ht="25" customHeight="1" x14ac:dyDescent="0.65">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="24.95" customHeight="1">
       <c r="A19" s="10" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="B19" s="39">
+        <v>54</v>
+      </c>
+      <c r="B19" s="20">
         <v>45200</v>
       </c>
-      <c r="C19" s="40" t="s">
-[...5 lines deleted...]
-      <c r="E19" s="42">
+      <c r="C19" s="21" t="s">
+        <v>55</v>
+      </c>
+      <c r="D19" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="E19" s="11">
         <v>1000</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:5" ht="24.95" customHeight="1">
       <c r="B20" s="4"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
     </row>
-    <row r="21" spans="1:5" ht="25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:5" ht="24.95" customHeight="1">
       <c r="B21" s="4"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
     </row>
-    <row r="22" spans="1:5" ht="25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:5" ht="24.95" customHeight="1">
       <c r="B22" s="4"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
     </row>
-    <row r="23" spans="1:5" ht="25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:5" ht="24.95" customHeight="1">
       <c r="B23" s="4"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
     </row>
-    <row r="24" spans="1:5" ht="25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:5" ht="24.95" customHeight="1">
       <c r="B24" s="4"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
     </row>
-    <row r="25" spans="1:5" ht="25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:5" ht="24.95" customHeight="1">
       <c r="B25" s="4"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
     </row>
-    <row r="26" spans="1:5" ht="25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:5" ht="24.95" customHeight="1">
       <c r="B26" s="4"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
     </row>
-    <row r="27" spans="1:5" ht="25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:5" ht="24.95" customHeight="1">
       <c r="B27" s="4"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
     </row>
-    <row r="28" spans="1:5" ht="25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:5" ht="24.95" customHeight="1">
       <c r="B28" s="4"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
     </row>
-    <row r="29" spans="1:5" ht="25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:5" ht="24.95" customHeight="1">
       <c r="B29" s="4"/>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
     </row>
-    <row r="30" spans="1:5" ht="25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:5" ht="24.95" customHeight="1">
       <c r="B30" s="4"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
     </row>
-    <row r="31" spans="1:5" ht="35.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:5" ht="35.1" customHeight="1">
       <c r="B31" s="12" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="13">
         <f>SUBTOTAL(109,Dates_impacted[Materiality])-E19</f>
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:5" ht="35.15" customHeight="1" x14ac:dyDescent="0.35">
-[...115 lines deleted...]
-    <row r="74" customFormat="1" hidden="1" x14ac:dyDescent="0.35"/>
+    <row r="32" spans="1:5" ht="35.1" customHeight="1">
+      <c r="B32" s="41" t="s">
+        <v>58</v>
+      </c>
+      <c r="C32" s="41"/>
+      <c r="D32" s="41"/>
+      <c r="E32" s="41"/>
+    </row>
+    <row r="33" spans="2:5">
+      <c r="B33" s="23"/>
+      <c r="C33" s="23"/>
+      <c r="D33" s="23"/>
+      <c r="E33" s="23"/>
+    </row>
+    <row r="34" spans="2:5">
+      <c r="B34" s="23"/>
+      <c r="C34" s="23"/>
+      <c r="D34" s="23"/>
+      <c r="E34" s="23"/>
+    </row>
+    <row r="35" spans="2:5">
+      <c r="B35" s="23"/>
+      <c r="C35" s="23"/>
+      <c r="D35" s="23"/>
+      <c r="E35" s="23"/>
+    </row>
+    <row r="36" spans="2:5">
+      <c r="B36" s="23"/>
+      <c r="C36" s="23"/>
+      <c r="D36" s="23"/>
+      <c r="E36" s="23"/>
+    </row>
+    <row r="37" spans="2:5">
+      <c r="B37" s="23"/>
+      <c r="C37" s="23"/>
+      <c r="D37" s="23"/>
+      <c r="E37" s="23"/>
+    </row>
+    <row r="38" spans="2:5">
+      <c r="B38" s="23"/>
+      <c r="C38" s="23"/>
+      <c r="D38" s="23"/>
+      <c r="E38" s="23"/>
+    </row>
+    <row r="39" spans="2:5" ht="15" customHeight="1">
+      <c r="B39" s="23"/>
+      <c r="C39" s="23"/>
+      <c r="D39" s="23"/>
+      <c r="E39" s="23"/>
+    </row>
+    <row r="40" spans="2:5">
+      <c r="B40" s="23"/>
+      <c r="C40" s="23"/>
+      <c r="D40" s="23"/>
+      <c r="E40" s="23"/>
+    </row>
+    <row r="41" spans="2:5">
+      <c r="B41" s="23"/>
+      <c r="C41" s="23"/>
+      <c r="D41" s="23"/>
+      <c r="E41" s="23"/>
+    </row>
+    <row r="42" spans="2:5" ht="15" customHeight="1">
+      <c r="B42" s="24" t="s">
+        <v>59</v>
+      </c>
+      <c r="C42" s="24"/>
+      <c r="D42" s="24"/>
+      <c r="E42" s="24"/>
+    </row>
+    <row r="43" spans="2:5">
+      <c r="B43" s="24"/>
+      <c r="C43" s="24"/>
+      <c r="D43" s="24"/>
+      <c r="E43" s="24"/>
+    </row>
+    <row r="44" spans="2:5">
+      <c r="B44" s="24"/>
+      <c r="C44" s="24"/>
+      <c r="D44" s="24"/>
+      <c r="E44" s="24"/>
+    </row>
+    <row r="45" spans="2:5">
+      <c r="B45" s="24"/>
+      <c r="C45" s="24"/>
+      <c r="D45" s="24"/>
+      <c r="E45" s="24"/>
+    </row>
+    <row r="46" spans="2:5"/>
+    <row r="47" spans="2:5"/>
+    <row r="48" spans="2:5"/>
+    <row r="49" customFormat="1"/>
+    <row r="50" customFormat="1"/>
+    <row r="51" customFormat="1"/>
+    <row r="52" customFormat="1"/>
+    <row r="53" customFormat="1"/>
+    <row r="54" customFormat="1"/>
+    <row r="55" customFormat="1"/>
+    <row r="56" customFormat="1"/>
+    <row r="57" customFormat="1" hidden="1"/>
+    <row r="58" customFormat="1" hidden="1"/>
+    <row r="59" customFormat="1" hidden="1"/>
+    <row r="60" customFormat="1" hidden="1"/>
+    <row r="61" customFormat="1" hidden="1"/>
+    <row r="62" customFormat="1" hidden="1"/>
+    <row r="63" customFormat="1" hidden="1"/>
+    <row r="64" customFormat="1" hidden="1"/>
+    <row r="65" customFormat="1" hidden="1"/>
+    <row r="66" customFormat="1" hidden="1"/>
+    <row r="67" customFormat="1" hidden="1"/>
+    <row r="68" customFormat="1" hidden="1"/>
+    <row r="69" customFormat="1" hidden="1"/>
+    <row r="70" customFormat="1" hidden="1"/>
+    <row r="71" customFormat="1" hidden="1"/>
+    <row r="72" customFormat="1" hidden="1"/>
+    <row r="73" customFormat="1" hidden="1"/>
+    <row r="74" customFormat="1" hidden="1"/>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="20">
-    <mergeCell ref="B15:E15"/>
     <mergeCell ref="B16:E16"/>
     <mergeCell ref="B17:E17"/>
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="B32:E32"/>
     <mergeCell ref="B33:E41"/>
     <mergeCell ref="B42:E45"/>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="B3:E3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="B6:E6"/>
     <mergeCell ref="B7:E7"/>
     <mergeCell ref="B8:E8"/>
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="B10:E10"/>
     <mergeCell ref="B11:E11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="B13:E13"/>
     <mergeCell ref="B14:E14"/>
+    <mergeCell ref="B15:E15"/>
   </mergeCells>
   <dataValidations count="2">
     <dataValidation type="custom" allowBlank="1" showErrorMessage="1" errorTitle="Company code" error="Please enter Company code as seen on backing data, relevant to service/query._x000a__x000a_Company code is 3 or 4 character non-numerical code" sqref="B13" xr:uid="{27C950E6-E3AE-43F2-8211-1F381E4900CA}">
       <formula1>AND(ISTEXT(B13),OR(LEN(B13)=3,LEN(B13)=4))</formula1>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B19 B20:B30" xr:uid="{DABA0076-8FC1-4821-91E2-9B348CEF683B}">
       <formula1>43831</formula1>
       <formula2>55153</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="B4:E4" r:id="rId1" tooltip="settlement.queries@nationalgrideso.com" display="mailto:settlement.queries@nationalgrideso.com" xr:uid="{387677ED-F0FB-4F82-AF07-B299CB485BF5}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <tableParts count="1">
     <tablePart r:id="rId4"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{96160176-A542-4123-B7D1-C9436BE0B2E1}">
           <x14:formula1>
             <xm:f>Lists!$C$2:$C$6</xm:f>
           </x14:formula1>
           <xm:sqref>B15</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{17597ED3-C3FA-4A44-81FF-DD1A6E380159}">
           <x14:formula1>
             <xm:f>Lists!$A$2:$A$22</xm:f>
           </x14:formula1>
           <xm:sqref>B6:E6</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{820B3F98-AE13-4F45-99F7-3C5D8CB32AB4}">
   <dimension ref="A1:C21"/>
   <sheetViews>
     <sheetView topLeftCell="A2" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
-    <col min="1" max="1" width="34.54296875" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="21.26953125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="34.5703125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="21.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:3">
       <c r="A1" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="C1" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:3" x14ac:dyDescent="0.35">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3">
       <c r="A2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3">
+      <c r="A3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="17" spans="1:1">
+      <c r="A17" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="18" spans="1:1">
+      <c r="A18" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="19" spans="1:1">
+      <c r="A19" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="20" spans="1:1">
+      <c r="A20" t="s">
         <v>39</v>
       </c>
-      <c r="C2" t="s">
-[...105 lines deleted...]
-    <row r="21" spans="1:1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="21" spans="1:1">
       <c r="A21" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="2">
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...29 lines deleted...]
-    <xsd:import namespace="cadce026-d35b-4a62-a2ee-1436bb44fb55"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B4C46F44E5CB4144B14721DA3AAC8360" ma:contentTypeVersion="2" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="111a06633855d7f2233072feb94b02d4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b2196f21-5fdf-4414-9182-d26bde763cc7" xmlns:ns3="4e0857bd-b164-494a-a68e-cf949f286bbc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b5d7cd94c07130accf9ff4320c7d1888" ns2:_="" ns3:_="">
+    <xsd:import namespace="b2196f21-5fdf-4414-9182-d26bde763cc7"/>
+    <xsd:import namespace="4e0857bd-b164-494a-a68e-cf949f286bbc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
-                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-                <xsd:element ref="ns2:ReviewStatus" minOccurs="0"/>
-                <xsd:element ref="ns2:Temp" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6511389d-7e28-44ab-bbc9-db06b4007f6d" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b2196f21-5fdf-4414-9182-d26bde763cc7" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoTags" ma:index="15" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="16" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f571c05a-9bf0-4b0b-ad97-e13aed49ba31" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...6 lines deleted...]
-    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="20" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="21" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Status" ma:index="22" nillable="true" ma:displayName="Status" ma:format="Dropdown" ma:internalName="Status">
-[...6 lines deleted...]
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="ReviewStatus" ma:index="24" nillable="true" ma:displayName="Review Status" ma:default="To be reviewed" ma:format="Dropdown" ma:internalName="ReviewStatus">
-[...12 lines deleted...]
-    <xsd:element name="MediaServiceSearchProperties" ma:index="26" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b47eec9d-33de-43a9-ae2f-6e61d508c547" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4e0857bd-b164-494a-a68e-cf949f286bbc" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...13 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -2801,132 +2729,101 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="4e0857bd-b164-494a-a68e-cf949f286bbc">
+      <UserInfo>
+        <DisplayName>James Healey (ESO)</DisplayName>
+        <AccountId>188</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Rhiannon Walpole (ESO)</DisplayName>
+        <AccountId>279</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A17477D4-0C71-46FC-B25A-557094967CB4}">
-[...7 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A85B92EB-BB00-4CE3-9270-CC1C7475141F}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{413867B0-268D-4101-B937-4BE345E3E7C7}">
-[...15 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DFDB3BD6-A301-477D-999D-FB63BE270D4A}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DFDB3BD6-A301-477D-999D-FB63BE270D4A}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A17477D4-0C71-46FC-B25A-557094967CB4}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...18 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lodoiska(ESO), Simon</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100ED819F191C5F7E48BA9ACF5058CCF566</vt:lpwstr>
+    <vt:lpwstr>0x010100B4C46F44E5CB4144B14721DA3AAC8360</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>