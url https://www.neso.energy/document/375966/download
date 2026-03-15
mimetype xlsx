--- v0 (2026-01-27)
+++ v1 (2026-03-15)
@@ -10,184 +10,205 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Shahzad\BAU\GC151\2026\January 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BE63BD2A-C1B6-4553-99DE-6D0843B5328A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B3236BC3-B0EB-46E0-BF9D-15420F6F39AE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="713" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="30936" windowHeight="16896" tabRatio="713" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Version" sheetId="9" r:id="rId1"/>
     <sheet name="Transmission Faults (GC0151)" sheetId="177" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Transmission Faults (GC0151)'!$A$1:$E$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Transmission Faults (GC0151)'!$A$1:$E$12</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="27">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Details</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Network Operator</t>
   </si>
   <si>
     <t>Date Time</t>
   </si>
   <si>
     <t>Voltage Trace 
 (Refer to sheet)</t>
   </si>
   <si>
     <t>NGET</t>
   </si>
   <si>
+    <t>SHETL</t>
+  </si>
+  <si>
+    <t>SPT</t>
+  </si>
+  <si>
+    <t>OFTO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This file only contains the indicative reporting associated with draft data for GC0151 for January 2026. This file will be updated in February 2026 to reflect the full data set.  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">This file only contains the indicative reporting associated with data for GC0151 for January 2026. This file is updated in February 2026 to reflect the full data set.  </t>
+  </si>
+  <si>
+    <t>West of Duddon Sands 150kV SVC1B</t>
+  </si>
+  <si>
+    <t>Shrewsbury 132kV Bus Section 1</t>
+  </si>
+  <si>
+    <t>Templeborough 275/33kV SGT3</t>
+  </si>
+  <si>
+    <t>Bolney 400kV DRC6</t>
+  </si>
+  <si>
+    <t>Dunlaw Extension - Toddelburn 33kV circuit</t>
+  </si>
+  <si>
+    <t>An Suidhe - Inveraray (IDW) 132kV circuit</t>
+  </si>
+  <si>
     <t>To be confirmed</t>
   </si>
   <si>
-    <t>SHETL</t>
-[...2 lines deleted...]
-    <t>OFTO</t>
+    <t>Coylton - Auchencrosh / Markhill 275kV circuit</t>
+  </si>
+  <si>
+    <t>Ayr – Coylton – Kilmarnock South 2 275kV circuit</t>
+  </si>
+  <si>
+    <t>Cottam - Keadby 1 400kV circuit</t>
+  </si>
+  <si>
+    <t>Beauly - Inverness - Nairn - Elgin - Keith South 132kV circuit</t>
+  </si>
+  <si>
+    <t>Coylton - New Cumnock 2 275kV circuit</t>
   </si>
   <si>
     <t>NGET/DNO</t>
-  </si>
-[...25 lines deleted...]
-    <t>Bolney 400kV DRC6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy\ hh:mm:ss"/>
   </numFmts>
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD8C3D2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
@@ -276,54 +297,54 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="22" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFD8C3D2"/>
       <color rgb="FF460034"/>
       <color rgb="FF7F135B"/>
       <color rgb="FFCD82BE"/>
       <color rgb="FFFEDEF3"/>
       <color rgb="FFFED4EF"/>
       <color rgb="FFDD219E"/>
       <color rgb="FF62387C"/>
       <color rgb="FFF26522"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
@@ -586,301 +607,319 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{62936228-E1C5-4247-8809-EFA03DC09932}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1:C4"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C10" sqref="C10"/>
+      <selection activeCell="C29" sqref="C29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="10.85546875" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="152.140625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="10.6640625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="152.33203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A2" s="6">
         <v>46037</v>
       </c>
       <c r="B2" s="5">
         <v>1</v>
       </c>
       <c r="C2" s="5" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A3" s="6">
+        <v>46069</v>
+      </c>
+      <c r="B3" s="5">
+        <v>2</v>
+      </c>
+      <c r="C3" s="5" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="A4" s="20"/>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A4" s="19"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BCAE2D89-1C51-4295-BCD0-7603442A3230}">
   <sheetPr codeName="Sheet4"/>
-  <dimension ref="A1:E11"/>
+  <dimension ref="A1:E12"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <pane xSplit="2" ySplit="1" topLeftCell="C2" activePane="bottomRight" state="frozen"/>
       <selection activeCell="C3" sqref="C3"/>
       <selection pane="topRight" activeCell="C3" sqref="C3"/>
       <selection pane="bottomLeft" activeCell="C3" sqref="C3"/>
-      <selection pane="bottomRight" activeCell="A16" sqref="A16"/>
+      <selection pane="bottomRight" activeCell="A13" sqref="A13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="101.85546875" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="34.140625" style="4" customWidth="1"/>
+    <col min="1" max="1" width="88.5546875" customWidth="1"/>
+    <col min="2" max="2" width="19.88671875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="19.44140625" style="2" customWidth="1"/>
+    <col min="4" max="4" width="20.6640625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="23.6640625" style="4" customWidth="1"/>
     <col min="6" max="6" width="16" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="3" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:5" s="3" customFormat="1" ht="36" x14ac:dyDescent="0.3">
       <c r="A1" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C1" s="14" t="s">
         <v>6</v>
       </c>
       <c r="D1" s="15" t="s">
         <v>7</v>
       </c>
       <c r="E1" s="16" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:5" s="10" customFormat="1" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:5" s="10" customFormat="1" ht="16.649999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="B2" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="C2" s="17">
+        <v>46027.310868055552</v>
+      </c>
+      <c r="D2" s="12"/>
+      <c r="E2" s="11"/>
+    </row>
+    <row r="3" spans="1:5" s="3" customFormat="1" ht="16.649999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="B2" s="18" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="B3" s="7" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C3" s="8">
-        <v>46023.694363425922</v>
-[...1 lines deleted...]
-      <c r="D3" s="19"/>
+        <v>46031.000138888892</v>
+      </c>
+      <c r="D3" s="20"/>
       <c r="E3" s="9" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:5" s="10" customFormat="1" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" s="10" customFormat="1" ht="16.649999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="10" t="s">
         <v>16</v>
       </c>
       <c r="B4" s="18" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="17">
-        <v>46025.712604166663</v>
+        <v>46031.931631944448</v>
       </c>
       <c r="D4" s="12"/>
-      <c r="E4" s="11" t="s">
+      <c r="E4" s="11"/>
+    </row>
+    <row r="5" spans="1:5" s="3" customFormat="1" ht="16.649999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" s="7" t="s">
         <v>9</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="7" t="s">
+      <c r="C5" s="8">
+        <v>46033.240069444444</v>
+      </c>
+      <c r="D5" s="20"/>
+      <c r="E5" s="9"/>
+    </row>
+    <row r="6" spans="1:5" s="10" customFormat="1" ht="16.649999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="7" t="s">
+      <c r="B6" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C5" s="8">
-[...13 lines deleted...]
-      </c>
       <c r="C6" s="17">
-        <v>46027.310868055552</v>
+        <v>46035.933379629627</v>
       </c>
       <c r="D6" s="12"/>
       <c r="E6" s="11" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:5" s="3" customFormat="1" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" s="3" customFormat="1" ht="16.649999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B7" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" s="8">
+        <v>46041.352187500001</v>
+      </c>
+      <c r="D7" s="20"/>
+      <c r="E7" s="9"/>
+    </row>
+    <row r="8" spans="1:5" s="10" customFormat="1" ht="16.649999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C7" s="8">
-[...13 lines deleted...]
-      </c>
       <c r="C8" s="17">
-        <v>46031.000138888892</v>
+        <v>46045.757210648146</v>
       </c>
       <c r="D8" s="12"/>
       <c r="E8" s="11" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" s="3" customFormat="1" ht="16.649999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" s="7" t="s">
         <v>9</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C9" s="8">
-        <v>46031.931342592594</v>
-[...6 lines deleted...]
-    <row r="10" spans="1:5" s="10" customFormat="1" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+        <v>46049.454039351855</v>
+      </c>
+      <c r="D9" s="20"/>
+      <c r="E9" s="9"/>
+    </row>
+    <row r="10" spans="1:5" s="10" customFormat="1" ht="16.649999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="10" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B10" s="18" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="17">
-        <v>46033.239976851852</v>
+        <v>46049.466377314813</v>
       </c>
       <c r="D10" s="12"/>
-      <c r="E10" s="11" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:5" s="3" customFormat="1" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E10" s="11"/>
+    </row>
+    <row r="11" spans="1:5" s="3" customFormat="1" ht="16.649999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B11" s="7" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C11" s="8">
-        <v>46035.933993055558</v>
-[...4 lines deleted...]
-      </c>
+        <v>46049.612615740742</v>
+      </c>
+      <c r="D11" s="20"/>
+      <c r="E11" s="9"/>
+    </row>
+    <row r="12" spans="1:5" s="10" customFormat="1" ht="16.649999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="C12" s="17">
+        <v>46049.612615740742</v>
+      </c>
+      <c r="D12" s="12"/>
+      <c r="E12" s="11"/>
     </row>
   </sheetData>
+  <autoFilter ref="A1:E12" xr:uid="{BCAE2D89-1C51-4295-BCD0-7603442A3230}"/>
+  <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100544CCA50E5B75F41847E61D4B00D45FD" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c8dc70d5e26738316cc1119b3c93dee1">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3cb4aec3-478c-4a1c-aef1-0ef3f55cd193" xmlns:ns3="97b6fe81-1556-4112-94ca-31043ca39b71" xmlns:ns4="cadce026-d35b-4a62-a2ee-1436bb44fb55" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="526a71d0779ebf62c8afa006424d4e2a" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="3cb4aec3-478c-4a1c-aef1-0ef3f55cd193"/>
     <xsd:import namespace="97b6fe81-1556-4112-94ca-31043ca39b71"/>
     <xsd:import namespace="cadce026-d35b-4a62-a2ee-1436bb44fb55"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
@@ -1165,116 +1204,114 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="cadce026-d35b-4a62-a2ee-1436bb44fb55" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="3cb4aec3-478c-4a1c-aef1-0ef3f55cd193">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TypeofIncident xmlns="3cb4aec3-478c-4a1c-aef1-0ef3f55cd193" xsi:nil="true"/>
     <Date xmlns="3cb4aec3-478c-4a1c-aef1-0ef3f55cd193">2024-03-18T09:42:27+00:00</Date>
     <ENCCIncidents xmlns="3cb4aec3-478c-4a1c-aef1-0ef3f55cd193">false</ENCCIncidents>
     <Lead xmlns="3cb4aec3-478c-4a1c-aef1-0ef3f55cd193">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Lead>
     <Completed_x003f_ xmlns="3cb4aec3-478c-4a1c-aef1-0ef3f55cd193">0</Completed_x003f_>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3EDA2F5-B32E-453B-B14A-5B6A9DA54C9C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7004EC28-EBE4-4257-940B-29873D646021}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="3cb4aec3-478c-4a1c-aef1-0ef3f55cd193"/>
     <ds:schemaRef ds:uri="97b6fe81-1556-4112-94ca-31043ca39b71"/>
     <ds:schemaRef ds:uri="cadce026-d35b-4a62-a2ee-1436bb44fb55"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3413EE59-F2C8-4E9C-853E-AFFBE571E072}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="3cb4aec3-478c-4a1c-aef1-0ef3f55cd193"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="cadce026-d35b-4a62-a2ee-1436bb44fb55"/>
+    <ds:schemaRef ds:uri="97b6fe81-1556-4112-94ca-31043ca39b71"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="cadce026-d35b-4a62-a2ee-1436bb44fb55"/>
-    <ds:schemaRef ds:uri="3cb4aec3-478c-4a1c-aef1-0ef3f55cd193"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Version</vt:lpstr>
       <vt:lpstr>Transmission Faults (GC0151)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>