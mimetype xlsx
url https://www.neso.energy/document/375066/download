--- v0 (2026-01-28)
+++ v1 (2026-03-15)
@@ -3,311 +3,380 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://nationalenergyso.sharepoint.com/sites/GRP-INT-UK-CodeAdministrator/GRID CODE/3. Grid Code Modifications/GC0181 Enhance the Effectiveness of System  Incidents Reporting/05. Workgroup Meetings/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="376" documentId="8_{1743BA86-54EF-40A4-8603-C9BCBCEF704F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4B1B47F4-EEEB-46C5-98BF-A22BE2784A16}"/>
+  <xr:revisionPtr revIDLastSave="431" documentId="8_{1743BA86-54EF-40A4-8603-C9BCBCEF704F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6006BA54-7773-40E8-865E-CFBC2B5E3009}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{5A4D7E06-D87E-41AD-B437-8D215934B7C0}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{5A4D7E06-D87E-41AD-B437-8D215934B7C0}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$H$1</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$H$26</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="57">
   <si>
     <t>Action number</t>
   </si>
   <si>
     <t>Workgroup Raised</t>
   </si>
   <si>
     <t>Owner</t>
   </si>
   <si>
     <t>Action</t>
   </si>
   <si>
     <t>Comment</t>
   </si>
   <si>
     <t>Due by</t>
   </si>
   <si>
     <t xml:space="preserve">Status </t>
   </si>
   <si>
     <t>Workgroup Closed</t>
   </si>
   <si>
     <t>WG1</t>
   </si>
   <si>
+    <t>JSC</t>
+  </si>
+  <si>
+    <t>Share the slides presented at Workgroup 1 with Workgroup members</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Slides shared on 12 November </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Complete </t>
+  </si>
+  <si>
     <t>WG2</t>
   </si>
   <si>
-    <t>JSC</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">FK and JSC </t>
   </si>
   <si>
     <t>investigate reporting practices in other countries (Europe, US, etc.).</t>
   </si>
   <si>
+    <t>Presented at WG2</t>
+  </si>
+  <si>
+    <t>FK and AU</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Review STC sections and Energy Data Task Force requirements for data sharing.  </t>
+  </si>
+  <si>
+    <t>Electricity licensing (from October 2025) - Publications - Ofgem Public Register</t>
+  </si>
+  <si>
+    <t>GW</t>
+  </si>
+  <si>
+    <t>Assess cost and workload implications for Transmission Owners (TOs) providing additional data.</t>
+  </si>
+  <si>
     <t xml:space="preserve">Open </t>
   </si>
   <si>
-    <t>FK and AU</t>
-[...10 lines deleted...]
-  <si>
     <t>Check NESO data triage process against Energy Data Taskforce guidelines.</t>
   </si>
   <si>
     <t>FK and GN</t>
   </si>
   <si>
     <t>FK &amp; JSC to provide ballpark estimate resource costs for weekly vs. monthly reporting and consider the Iberian blackout impact. GN to draft and share a benefits case</t>
   </si>
   <si>
     <t>MB</t>
   </si>
   <si>
     <t>Suggest thresholds for publishing larger incidents weekly and smaller ones monthly; NESO to consider if this mitigates workload concerns.</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Clarify what improvements are possible now, what would require more time, and how much better future data could be.</t>
   </si>
   <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>Provide sources or a public version of the NESO data classification guidelines.</t>
+  </si>
+  <si>
     <t>WG3</t>
   </si>
   <si>
-    <t>Provide sources or a public version of the NESO data classification guidelines.</t>
-[...1 lines deleted...]
-  <si>
     <t>Investigate whether TO data is published and where it can be accessed.</t>
   </si>
   <si>
+    <t>AL</t>
+  </si>
+  <si>
     <t>Prepare a short presentation on phase jumps.</t>
   </si>
   <si>
+    <t>JR and LT</t>
+  </si>
+  <si>
     <t>Review the GC0181 defect description to determine if phase jump data can be included.</t>
   </si>
   <si>
     <t>Confirm the timing for when 73 PMUs (or at least 5) will be operational and consider regional coverage.</t>
   </si>
   <si>
-    <t>MD</t>
-[...14 lines deleted...]
-    <t>Electricity licensing (from October 2025) - Publications - Ofgem Public Register</t>
+    <t>JAK</t>
+  </si>
+  <si>
+    <t>GN</t>
+  </si>
+  <si>
+    <t>MC</t>
+  </si>
+  <si>
+    <t>ALL</t>
+  </si>
+  <si>
+    <t>Propose amended draft Legal text for the solution.</t>
+  </si>
+  <si>
+    <t>Confirm GB alignment with the European standard of 0.5 seconds for frequency recording.</t>
+  </si>
+  <si>
+    <t>Provide the data guidelines and check if the direct policy documents can be shared with the Workgroup.</t>
+  </si>
+  <si>
+    <t>Provide more information regarding confidentiality, costs, and data sharing with the TOs.</t>
+  </si>
+  <si>
+    <t>Provide information on PMUs being installed are of the same technology or specification and to clarify their technical capabilities.</t>
+  </si>
+  <si>
+    <t>Review and improve the framing of the cost-benefit analysis for blackout prevention, specifically by comparing the expected probability of a blackout event to the calculated benefit of enhanced reporting.</t>
+  </si>
+  <si>
+    <t>Review legal text when circulated with updated wording.</t>
+  </si>
+  <si>
+    <t>The NESO SME confirmed that there is no public source for their internal data guidelines, but they are available upon request and will share the presentation with the Workgroup.</t>
+  </si>
+  <si>
+    <t>The NESO SME provided an update on whether Transmission Owner (TO) data can be published and where it could best be accessed.  Noting practicality and constraints around sharing PMU (Phasor Measurement Unit) data more widely and in real time.</t>
+  </si>
+  <si>
+    <t>The NESO SME advised the Workgroup that NGET are considering timelines for the full PMU rollout, noting that Scotland's rollout is complete, and other regions are expected to follow, with significant progress anticipated by March 2026 and completion targeted by the end of 2027. They also mentioned that the same timeline applies to frequency, inertia and system resolution data and by December 2027, there should be sufficient rollout to access the necessary data.</t>
+  </si>
+  <si>
+    <t>Legal text presented in WG3.</t>
+  </si>
+  <si>
+    <t>GB currently aligns with European requirements for frequency data resolution, which is set at one second for frequency quality analysis, referencing Article 131.1A; the one-second resolution is used for frequency quality checks and event analysis, while frequency control in Europe uses lower resolutions (one minute and fifteen minutes); there is no ROCOF (rate of change of frequency) reporting requirement in the referenced European standards.</t>
+  </si>
+  <si>
+    <t>WG4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Provide specific information on the system incident report spreadsheet such as format changes. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF454546"/>
       <name val="Poppins"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Poppins"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="14"/>
       <color theme="10"/>
       <name val="Poppins"/>
     </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
@@ -589,471 +658,587 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epr.ofgem.gov.uk/c/9wgWVKeHRymQ3pBbiptyqA/p/0196c209-4e4c-4e2b-92ae-525b634f2f51/wvp/d9d851f4-1dcb-426b-bc0e-6a1db31e0a17" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A65D4B6F-D84B-4596-B7C2-CC8B72B28541}">
   <dimension ref="A1:H36"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="D1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="E8" sqref="E8"/>
+    <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
+      <selection activeCell="M26" sqref="M26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="27.5" x14ac:dyDescent="1.1499999999999999"/>
   <cols>
     <col min="1" max="1" width="20.1796875" style="2" customWidth="1"/>
     <col min="2" max="2" width="19.453125" style="2" customWidth="1"/>
     <col min="3" max="3" width="20.26953125" style="2" customWidth="1"/>
     <col min="4" max="4" width="148.7265625" style="6" customWidth="1"/>
     <col min="5" max="5" width="55.81640625" style="2" customWidth="1"/>
     <col min="6" max="6" width="16.1796875" style="2" customWidth="1"/>
-    <col min="7" max="7" width="20.6328125" style="2" customWidth="1"/>
-    <col min="8" max="8" width="26.90625" style="2" customWidth="1"/>
+    <col min="7" max="7" width="20.54296875" style="2" customWidth="1"/>
+    <col min="8" max="8" width="26.81640625" style="2" customWidth="1"/>
     <col min="9" max="16384" width="8.7265625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="55" x14ac:dyDescent="1.1499999999999999">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="1.1499999999999999">
       <c r="A2" s="3">
         <v>1</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D2" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="D2" s="5" t="s">
+      <c r="E2" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E2" s="4" t="s">
-[...3 lines deleted...]
-        <v>45989</v>
+      <c r="F2" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="H2" s="3" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="1.1499999999999999">
       <c r="A3" s="3">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>45989</v>
+        <v>16</v>
+      </c>
+      <c r="F3" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="1.1499999999999999">
       <c r="A4" s="3">
         <v>3</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>45989</v>
+        <v>18</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="F4" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="H4" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:8" ht="29" customHeight="1" x14ac:dyDescent="1.1499999999999999">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="29.15" customHeight="1" x14ac:dyDescent="1.1499999999999999">
       <c r="A5" s="3">
         <v>4</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E5" s="4"/>
-      <c r="F5" s="7">
-        <v>45989</v>
+      <c r="F5" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="H5" s="3"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="1.1499999999999999">
       <c r="A6" s="3">
         <v>5</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>45989</v>
+        <v>16</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="3" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="55" x14ac:dyDescent="1.1499999999999999">
       <c r="A7" s="3">
         <v>6</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>45989</v>
+        <v>16</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>12</v>
       </c>
       <c r="H7" s="3" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="55" x14ac:dyDescent="1.1499999999999999">
       <c r="A8" s="3">
         <v>7</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E8" s="4"/>
-      <c r="F8" s="7">
-        <v>45989</v>
+      <c r="F8" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="H8" s="3"/>
     </row>
     <row r="9" spans="1:8" ht="55" x14ac:dyDescent="1.1499999999999999">
       <c r="A9" s="3">
         <v>8</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>45989</v>
+        <v>16</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="3" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="1.1499999999999999">
       <c r="A10" s="3">
         <v>9</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E10" s="4"/>
+        <v>31</v>
+      </c>
+      <c r="E10" s="11" t="s">
+        <v>50</v>
+      </c>
       <c r="F10" s="3" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="G10" s="3"/>
+        <v>32</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="H10" s="3"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="1.1499999999999999">
       <c r="A11" s="3">
         <v>10</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="E11" s="4"/>
+        <v>33</v>
+      </c>
+      <c r="E11" s="11" t="s">
+        <v>51</v>
+      </c>
       <c r="F11" s="3" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="G11" s="3"/>
+        <v>32</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="H11" s="3"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="1.1499999999999999">
       <c r="A12" s="3">
         <v>11</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="E12" s="4"/>
       <c r="F12" s="3" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="G12" s="3"/>
+        <v>32</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>22</v>
+      </c>
       <c r="H12" s="3"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="1.1499999999999999">
       <c r="A13" s="3">
         <v>12</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="E13" s="4"/>
       <c r="F13" s="3" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="G13" s="3"/>
+        <v>32</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>22</v>
+      </c>
       <c r="H13" s="3"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="1.1499999999999999">
       <c r="A14" s="3">
         <v>13</v>
       </c>
       <c r="B14" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C14" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="C14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E14" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F14" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="E14" s="4"/>
-[...3 lines deleted...]
-      <c r="G14" s="3"/>
+      <c r="G14" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="H14" s="3"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="1.1499999999999999">
-      <c r="A15" s="3"/>
-[...5 lines deleted...]
-      <c r="G15" s="3"/>
+      <c r="A15" s="3">
+        <v>14</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D15" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E15" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="H15" s="3"/>
     </row>
-    <row r="16" spans="1:8" ht="31.5" customHeight="1" x14ac:dyDescent="1.1499999999999999">
-[...6 lines deleted...]
-      <c r="G16" s="3"/>
+    <row r="16" spans="1:8" ht="101.5" customHeight="1" x14ac:dyDescent="1.1499999999999999">
+      <c r="A16" s="3">
+        <v>15</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="D16" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="H16" s="3"/>
     </row>
     <row r="17" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="1.1499999999999999">
-      <c r="A17" s="3"/>
-[...2 lines deleted...]
-      <c r="D17" s="4"/>
+      <c r="A17" s="3">
+        <v>16</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D17" s="9" t="s">
+        <v>45</v>
+      </c>
       <c r="E17" s="4"/>
-      <c r="F17" s="3"/>
-      <c r="G17" s="3"/>
+      <c r="F17" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>22</v>
+      </c>
       <c r="H17" s="3"/>
     </row>
     <row r="18" spans="1:8" ht="36.65" customHeight="1" x14ac:dyDescent="1.1499999999999999">
-      <c r="A18" s="3"/>
-[...2 lines deleted...]
-      <c r="D18" s="4"/>
+      <c r="A18" s="3">
+        <v>17</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>46</v>
+      </c>
       <c r="E18" s="4"/>
-      <c r="F18" s="3"/>
-      <c r="G18" s="3"/>
+      <c r="F18" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>22</v>
+      </c>
       <c r="H18" s="3"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="1.1499999999999999">
-[...3 lines deleted...]
-      <c r="D19" s="4"/>
+    <row r="19" spans="1:8" ht="55" x14ac:dyDescent="1.1499999999999999">
+      <c r="A19" s="3">
+        <v>18</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="D19" s="8" t="s">
+        <v>47</v>
+      </c>
       <c r="E19" s="4"/>
-      <c r="F19" s="3"/>
-      <c r="G19" s="3"/>
+      <c r="F19" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>22</v>
+      </c>
       <c r="H19" s="3"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="1.1499999999999999">
-[...3 lines deleted...]
-      <c r="D20" s="4"/>
+    <row r="20" spans="1:8" ht="55" x14ac:dyDescent="1.1499999999999999">
+      <c r="A20" s="3">
+        <v>19</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>48</v>
+      </c>
       <c r="E20" s="4"/>
-      <c r="F20" s="3"/>
-      <c r="G20" s="3"/>
+      <c r="F20" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>22</v>
+      </c>
       <c r="H20" s="3"/>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="1.1499999999999999">
-      <c r="A21" s="3"/>
-[...2 lines deleted...]
-      <c r="D21" s="4"/>
+      <c r="A21" s="3">
+        <v>20</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>56</v>
+      </c>
       <c r="E21" s="4"/>
-      <c r="F21" s="3"/>
-      <c r="G21" s="3"/>
+      <c r="F21" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>22</v>
+      </c>
       <c r="H21" s="3"/>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="1.1499999999999999">
-      <c r="A22" s="3"/>
-[...2 lines deleted...]
-      <c r="D22" s="4"/>
+      <c r="A22" s="3">
+        <v>21</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="D22" s="8" t="s">
+        <v>49</v>
+      </c>
       <c r="E22" s="4"/>
-      <c r="F22" s="3"/>
-      <c r="G22" s="3"/>
+      <c r="F22" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>22</v>
+      </c>
       <c r="H22" s="3"/>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="1.1499999999999999">
       <c r="A23" s="3"/>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="4"/>
       <c r="E23" s="4"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="1.1499999999999999">
       <c r="A24" s="3"/>
       <c r="B24" s="3"/>
       <c r="C24" s="3"/>
       <c r="D24" s="4"/>
       <c r="E24" s="4"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="1.1499999999999999">
       <c r="A25" s="3"/>
       <c r="B25" s="3"/>
@@ -1196,66 +1381,52 @@
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...14 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="dec74c4c-1639-4502-8f90-b4ce03410dfb" xmlns:ns3="97b6fe81-1556-4112-94ca-31043ca39b71" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9548e310194b1ca858cd0c6a8331beb2" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000B60FA14D799924BADC265839397913B" ma:contentTypeVersion="2" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="27b2e6f288715c22383b0f9c66f9cbe8">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="dec74c4c-1639-4502-8f90-b4ce03410dfb" xmlns:ns3="97b6fe81-1556-4112-94ca-31043ca39b71" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c179a6d534b2b6d6d10f8e841e0796d3" ns2:_="" ns3:_="">
     <xsd:import namespace="dec74c4c-1639-4502-8f90-b4ce03410dfb"/>
     <xsd:import namespace="97b6fe81-1556-4112-94ca-31043ca39b71"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -1444,84 +1615,106 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="97b6fe81-1556-4112-94ca-31043ca39b71">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14937937-7F2A-4158-909D-C53104171EE0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{931DB157-D123-4EC6-BD18-808D3EE4D99B}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="dec74c4c-1639-4502-8f90-b4ce03410dfb"/>
+    <ds:schemaRef ds:uri="97b6fe81-1556-4112-94ca-31043ca39b71"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="97b6fe81-1556-4112-94ca-31043ca39b71"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD2D69B5-BE94-4483-A5BF-C6F08DA87276}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{59B530C6-CD4F-41D2-8E09-EDF9C0F59582}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14937937-7F2A-4158-909D-C53104171EE0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="97b6fe81-1556-4112-94ca-31043ca39b71"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>