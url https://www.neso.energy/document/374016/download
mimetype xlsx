--- v0 (2025-12-14)
+++ v1 (2026-01-28)
@@ -5,563 +5,751 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://baringapartners-my.sharepoint.com/personal/emma_vickers_baringa_com/Documents/Documents/Projects/NESO/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2" documentId="8_{EF98F875-6222-4898-98C2-F2C77C1936E2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F621138E-6DEC-4ADF-92DE-CEA5BC9E095E}"/>
+  <xr:revisionPtr revIDLastSave="6" documentId="8_{17645B7D-BBC8-4C8B-8308-867DC22E456D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F3839565-EDFB-44DD-9E4E-E55140E0FBAA}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{BA562E04-EC80-47FD-9F8C-2C644F87D290}"/>
+    <workbookView xWindow="-4620" yWindow="-19530" windowWidth="31080" windowHeight="18090" xr2:uid="{BA562E04-EC80-47FD-9F8C-2C644F87D290}"/>
   </bookViews>
   <sheets>
     <sheet name="Queue Formation FAQs" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Queue Formation FAQs'!$C$10:$F$68</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Queue Formation FAQs'!$C$10:$F$89</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="180">
   <si>
     <t>Topic</t>
   </si>
   <si>
     <t>Question</t>
   </si>
   <si>
     <t>Answer</t>
   </si>
   <si>
     <t>Last Reviewed</t>
   </si>
   <si>
+    <t>General</t>
+  </si>
+  <si>
+    <t>What is the Progression Commitment Fee?</t>
+  </si>
+  <si>
+    <t>The Progression Commitment Fee (PCF) supports Connection Reform by encouraging uncommitted projects to leave the delivery pipeline and viable ones to remain - helping drive progress toward clean power and net zero. For more information, please see the slides from (or watch) the webinar on the 11th December. This was discussed approximately one hour in to the session. [Available at: https://www.neso.energy/industry-information/connections-reform/connection-reform-webinars-and-archive]</t>
+  </si>
+  <si>
+    <t>Portal Queries</t>
+  </si>
+  <si>
+    <t>Who was my notification sent to?</t>
+  </si>
+  <si>
+    <t>The notification was shared with the Commercial Contact for the project[s]. You can see who is your designated Commercial Contact in the Connections Portal. Customers can amend the Commercial Lead in the Connections Portal at any time. Note this does not retrospectively re-issue you G2TWQ notification to the updated contact. </t>
+  </si>
+  <si>
     <t>Date and Queue Position</t>
   </si>
   <si>
     <t>What does a Gate 1 offer mean for my project?</t>
   </si>
   <si>
     <t>Gate 1 applies to projects that do not meet the Gate 2 criteria. These projects will receive a Gate 1 offer or have the option to agree to terminate their connection request. Gate 1 projects will not be assigned a confirmed connection date but may progress through future windows if readiness is demonstrated.
-Having a Gate 1 Agreement will mean your project is 'known' to NESO. Where there is an undersupply of a technology against a CP30 requirement, or where projects exit the queue and this creates an undersupply. Gate 1 projects may also contribute to anticipatory investment decisions, which would result in an earlier connection date when a related project does eventually apply to Gate 2, as this work will have already been identified and planned for in advance.</t>
+Having a Gate 1 Agreement will mean your project is 'known' to NESO. Where there is an undersupply of a technology against a CP30 requirement, or where projects exit the queue and this creates an undersupply, Gate 1 projects may also contribute to anticipatory investment decisions, which would result in an earlier connection date when a related project does eventually apply to Gate 2, as this work will have already been identified and planned for in advance.</t>
   </si>
   <si>
     <t>What does a Gate 2 offer mean for my project?</t>
   </si>
   <si>
-    <t>Gate 2 applies to projects that meet the new requirements for readiness and strategic alignment. These projects will secure a confirmed connection date, connection point, and queue position.</t>
+    <t xml:space="preserve">Gate 2 applies to projects that meet the new requirements for readiness and strategic alignment. These projects will secure a confirmed connection date, connection point, and position in the new delivery pipeline. </t>
   </si>
   <si>
     <t>Why haven’t I received a connection date and costs with my Gate 1 offer?</t>
   </si>
   <si>
     <t xml:space="preserve">Gate 1 offers constitute a removal of your contracted connection date and queue position, and subsequently no costs will be associated with it in your offer. A connection date is only assigned once you progress to Gate 2, where readiness and strategic alignment are confirmed. You can apply for Gate 2 through the next Connections Window.  NESO envisage that the next window will open no earlier than Q2 2026. </t>
   </si>
   <si>
+    <t xml:space="preserve">I am a protected project - why am I Gate 2 Phase 2, rather than Phase 1? </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The protection clauses in the Gate 2 Criteria Methodology contain no assurance on dates – in other words, they protect a customer’s place in the delivery pipeline but not their connection date. Only protections 1A and 2A* protect a customer’s date. Please see sections 3.19 and 3.20 of Ofgem’s decision of the Gate 2 Criteria Methodology [available at: https://www.ofgem.gov.uk/sites/default/files/2025-04/Gate-2-Criteria-Methodology-Final-Decision.pdf]. </t>
+  </si>
+  <si>
     <t>What is a countersignature date and why is it important?</t>
   </si>
   <si>
-    <t>The countersignature date is when NESO formally signs your contract following your acceptance. As per the Connections Network Design Methodology, the queue was re-ordered based on countersignature dates.</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">The next Gate 2 Window will open no earlier than Q2 2026. </t>
+    <t>The countersignature date is when NESO formally signs your contract following your acceptance. As per the Connections Network Design Methodology, the pipeline was re-ordered based on countersignature dates.</t>
   </si>
   <si>
     <t>In a previous webinar it was mentioned that projects that are given a phase 1 status aren’t guaranteed to be connected before 2030, can you provide more information on this?</t>
   </si>
   <si>
     <t>The intention is to align CP30 Phases with actual connection timescales, but this is not guaranteed. Phases are specifically related to your CP30 capacity allocation, and therefore your actual connection date might differ. Phases are subject to change as network operators undertake final engineering assessments following queue formation notifications.</t>
   </si>
   <si>
     <t>Considering current progress, when do you expect to START issuing gate 2 offers for projects connecting 2028 &amp; beyond, that are due no later than Q2 2026.</t>
   </si>
   <si>
-    <t>Contracts (full offers) are issued over the course of 2026, following the current reassessment of the existing queue in 2025. The issuing of contracts is currently planned as follows:
+    <t>Contracts (full offers) are issued over the course of 2026, following the  reassessment of the previous queue in 2025. The issuing of contracts is currently planned as follows:
 December 2025: Transmission and distribution projects with self-declared Gate 1s, no submission, or failure of initial checks
 January 2026: Transmission Projects with 26/27 dates issued Gate 2 offers
 March 2026: Distribution Projects with 26/27 dates issued Gate 2 offers
 June 2026: Transmission projects with 28/29/30 dates issued Gate 2 offers
 September 2026:  Distribution projects with 28/29/30 dates issued Gate 2 offers
 September 2026: Transmission projects up to 2035 dates issued Gate 2 offers.</t>
   </si>
   <si>
     <t>I have been issued a Gate 1 offer. Is there an advantage in having a Gate 1 offer as opposed to re-applying in a CMP434 window when we are ready?</t>
   </si>
   <si>
-    <t>Our [CNDM https://www.neso.energy/document/350241/download] sets out the rules for queue formation under the first CMP434 application window - see page 65 onwards. Having a Gate 1 Agreement does not confer any advantage to projects for queue formation purposes under CMP434 as queue formation is based on whether and when the project secured relevant land rights and its planning consent status. However, earlier sight of potential future projects at Gate 1 helps with development of the first Strategic Spatial Energy Plan and with future plans for anticipatory investment (see page 63 of the [CNDM https://www.neso.energy/document/350241/download]).
-Having a Gate 1 Agreement will mean your project is 'known' to NESO. Where there is an undersupply of a technology against a CP30 requirement, or where projects exit the queue and this creates an undersupply. Gate 1 projects may also contribute to anticipatory investment decisions, which would result in an earlier connection date when a related project does eventually apply to Gate 2, as this work will have already been identified and planned for in advance.</t>
+    <t>The CNDM sets out the rules for queue formation under the first CMP434 application window  [available at: https://www.neso.energy/document/375026/download]. Having a Gate 1 Agreement does not confer any advantage to projects for queue formation purposes under CMP434 as queue formation is based on whether and when the project secured relevant land rights and its planning consent status. However, earlier sight of potential future projects at Gate 1 helps with development of the first Strategic Spatial Energy Plan and with future plans for anticipatory investment (see page 63 of the [CNDM).
+Having a Gate 1 Agreement will mean your project is 'known' to NESO. Where there is an undersupply of a technology against a CP30 requirement, or where projects exit the delivery pipeline and this creates an undersupply, Gate 1 projects may also contribute to anticipatory investment decisions, which would result in an earlier connection date when a related project does eventually apply to Gate 2, as this work will have already been identified and planned for in advance.</t>
   </si>
   <si>
     <t>Is there an updated timeline for gate 1 Agreements To Vary to be released?</t>
   </si>
   <si>
     <t>Self-elected have been issued; Agreements as a result of 'did not submit' and 'failed initial checks' will be issued shortly.</t>
   </si>
   <si>
     <t>Will queue positions be made public?</t>
   </si>
   <si>
-    <t>The EA register will show an anonymized view of the queue, it will not show specific line items given customer anonymity requirements.</t>
+    <t>The EA register will show an anonymised view of the delivery pipeline, it will not show specific line items given customer anonymity requirements.</t>
   </si>
   <si>
     <t xml:space="preserve">When will I receive my full offer? </t>
   </si>
   <si>
     <r>
       <t>Contrac</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Poppins"/>
       </rPr>
-      <t>ts (full offers) are issued over the course of 2026, following the current reassessment of the existing queue in 2025. The issuing of contracts is currently planned as no later than the dates below. NESO will communicate if timelines change</t>
+      <t>ts (full offers) are issued over the course of 2026, following the current reassessment of the previous queue in 2025. The issuing of contracts is currently planned as no later than the dates below. NESO will communicate if timelines change</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Poppins"/>
       </rPr>
       <t>:
 December 2025: Transmission and distribution projects with self-declared Gate 1s, no submission, or failure of initial checks
 January 2026: Transmission Projects with 26/27 dates issued Gate 2 offers
 March 2026: Distribution Projects with 26/27 dates issued Gate 2 offers
 June 2026: Transmission projects with 28/29/30 dates issued Gate 2 offers
 September 2026:  Distribution projects with 28/29/30 dates issued Gate 2 offers
 September 2026: Transmission projects up to 2035 dates issued Gate 2 offers.</t>
     </r>
   </si>
   <si>
     <t>How can you start queue formation when detailed checks are not completed? What impact will lack of detailed checks have on queue formation?</t>
   </si>
   <si>
-    <t>Detailed checks were moved earlier in the plan to address this concern. While we cannot guarantee the queue will be formed with complete certainty regarding projects passing these checks, we have accelerated the process to provide as much assurance as possible without delaying the queue formation timeline. So far, the evidence points to a very low failure rate, with fewer than 5% of projects eligible for Gate 2 expected to fail. If any of these few projects enter the final queue but are later removed due to detailed checks, it could create a capacity gap.</t>
+    <t>Detailed checks were moved earlier in the plan to address this concern. While we cannot guarantee the new delivery pipeline will be formed with complete certainty regarding projects passing these checks, we have accelerated the process to provide as much assurance as possible without delaying the queue formation timeline. So far, the evidence points to a very low failure rate, with fewer than 5% of projects eligible for Gate 2 expected to fail. If any of these few projects enter the new delivery pipeline but are later removed due to detailed checks, it could create a capacity gap.</t>
   </si>
   <si>
     <t>Understanding the Notification</t>
   </si>
   <si>
     <t xml:space="preserve">Why has NESO not provided detail of which protection clause customers are protected under in the offer letters? </t>
   </si>
   <si>
     <t>Protected customers were previously made aware of the protection clause(s) they are protected under. This information was used in the queue formation process. Should a customer not know their protection status, NESO encourage them to search through previous communication in the first instance, and then get in touch with NESO via the Connections Portal by using the 'Reform Query' option</t>
+  </si>
+  <si>
+    <t xml:space="preserve">What is a non-firm connection date and when will I get my offer? </t>
+  </si>
+  <si>
+    <t>The ‘phase’ relates to 'firm' or 'enduring non-firm' connection date. Some projects and connection contracts have an ‘interim non-firm’ connection date, which is sometimes called a ‘temporary non-firm connection’. Where relevant, ‘interim non-firm’ connection dates will be included in the offer issued as a result of the G2TWQ process and will be confirmed at the same time as your ‘firm’ or 'enduring non-firm' connection date. 
+As ‘interim non-firm’ connection dates are earlier than ‘firm’ connection dates, this means that any ‘interim nonfirm’ connection date(s) confirmed in your Gate 2 offer could be before 2030, even where you have been provided with a Phase 2 queue outcome in the table above.
+Gate 2 Final customer offers regarding applications up to and including 2030 (transmission) will be provided no later than the end of Q2 2026 and up to and including 2035 (transmission) will be provided no later than the end of Q3 2026. Please see NESO’s website for more information: https://www.neso.energy/industry-information/connections-reform/connections-reform-timeline.</t>
   </si>
   <si>
     <t>What is an Agreement to Vary (ATV) and what do I need to do?</t>
   </si>
   <si>
     <t xml:space="preserve">If your project did not meet the Gate 2 criteria, you will receive a Gate 1 Agreement to Vary, or ATV. The ATV is a legal agreement that changes the terms of your existing contract. It suspends your previous connection date, making it indicative only, and explains why your project was classified as Gate 1, typically because it did not meet the readiness or strategic alignment criteria at this stage. 
 You will need to sign and return the ATV within four weeks. If you have placed cash security, you will be asked to provide up-to-date bank details so NESO can process your refund, which will be issued within six weeks of receiving your signed ATV. The ATV also allows you to reapply in future application windows, once you are able to meet the necessary criteria. </t>
   </si>
   <si>
     <t>What is the different between a Gate 2 Modification Offer and an ATV?</t>
   </si>
   <si>
     <t xml:space="preserve">The key difference between a Gate 2 Modification Offer and an ATV lies in your project’s status: 
 A Gate 2 Modification Offer is issued to projects that have passed all checks and are ready to proceed. It sets out a firm or enduring non-firm connection date and the next steps, including the placement of new securities. 
 An ATV is issued to projects that did not meet the Gate 2 criteria. It suspends your previous connection date, allows you to reapply in future windows, and triggers the return of your securities if applicable. 
 In summary, if your project is successful at Gate 2, you will receive a Modification Offer. If your project is classified as Gate 1, whether self-declared, failed to submit, or did not meet the criteria, you will receive an ATV. </t>
   </si>
   <si>
+    <t>Will DNO/DX connections actually get these notifications direct?</t>
+  </si>
+  <si>
+    <t>NESO will notify large embedded generators whereas DNO/iDNOs notify small and medium embedded generators. For more information, please see the ENA webpage containing all of the electricity network operators' information on UK connections reform [available at: https://www.energynetworks.org/industry/connecting-to-the-networks/connections-reform]</t>
+  </si>
+  <si>
     <t>When will EA Register be released and how will it be shared?</t>
   </si>
   <si>
     <t>The Existing Agreements register will be published shortly after queue formation on the NESO website.</t>
   </si>
   <si>
     <t>I have had no email whatsoever as yet. Will the email come from NESO or the DNO?</t>
   </si>
   <si>
-    <t>Methodology and decision</t>
+    <t>NESO will have notified large embedded generators whereas DNO/iDNOs will have notified small and medium embedded generators. For more information, please see the ENA webpage containing all of the electricity network operators' information on UK connections reform [available at: https://www.energynetworks.org/industry/connecting-to-the-networks/connections-reform]</t>
+  </si>
+  <si>
+    <t>Methodology and Decisions</t>
+  </si>
+  <si>
+    <t>How did NESO and the DNOs calculate permitted capacity as per the CP30 capacity breakdowns?</t>
+  </si>
+  <si>
+    <t>The capacity breakdowns outlined in the CP30 Action Plan for each technology type also include capacity that is installed and operational. For the purposes of aligning the previous queue to the CP30 Action Plan, NESO and DNOs will calculate the remaining available capacity, hereafter referred to as the ‘permitted capacity’, as follows: 
+1. For the 2026 to 2030 phase (phase 1), NESO and DNOs will use the 2030 Regional capacity breakdowns for each zone and technology and deduct the latest installed and operational capacity figures from this to determine the permitted capacity against which to align the existing queue
+ 2. For the 2031 to 2035 phase (phase 2), NESO and DNOs will use upper bound of the stated CP30 Plan “2035 FES-derived Capacity Range” for 2035 for each zone and technology and deduct from this the actual Phase 1 allocation after rebalancing and substitutions, as well as the current built capacity, to determine the permitted capacity against which to align the existing queue.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Is there any option to move a project that has received a Gate 2 Phase 2 offer to a Gate 2 Phase 1 offer? </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The queue formation process is complete, therefore in this G2TWQ (CMP435) process there is no opportunity to go from Phase 2 to Phase 1. However, there are two potential mechanisms by which customers can receive an earlier connection date: 
+1) Customers can request earlier connection dates in future via a mod app - whether those are deliverable will depend on the network specifics of the project location and what the TO and DNO can deliver.
+2) If capacity is available due to Gate 2 projects withdrawing or being removed from the new pipeline, a project could be re-allocated the capacity subject to the CNDM (see section 7 for the criteria for the reallocation of capacity). Available at: https://www.neso.energy/document/375026/download) </t>
+  </si>
+  <si>
+    <t>How many projects / MW were advanced from Phase 2 to Phase 1?</t>
+  </si>
+  <si>
+    <t>3 gigawatts was advanced from phase two to phase one, which is 85 queue items. This refers to projects that had a 2031 firm connection date or later and were advanced into phase one for queue formation purposes. 240 gigawatts requested advancement from phase 2 to Phase 1, but in order to advance into phase one from phase two, there has to be room in the phase one pipeline. The only technologies that had any room in their phase one queue were solar in the distribution zones and some onshore wind zones across distribution and transmission. 
+As the Queue Formation notification only relates to the phase for the firm or the enduring non-firm stage, not receiving an advancement does not necessarily stop you from connecting in phase one on a temporary non-firm basis. For more information, we recommend customers watch the recent Connections reform Webinars. This particular topic is discussed at approximately 15 minutes in to the session on the 18th December [available at: https://www.neso.energy/industry-information/connections-reform/connection-reform-webinars-and-archive].
+Finally, to note that the above does not cover advancement requests within a phase (eg 2029 to 2028; or 2035 to 2031) - we will not know how many projects / MW are advanced within phase until the TOs have completed their network studies in order to issue G2 offers</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Why are TOs and DNOs involved in the advancement process? </t>
+  </si>
+  <si>
+    <t>Advancement is essentially concerned with whether the physical network can be built in time to connect someone in line with their requested advanced connection date. Physical network build is an area of TO and DNO expertise. They understand how their network can be built, how quickly it can be built, how it can be built to safety standards, etc. Therefore NESO have worked with the TOs and DNOs in line with published methodologies and technical documents in order for TOs and DNOs to carry out advancement checks.  For more information, we recommend customers watch the recent Connections Webinars. This particular topic is discussed from approximately 15 minutes in to the session on the 18th December [available at: https://www.neso.energy/industry-information/connections-reform/connection-reform-webinars-and-archive].</t>
+  </si>
+  <si>
+    <t xml:space="preserve">How will NESO ensure capacity reallocation will be fairly allocated between transmission and distribution for the next gated window? </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Capacity Allocation and reallocation is detailed in Section 7 of the CNDM. In high level summary, for the next window, capacity allocation goes on the basis of protected projects (if any), then it goes in order of when projects met readiness requirements. There is no distinction between transmission and distribution - both are treated exactly the same based on the above criteria. Note for particular technologies there may not be any capacity available in the next (434) window to be allocated or relocated. This is because most zones/technologies are currently 'full' and because reallocation relies on projects that have an existing gate 2 offer withdrawing from the queue or being removed from the delivery pipeline, which may not have happened by the time the first 434 window is opened.
+</t>
   </si>
   <si>
     <t>Can non-gated mod apps be submitted during this process?</t>
   </si>
   <si>
     <t>Yes, non-gated mod apps are being processed; please submit them via the connection reform dot box email [box.connectionsreform@neso.energy].</t>
   </si>
   <si>
-    <t>Methodology and Decisions</t>
+    <t>Why wasn’t I protected under the reform process?</t>
+  </si>
+  <si>
+    <t>Section 6.2 of the Gate 2 Criteria Methodology details the protections available for customers. Protections, in the context of Gate 2 To Whole Queue, are only Protection Clause 1 and 2A. 
+Protection Clauses 2B, 3A and 3B are only applicable to future application windows
+Please see: https://www.neso.energy/document/375016/download
+If you were not protected then it was either as you did not apply to be protected, or  you did apply to be protected but did not meet the criteria for protections.</t>
+  </si>
+  <si>
+    <t>Can you confirm whether a specific project has been awarded a Confirmed connection date?</t>
+  </si>
+  <si>
+    <t>Due to commercial sensitivities and requirements of our licence conditions, we will not be providing confirmation on the status of individual projects, as these projects still need to receive and sign connection agreement contracts. Once contracts have been signed, publicly disclosable information will be shared later in 2026.
+Some details of individual project connections agreements are commercially sensitive, so will not be disclosed. For distribution level projects, this information sits with the DNOs for small / medium embedded projects.</t>
+  </si>
+  <si>
+    <t>What was the approach to co-located projects?</t>
+  </si>
+  <si>
+    <t>A co-located site is one where Power Generating Units belonging to different technologies and/or fuel types, including storage and demand, are installed at the same site or Power Station and connected to the GB electricity system, each technology within a co-located setup is assessed individually against permitted capacity limits under Clean Power 2030 (CP30) pots, and Transmission Entry Capacity (TEC) or Developer Capacity. For more information, please see the post notifications Customer Handbook, available at: https://www.neso.energy/document/373546/download</t>
+  </si>
+  <si>
+    <t>Is NESO currently working with DNOs to complete detailed checks for distribution projects (including BEGA/BELLA projects) and finalise their place in the new delivery pipeline?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yes – we are working in coordination with Distribution Network Operators (DNOs) on finalising detailed checks. For small and medium embedded customers (including those small and medium embedded customers with a BEGA), we have completed duplication checks of red line boundaries as per the Gate 2 Criteria methodology, and have worked with DNOs to understand any duplications. Large EG BEGA/BELLA projects submitted their evidence directly to the NESO, and so we are currently carrying out detailed and duplication checks for these customers. We will be in touch with these customers soon to request permission to share red line boundaries with their DNOs. This is so that DNOs can ensure that Large EG BEGA/BELLA projects are adhering to existing DNO policy on red line boundaries
+ </t>
+  </si>
+  <si>
+    <t>What detailed checks are being carried out?</t>
+  </si>
+  <si>
+    <t>NESO is completing checks on director verification, minimum acreage, land rights documentation, and planning documentation (if sought readiness via planning route) checks for directly connected and large embedded projects. We are also doing duplication of red‑line boundaries checks for all projects. These ensure projects meet the minimum readiness criteria set out in the Gate 2 Criteria methodology.</t>
+  </si>
+  <si>
+    <t>How have you treated a demand project which has a battery storage element?</t>
+  </si>
+  <si>
+    <t>If the connection is demand only, i.e. there is no export to the electricity system, then the project would not contribute towards the Clean Power 2030 permitted capacities and the connection was treated as demand only for the purposes of Gate 2. These projects will be deemed as automatically strategically aligned, and will have had to only demonstrate readiness. For any projects with a battery storage element, this technology is considered to be generation, and is therefore subject to the Clean Power 2030 capacities and will need to meet one of the strategic alignment criteria to be considered in the new delivery pipeline (unless the developer has indicated the battery is import only in which case the battery will be treated as though it is demand from a connections perspective).</t>
   </si>
   <si>
     <t>What can I do if my project failed at initial checks?</t>
   </si>
   <si>
     <t>You will have received notification already if you failed your initial checks, and you will receive a Gate 1 offer. You can reapply during the next Connections Application Window after addressing readiness gaps. This is anticipated no earlier than Q2 2026. NESO envisage that application windows will be open every 6 months for 6 weeks, but exact dates for the next window have not yet been published.</t>
   </si>
   <si>
     <t xml:space="preserve">What is a gated and non-gated Modification Application? </t>
   </si>
   <si>
     <t>NESO Guidance on classification of Gated Modification Applications details the difference between gated and non-gated modification applications (mod-apps). Please see: [https://www.neso.energy/document/360456/download]. 
-Under the new connections process, new connection applications and certain use of system applications and Modification Applications are 
-[...18 lines deleted...]
-    <t>Will the queue be changed after customers receive the Queue Formation notifications? For example, as a result of a complaint, dispute, or otherwise?</t>
+Under the new connections process, new connection applications and certain use of system applications and Modification Applications are ‘Gated applications’ and as such (with the exception of new BEGA and BELLA applications) can only be made during a Gated Application Window and cannot be submitted or processed at other times. The Modification Applications that need to be submitted by Users during a Gated Application Window are termed ‘Gated Modification Applications’.  Modification Applications that are not considered to be Gated Modification Applications, i.e. non-Gated Modification Applications, can be submitted and processed at any time, and do not have to wait for an open Gated Application Window.</t>
+  </si>
+  <si>
+    <t>Will the delivery pipeline be changed after customers receive the Queue Formation notifications? For example, as a result of a complaint, dispute, or otherwise?</t>
   </si>
   <si>
     <t xml:space="preserve">Reform for the connections queue was developed with strong support from industry and government, shaped by extensive consultation and collaboration. The framework, approved by Ofgem, is designed to ensure that projects which are ready and strategically important for Great Britain are prioritised.  
 NESO has taken every step to ensure the process is robust, fair, and fully assured, with rigorous checks at every stage.  
-Upon publication of the results, the queue is final. No new projects can be added, and the order projects are connecting in cannot be changed, regardless of circumstances. This is essential to maintain fairness and integrity for all customers. </t>
+Upon publication of the results, the new delivery pipeline is final. No new projects can be added, and the order projects are connecting in cannot be changed, regardless of circumstances. This is essential to maintain fairness and integrity for all customers. </t>
+  </si>
+  <si>
+    <t>Could you confirm whether the zonal capacities for 2030 and 2035 are total connected capacity or additional connected capacity?</t>
+  </si>
+  <si>
+    <t>The capacities outlined in Government's Clean Power 2030 Action Plan include the capacity that is already installed on the network. Subtracting installed capacity from this figure gives the remaining 'permitted capacity' that the existing queue will be aligned to. 
+Where the 2035 figure in the plan exceeds the capacity in 2030 the difference between the two figures is the additional capacity 'added' for the 2030 period.
+Please see Section 5.4.14 available on page 28 of the CNDM for an example [available at: https://www.neso.energy/document/350241/download].</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yes – we are working in coordination with Distribution Network Operators (DNOs) on finalising detailed checks. For small and medium embedded customers (including those small and medium embedded customers with a BEGA), we have completed duplication checks of red line boundaries as per the Gate 2 Criteria methodology, and have worked with DNOs to understand any duplications. Large EG BEGA/BELLA projects submitted their evidence directly to the NESO, and so we are currently carrying out detailed and duplication checks for these customers. We will be in touch with these customers soon to request permission to share red line boundaries with their DNOs. This is so that DNOs can ensure that Large EG BEGA/BELLA projects are adhering to existing DNO policy on red line boundaries. </t>
+  </si>
+  <si>
+    <t>Future Windows</t>
+  </si>
+  <si>
+    <t>How will new projects get entry to the pipeline in future?</t>
+  </si>
+  <si>
+    <t>Going forwards developers will only be able to apply for a connections agreement during one of two connection application windows throughout the year. New projects and projects that have already sought a connections agreement and have been placed in the development pipeline (officially known as Gate 1) will have an opportunity to have their project assessed on whether it should move to the delivery pipeline (Gate 2) as part of these connection application windows. Future application windows will be for all available capacity from that window until the next milestone point. So, if capacity becomes available in 2026 or subsequent dates up to the next milestone point it can be applied for. NESO will announce the date for the first connection applications window in the New Year.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Future Windows </t>
+  </si>
+  <si>
+    <t>Will substitutions and rebalancing be available in the next window?</t>
+  </si>
+  <si>
+    <t>Substitutions and rebalancing will continue in the next window where there is an opportunity to do so. There is limited available capacity remaining  in most of the zones and most of the technologies, but where there is capacity available in a zone and there is an excess of projects who qualify for that, but there is an undersupply in an associated permitted zone, substitutions and rebalancing will still be available using the same principles as were used in the G2TWQ process. For more information, we recommend customers watch the recent Connections Webinars. This particular topic is discussed from approximately 25 minutes in to the session on the 18th December [available at: https://www.neso.energy/industry-information/connections-reform/connection-reform-webinars-and-archive].</t>
+  </si>
+  <si>
+    <t>Will a project protected under clause 3a be guaranteed to be offered a gate 2 connection once they receive planning and applying in 434? Will they be inserted into the pipeline as if protected under 435 or added to the end of the new queue?</t>
+  </si>
+  <si>
+    <t>Protection Clause 3A means that projects can exceed both the zonal and the national permitted capacities if they apply in the 434 window. They have to apply and they have to provide NESO with evidence that they have secured milestone M2 (planning consent). Where projects are successful in applying for a G2 agreement in the first 434 window, whether protected or not, they would go to the back of the new connections pipeline that was formed via the G2TWQ (CMP435) process. This will be the standard approach for future 434 windows. The only exception to going to the back of the new connections pipeline is where capacity is reallocated if projects are removed from the connections pipeline. For more information, we recommend customers watch the recent Connections Webinars. This particular topic is discussed from approximately 30 minutes in to the session on the 18th December [available at: https://www.neso.energy/industry-information/connections-reform/connection-reform-webinars-and-archive].</t>
+  </si>
+  <si>
+    <t xml:space="preserve">For oversubscribed technologies (eg Batteries), does this mean there will be no availability until post 2035? Is it even worth putting any projects through the next window whenever that opens?
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">For oversubscribed technologies, such as batteries, it means a significant number of projects would have to leave the delivery pipeline to enable a project not currently prioritised to become prioritised. However, the permitted capacity may be updated in the future to reflect any updates to the CP30 Action Plan and/or SSEP. </t>
+  </si>
+  <si>
+    <t>When will the CMP 434 window open or be updated?</t>
+  </si>
+  <si>
+    <t>No earlier than Q2 2026; further updates will be provided as so as they are available.</t>
+  </si>
+  <si>
+    <t>In future windows will it be possible to apply for a connection date in the period up to 2030 or 2035?</t>
+  </si>
+  <si>
+    <t>Future application windows will be for all available capacity from that window until the next milestone point. So, if capacity becomes available in 2026 or subsequent dates up to the next milestone point it can be applied for.</t>
+  </si>
+  <si>
+    <t>Technology Specific - Batteries</t>
+  </si>
+  <si>
+    <t>Why have some battery projects been granted protection whilst others have not?</t>
+  </si>
+  <si>
+    <t>Projects which meet the relevant protections criteria (e.g. have secured planning consent) have had their agreements protected as these projects are at the final stages of delivery. NESO designed Ofgem approved connection reform methodologies to maintain a stable energy investment environment, meaning protections were offered to projects that could evidence their intention to build and where significant investment had already been made. Removing these projects would undermine investor confidence. The number of battery projects in the pipeline shows that the market recognises the value of flexible capacity to support decarbonisation in Great Britain.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">I am a Protected battery - why have I moved from Phase 1 to Phase 2? </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Not all of the protection clauses in the Gate 2 Criteria Methodology contain assurance on connection dates or phases. Only protections 1 and 2A (Additional Protection) protect a customer’s connection date and phase. 
+As battery zones across the country are oversubscribed, some Battery projects with firm or enduring non-firm connection dates before End 2030 would have had their phase moved to Phase 2. Where a distinction was made between 2A projects without the additional protection, this was based on countersignature dates as per the Connections Network Design Methodology (CNDM) [available here: https://www.neso.energy/document/375026/download]. </t>
+  </si>
+  <si>
+    <t>Why have so many batteries not received a gate 2 offer?</t>
+  </si>
+  <si>
+    <t>Connections reform is aimed at delivering a sustainable pipeline of projects that can deliver on Great Britain’s strategic energy goals by 2030. Technology based targets have been established using The UK Government 2024 Clean Power 2030 Action Plan (Please see Table 1, page 32 - DESNZ ‘Clean Power Capacity Range’, available at: https://www.gov.uk/government/publications/clean-power-2030-action-plan).  This report sets out that 27-33GW is required by 2030, with around 7.4GW already installed. The existing levels of storage in the old connection queue amounted to around 240GW, nearly ten times what is required by 2030. The figures we are publishing today show that there will be over 80GW of batteries in the new delivery pipeline, which is almost 3 times what we need for 2035.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+How are you addressing the oversubscription of batteries after 2030, or will they all get 2035 connection dates?</t>
+  </si>
+  <si>
+    <t>All protected batteries will receive a confirmed offer, in line with the connection methodologies approved by Ofgem. Over half of the battery capacity is in phase 2 of the connection delivery pipeline, which means that it is likely to receive a firm connection date after 2030. Specific dates will be dependent on the outcome of engineering assessments and network designs undertaken by the Transmission Owners. Once the Strategic Spatial Energy Plan (SSEP) is completed NESO will use this to determine whether additional batteries are needed in the period 2031-35 or beyond.</t>
+  </si>
+  <si>
+    <t>Why have you not categorised me as an LDES?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LDES project capacity have been allocated on a national basis as per Government's Clean Power 2030 Action Plan. As outlined in DESNZ and Ofgem’s Long Duration Electricity Storage: Technical Decision Document, an LDES asset must be capable of discharge at full power for at least eight hours, and full power must be at least 50MW or 100MW (depending on technology maturity) [available at: https://assets.publishing.service.gov.uk/media/677bc80399c93b7286a396d6/clean-power-2030-action-plan-main-report.pdf]. This also states that for the purposes of the Clean Power 2030 Action Plan pathway which will be used for connections, lithium-ion electricity storage projects will be treated as batteries. You will not have been categorised as an LDES project if you do not satisfy this criteria. If you believe NESO have made a mistake, please provide detail of this through submitting a complaint on the NESO Connections Portal.
+</t>
+  </si>
+  <si>
+    <t>Technology Specific - Solar</t>
+  </si>
+  <si>
+    <t>Why have so many solar  projects not received a gate 2 offer?</t>
+  </si>
+  <si>
+    <t>Technology based targets have been established using the UK Government 2024 Clean Power 2030 Action Plan (Table 1, page 32 - DESNZ ‘Clean Power Capacity Range’. Available at: https://www.gov.uk/government/publications/clean-power-2030-action-plan). This report sets out that 45-47GW is required by 2030, with around 16.6GW already installed. The existing levels of solar in the old connection queue amounted to around 210GW, four times the 2030 target. Almost 60GW of solar is in the new delivery pipeline.</t>
+  </si>
+  <si>
+    <t>Technology Specific - Onshore Wind</t>
+  </si>
+  <si>
+    <t>What was the cut off date for Phase 1 offshore wind?</t>
+  </si>
+  <si>
+    <t>The signing cut off date has to be taken in the context of level of readiness. In line with the Connections Network Design Methodology (CNDM), projects are ordered by current phase (or new phase if advanced from phase 2 to phase 1); then by planning status (i.e. level of readiness), then by initial queue position. 
+The cut-off dates published are only for Phase 2 because Phase 2 is where projects are removed from the pipeline. NESO have not published the cut off dates for what made it into Phase 1 as projects that did not make it into phase 1 were considered for phase 2. Phase 2 of onshore wind in Scotland was full with protected projects. Phase 1 onshore wind in Scotland did include some non-protected projects as those projects were already in phase 1 and fitted within the permitted capacity for the relevant zone(s) in line with the criteria in the CNDM and summarised above. For more information, we recommend customers watch the recent Connections Webinars. This particular topic is discussed from approximately 29 minutes in to the session on the 18th December [available at: https://www.neso.energy/industry-information/connections-reform/connection-reform-webinars-and-archive].</t>
+  </si>
+  <si>
+    <t>Technology Specific - Offshore Wind</t>
+  </si>
+  <si>
+    <t>What does the queue formation outcome mean for the Holistic Network Design?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">All offshore wind projects that had a Crown Estate lease at the time when evidence needed to be submitted have been included in the new delivery pipeline. This means that all offshore wind projects that have gone through the HND process and applied in the window will be in the new delivery pipeline. We have enough offshore wind in the new delivery pipeline to meet the top of the UK Government’s range of capacity for 2035 </t>
+  </si>
+  <si>
+    <t>What does this mean for Celtic Sea?</t>
+  </si>
+  <si>
+    <t>The Celtic Sea offshore wind projects did not have Crown Estate leases at the time when evidence needed to be submitted in order to be included in the new pipeline. This means that they could not receive a Confirmed offer and be included in the new pipeline. They will have the opportunity to apply in future windows when they can demonstrate that they have a Crown Estate lease.</t>
+  </si>
+  <si>
+    <t>What does this mean for ScotWind?</t>
+  </si>
+  <si>
+    <t>All offshore wind projects that had a Crown Estate Scotland lease at the time when evidence needed to be submitted and applied in the window have been included in the new delivery pipeline. This means that all ScotWind offshore wind projects who applied will be in the new delivery pipeline.</t>
+  </si>
+  <si>
+    <t>What does this mean for INTOG?</t>
+  </si>
+  <si>
+    <t>All offshore wind projects that had a Crown Estate Scotland lease at the time when evidence needed to be submitted and applied in the window have been included in the new delivery pipeline. This means that all INTOG projects who applied will be in the new delivery pipeline.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hybrid Projects </t>
+  </si>
+  <si>
+    <t>How do I understand a Hybrid outcome where there is a 0MW gate 2 offer?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Where the Energy Storage within the hybrid project was classified as either export or import (i.e. not both) for the Gate 2 to Whole Queue (G2TWQ) process, the Connections methodology states that export/import only Energy Storage does not contribute towards the permitted capacities set out in the Clean Power Action Plan. The update to the connections methodologies published in November further clarified that where an energy storage system is export/import only, we will set the export/import capacity of the energy storage system at 0MW. If the generation stage(s) of the hybrid project received a Gate 1 outcome and the energy storage received a Gate 2 0MW outcome the hybrid project would also have a total export capacity of 0MW. In simple terms, this means that the hybrid project would not be able to export or import capacity from the electricity system unless you apply for and successfully receive a Gate 2 offer in a future submission window for a generation technology that has associated export capacity. </t>
+  </si>
+  <si>
+    <t>Hybrid Projects</t>
+  </si>
+  <si>
+    <t>I am a hybrid project - what happens if one of my technology types failed Gate 2 readiness?</t>
+  </si>
+  <si>
+    <t>Hybrid projects were required to seek Gate 2 readiness for each technology type that is part of the facility. If one technology type did not make it into the Gate 2 process, it did not disadvantage the other technology type, provided it met the Gate 2 criteria. This also applies to staged projects, including hybrid sites where the technology types have different connection dates. For more information, please see the Evidence Submission Handbook: [https://www.neso.energy/document/361056/download]</t>
+  </si>
+  <si>
+    <t>For sites with a hybrid setup (part gate 2, part gate 1), are new DRC schedules required for both parts or just the gate 2 portion?</t>
+  </si>
+  <si>
+    <t>Only the gate 2 portion requires a new DRC schedule.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Where the Energy Storage within the hybrid project was classified as either export or import (i.e. not both) for the Gate 2 to Whole Queue (G2TWQ) process. The Connections methodology states that export/import only Energy Storage does not contribute towards the permitted capacities set out in the Clean Power Action Plan. The update to the connections methodologies published in November further clarified that where an energy storage system is export/import only, we will set the export/import capacity of the energy storage system at 0MW. If the generation stage(s) of the hybrid project received a Gate 1 outcome and the energy storage received a Gate 2 0MW outcome the hybrid project would also have a total export capacity of 0MW. In simple terms, this means that the hybrid project would not be able to export or import capacity from the electricity system unless you apply for and successfully receive a Gate 2 offer in a future submission window for a generation technology that has associated export capacity. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">I am a hybrid project - why has only one of my projects received a Gate 2 offer? </t>
+  </si>
+  <si>
+    <t>Hybrid projects are treated as their two respective technologies when it comes to protections and CP30 pots. This means that a customer could have received a Gate 1 offer for one technology, and a Gate 2 offer for the other technology. For example, where one or more technologies exceeds the 2035 permitted capacity (and does not have protected status), that technology element of the hybrid project will not receive a Gate 2 offer. This represents the same treatment as any other project that exceeds the 2035 permitted capacity.</t>
+  </si>
+  <si>
+    <t>Distribution contracts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">I am a distribution customer- how do I find out more information about my outcome or raise a complaint? </t>
+  </si>
+  <si>
+    <t>Your DNO will be responsible for managing your queries and complaints in the first case. As the DNOs managed their customers evidence submission process, and assessed Gate 2 evidence, they are the best placed to do so.  NESO have also provided DNOs with all relevant information and data pertaining to their customers’ outcomes where the NESO have been involved (eg strategic alignment assessment). If you are unhappy with the outcome of your query or complaint, you may notify the DNO of this and request escalation to the NESO. Your DNO will manage the communications with  NESO in regard to any of their customer complaint escalations, but please note that you will be required to provide evidence for any complaint you wish the DNO to escalate on your behalf, so that the NESO may undertake a suitable investigation into the escalated matter. 
+Contacting your DNO will ensure your query or complaint is dealt with efficiently and help the NESO and DNOs deal with high contact volumes. Contacting NESO as opposed to, or in addition to, your DNO will not expedite or escalate your query but will hinder the NESO’s response process and will result in a slower response time.</t>
   </si>
   <si>
     <t>Fees, Securities and Timing</t>
+  </si>
+  <si>
+    <t>I paid an advancement fee, but I have not been advanced – (why) do I still need to pay an advancement fee?</t>
+  </si>
+  <si>
+    <t>Our methodology set out that an advancement fee was required to enter the process, to cover the cost of processing requests. However, paying an advancement fee does not guarantee advancement itself, this is based on our wider delivery pipeline reassessments and network design exercises which aim to deliver a new pipeline of projects that align with the systems needs.</t>
   </si>
   <si>
     <t>What happens if I do not respond to the demand RFI by the deadline?</t>
   </si>
   <si>
     <t>The Demand Queue Call for Input (CFI) is your opportunity to help shape how the demand queue is understood and managed. By providing information on key themes, such as project details, connection status, project timelines, financial readiness, and project maturity, you will help shape how future connections are managed and ensure fairness across the queue. That said, the CFI is voluntary, and there is no consequence to not responding.
 For more information, please see: [https://www.neso.energy/industry-information/connections/demand-queue-call-input-cfi]</t>
   </si>
   <si>
     <t>When will I get my offer?</t>
   </si>
   <si>
     <t xml:space="preserve">For projects that applied directly to NESO, the timelines are as follows. Those who applied to DNOs should refer to their DNOs timeline. 
 Gate 2 projects connecting in 2026/2027: No later than end of January 2026
 Gate 2 projects connecting up to and including 2030: No later than end of Q2 2026
 Gate 2 projects connecting up to and including 2035: No later than end of Q3 2026
 Gate 1 (projects that did not meet Gate 2 requirements): We began issuing these in November 2025 for those who had self-selected Gate 1, we will continue to issue these ATVs and this exercise will run into 2026  </t>
   </si>
   <si>
     <t>What is the difference between fees and securities?</t>
   </si>
   <si>
     <t xml:space="preserve">Fees and securities are essential financial requirements within the NESO electricity connections process.  
 Fees refer to the payments applicants make at specific stages, such as when submitting an application or progressing through key milestones. These fees cover the administrative and operational costs of processing and managing connection requests.  
 Securities, on the other hand, are financial guarantees, such as cash deposits or bonds, that applicants provide to NESO. Their purpose is to ensure that customers are genuinely committed to their projects and can cover costs if a project is delayed, withdrawn, or cancelled. By requiring securities, NESO protects the system and other customers from the risks associated with speculative or non-committed applications. </t>
   </si>
   <si>
     <t>Fees, Securities and timing</t>
   </si>
   <si>
     <t>Concerningly, there is still no update from NESO whether the Securities freeze will be extended. When will we be notified if there will be Securities update in Jan-26? NESO have also committed to review LARF calculations. However there has been no further news on that yet.</t>
   </si>
   <si>
     <t>We are intending that the securities freeze remains in place until one of the following occurs:
 • Gate 1 projects – until customers sign their Agreement to Vary (ATV) and the return of existing securities is processed.
 • Gate 2 projects – until customers sign their Gate 2 Modification Offer. Once signed, securities must be placed within 30 days of signature.
 A formal industry update will follow once Ofgem approves the next steps.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Securities for gate 2 offers - does the 30 day countdown start on the date the customer signs,  or the date that NESO countersigned?	</t>
+  </si>
+  <si>
+    <t>The 30-day period begins from the date NESO countersigns the Gate 2 Modification Offer. This is the effective contract date under CUSC, and all subsequent obligations, including security placement, are calculated from that point.</t>
   </si>
   <si>
     <t>Information and errors</t>
   </si>
   <si>
     <t>Will the specific protection clause be included in notifications?</t>
   </si>
   <si>
     <t>Only a yes/no (indicating whether a projected has protection status or not) is provided; customers will have been made aware of their protection status at an earlier date.</t>
   </si>
   <si>
     <t>What is the process for resubmitting evidence for detailed checks?</t>
   </si>
   <si>
     <r>
       <t>You will receive a resubmission email with a four-day SLA. Please resubmit evidence using the “resubmit evidence” button on the Conn</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Poppins"/>
       </rPr>
       <t>ections Portal. If you are concerned that you do not have enough time to resubmit the requested evidence then please let us know by responding to the request as soon as possible.</t>
     </r>
   </si>
   <si>
     <t>If a project has been confirmed as protected under a Protection Clause at Initial Checks stage, could this be re-evaluated during Detailed Checks and issuing the Gate 2 Offer, or is the initial confirmation from NESO of protected status definitive and unable to change?</t>
   </si>
   <si>
     <t xml:space="preserve"> Protected status confirmed at Initial Checks is provisional. NESO will re-evaluate during Detailed Checks before issuing the Gate 2 offer. Only once NESO countersigns the Gate 2 Modification Offer is the status definitive.
 For more information please consult the Evidence Clarification Guidelines (detailed checks) [https://www.neso.energy/document/370771/download] provided information to support project developers and investors in successfully completing detailed checks resubmissions as part of the Gate 2 to Whole Queue (G2TWQ process).</t>
   </si>
   <si>
     <t>I have not received any Detailed Checks Updates yet, should I be concerned?</t>
   </si>
   <si>
-    <t>NESO are not notifying customers if they pass the Detailed Checks ahead of the Queue Formation offer being issued. Customers will only be notified if they fail the detailed checks and are required to resubmit evidence. Your notification outcome email will confirm whether you have passed Detailed checks, or whether the outcome is subject to completing Detailed Checks successfully.</t>
-[...5 lines deleted...]
-    <t>NESO are not notifying customers if they pass the Detailed Checks ahead of the Queue Formation offer being issued. Customers will only be notified if they fail the detailed checks and are required to resubmit evidence.</t>
+    <t>NESO did not notify customers if they passed the Detailed Checks ahead of the Queue Formation offer being issued. Customers were only  notified if they failed the detailed checks and are required to resubmit evidence. Your notification outcome email will have confirmed whether you have passed Detailed checks, or whether the outcome was subject to completing Detailed Checks successfully.</t>
   </si>
   <si>
     <t>Advancement</t>
   </si>
   <si>
+    <t>What is the methodology for determining advancement?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Developers will be able to request advancement of their connection date when submitting their evidence of meeting the Gate 2 criteria. This requested advancement date (or the existing contracted connection date where advancement is not requested) will be the date used to allocate the project to a 'Phase' as shown in CNDM Section 5.7. The TOs will then take this date into consideration during the reassessment, and offer a date as close to this advancement date as the existing or future network permits. Any advancement will depend on network viability and the delivery schedules of the TO, DNO or iDNO. The methodology for determining advancement is described from section 5.25 of the Connection Network Design Methodology [available at https://www.neso.energy/document/375026/download]. </t>
+  </si>
+  <si>
+    <t>How are advancement and planning status considered in pipeline formation and movement?</t>
+  </si>
+  <si>
+    <t>Advancement is based on network capacity, not planning status. As projects are removed, those with planning may move forward.</t>
+  </si>
+  <si>
     <t xml:space="preserve">My notification does not receive detail of my advancement request, is this right? </t>
   </si>
   <si>
     <t>The notifications do not contain the results of customers advancement requests, except where a Phase 2 Customer was granted an advancement to Phase 1. Projects will not be notified of within-phase advancements, or where advancement request fails.</t>
   </si>
   <si>
-    <t>How are advancement and planning status considered in queue formation and movement?</t>
-[...17 lines deleted...]
-    <t>Only the gate 2 portion requires a new DRC schedule.</t>
+    <t>How did the process for TO and DNO advancement checks change as of November 2025?</t>
+  </si>
+  <si>
+    <t>A November 2025 Connection Methodologies update identified two areas in which we and our delivery partners are able to deliver process efficiencies, leading to more timely delivery of G2TWQ. These relate to the Transmission Owner’ (TO) and Distribution Network Operator (DNO) ‘advancement checks’ which occur during the ‘Align the connections queue to the CP30 Action Plan’ activity as set out within 5.7.1 (page 31), 5.7.6 and 5.7.7 (page 32), 5.8.3 (page 34), and 5.25.5 (page 53) of the CNDM. We have decided that it is more efficient to move these ‘advancement checks’ from step 5 in the ‘Align the connections queue to the CP30 Action Plan’ activity as set out within 5.7.1 (page 31), to being carried out before step 1 of the ‘Align the connections queue to the CP30 Action Plan’ activity as set out within 5.7.1. 
+For more information, please see the November 2025 Connection Methodologies update [available at: https://www.neso.energy/document/371986/download] (page 31). This change was made is to remove the ‘advancement checks’ from the critical path for pipeline formation and ensure that any delay in the ‘advancement checks’ would not result in a delay to pipeline formation.</t>
+  </si>
+  <si>
+    <t>Why was I given an earlier Phase 2 date instead of Phase 1?</t>
+  </si>
+  <si>
+    <t>Your phase allocation is based on NESO’s queue formation methodology, which considers project readiness and strategic alignment. There are several different reasons why you may have been given Phase 2 rather than Phase 1 e.g. if you currently have a 2031+ firm or enduring non-firm connection date, requested Advancement and did not get a positive advancement check outcome.</t>
+  </si>
+  <si>
+    <t>Why was I moved from Phase 1 to Phase 2 (or vice versa)?</t>
+  </si>
+  <si>
+    <t>Your phase allocation is based on NESO’s queue formation methodology, which considers project readiness and strategic alignment. Projects are allocated to Phase 1 or Phase 2 in accordance with this approach, including in relation to whether Advancement was requested and granted.  Please note that phase allocation is for the purpose of queue formation and does not indicate the firm or enduring non-firm connection date which will ultimately be provided within the Gate 2 Modification Offer in future. Phase allocation also does not relate to any interim non-firm stages/dates.</t>
   </si>
   <si>
     <t>Pre-Reform &amp; Historical Issues</t>
   </si>
   <si>
     <t>What happens if a project has made its gate 2 submission but will be connected before the gate 2 offer is issued? Will an offer still be received?</t>
   </si>
   <si>
     <t>You will receive a notification. The DNOS and TOS will check if you are already connected and process accordingly.</t>
   </si>
   <si>
-    <t>Distribution contracts</t>
-[...123 lines deleted...]
-    <t>NESO has not and will not charge anyone who is not advanced. Our methodology set out that an advancement fee was required to enter the process, to cover the cost of processing requests. However, paying an advancement fee does not guarantee advancement itself, this is based on our wider delivery pipeline reassessments and network design exercises which aim to deliver a new pipeline of projects that align with the systems needs.</t>
+    <t>Will changing the name of the director and company address for the Special Purpose Vehicles within our portfolio affect the gate 1 and gate 2 offers yet to be received?</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Version History: 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>FAQ iteration number: 3
-FAQ Date: 10/12/2025</t>
+      <t>FAQ iteration number: 7
+FAQ Date</t>
     </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 26/01/2026</t>
+    </r>
+  </si>
+  <si>
+    <t>Filing changes of director and/or registered office address at Companies House for existing Special Purpose Vehicles will not affect the Gate 1 or Gate 2 offers you’re due to receive, provided the legal entity itself remains the same (i.e., same company number) and there’s no change to the project particulars submitted to NESO.  However, if you are contemplating any change to the legal entity itself (e.g., moving a project to a different SPV, merger, or similar), please contact us via the portal and we will put you in touch with a Customer Connections Manager, as this can require a formal transfer/novation process and need to be handled case‑by‑case with NESO. Please remember to update your contact details in the portal to ensure future communications are shared with the correct contact.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="14">
+  <fonts count="13">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Poppins"/>
     </font>
     <font>
       <b/>
       <sz val="13.5"/>
       <color theme="1"/>
       <name val="Poppins"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Poppins"/>
     </font>
     <font>
       <sz val="12"/>
@@ -576,71 +764,67 @@
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Poppins"/>
     </font>
     <font>
       <b/>
       <sz val="13.5"/>
       <color rgb="FF000000"/>
       <name val="Poppins"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Poppins"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-[...9 lines deleted...]
-    <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFA02B93"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
@@ -680,177 +864,164 @@
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFA02B93"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFA02B93"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="39">
+  <cellXfs count="38">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="2" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center"/>
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="14" fontId="2" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="5">
-[...9 lines deleted...]
-    </dxf>
+  <dxfs count="4">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
@@ -875,452 +1046,267 @@
     <mruColors>
       <color rgb="FFA02B93"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>598055</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>121805</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>86591</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="12" name="Rectangle 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E52B18B4-0715-5879-9E6C-C14205F7C023}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="1204191" y="1377373"/>
+          <a:ext cx="19072514" cy="2519218"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="bg1">
+            <a:lumMod val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1">
+            <a:shade val="15000"/>
+          </a:schemeClr>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="en-GB" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>563469</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>187323</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>2025939</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>165100</xdr:rowOff>
+      <xdr:rowOff>158750</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7513424D-18D0-4F38-85A0-1FE38C659376}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1173069" y="187323"/>
           <a:ext cx="2072070" cy="981077"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>2</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>473075</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>16058</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>4</xdr:col>
-      <xdr:colOff>228600</xdr:colOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>11256</xdr:colOff>
       <xdr:row>8</xdr:row>
-      <xdr:rowOff>19049</xdr:rowOff>
-[...301 lines deleted...]
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:rowOff>126535</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="4" name="Group 6">
+        <xdr:cNvPr id="11" name="Group 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B3DB173-EAE9-4646-BBAB-3D800545E331}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D53D23B7-2462-A72E-587B-7F8B9288FC78}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="11538695" y="1281364"/>
-[...2 lines deleted...]
-          <a:chExt cx="4687908" cy="2296920"/>
+          <a:off x="1078309" y="1286058"/>
+          <a:ext cx="19200163" cy="2607615"/>
+          <a:chOff x="1079211" y="1271626"/>
+          <a:chExt cx="19208750" cy="2660626"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="5" name="Rectangle 3">
+          <xdr:cNvPr id="9" name="Rectangle 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8952BFCC-70E0-C6F1-129C-759D774D654A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{169BC643-C02A-D8B9-348E-0C7A373EEF54}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
-            <a:off x="15366854" y="1178559"/>
-            <a:ext cx="2336871" cy="2291464"/>
+            <a:off x="1079211" y="1321378"/>
+            <a:ext cx="19208750" cy="2555875"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </xdr:spPr>
+        <xdr:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </xdr:style>
+        <xdr:txBody>
+          <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="en-GB" sz="1100"/>
+          </a:p>
+        </xdr:txBody>
+      </xdr:sp>
+      <xdr:sp macro="" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="3" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3FA73635-55C0-45B9-90FF-0D5DF51BBF86}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr/>
+        </xdr:nvSpPr>
+        <xdr:spPr>
+          <a:xfrm>
+            <a:off x="1212273" y="1271626"/>
+            <a:ext cx="10359736" cy="2557423"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="en-US"/>
@@ -1405,524 +1391,1346 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1100" b="1" i="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>Topics:</a:t>
+              <a:t>Please Note: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" sz="700" i="1">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" indent="-228600">
+            <a:pPr>
               <a:spcAft>
                 <a:spcPts val="800"/>
               </a:spcAft>
-              <a:buFont typeface="+mj-lt"/>
-              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1100" i="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Whilst we have endeavoured to answer </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1100" i="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>each </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1100" i="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>question in a way which is fully aligned with the relevant licence/methodology/code content, if there is any conflict between the content of this document and the content of the relevant licence/methodology/code, then the content of the licence/methodology/code should be taken as being the confirmed position. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1100" i="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Responses are correct</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1100" i="1" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t> as of the date displayed in the Last Reviewed column.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1100" i="1" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>Date and Queue Position</a:t>
+              <a:t>To search the document, please use Ctrl + F to open the Excel search functionality, and please filter the 'topic' in column B to refine your search. </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" indent="-228600">
+            <a:pPr>
               <a:spcAft>
                 <a:spcPts val="800"/>
               </a:spcAft>
-              <a:buFont typeface="+mj-lt"/>
-              <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-GB" sz="1100" i="1" baseline="0">
+              <a:rPr lang="en-GB" sz="1100" b="1" i="1" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>Understanding the notification</a:t>
+              <a:t>This document will be updated on a regular basis. We recommend checking this document frequently to see if your query has been answered. You can view the latest FAQs by filtering column F to the latest date. </a:t>
             </a:r>
-          </a:p>
-[...62 lines deleted...]
-            <a:endParaRPr lang="en-GB" sz="1100" i="1">
+            <a:endParaRPr lang="en-GB" sz="1100" b="1" i="1">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
-      <xdr:sp macro="" textlink="">
-[...1 lines deleted...]
-          <xdr:cNvPr id="6" name="Rectangle 4">
+      <xdr:grpSp>
+        <xdr:nvGrpSpPr>
+          <xdr:cNvPr id="10" name="Group 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7EFC87F-AFED-4D1D-E4D8-A43832BF46DE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB04F0D8-4338-E2D6-8E7C-792F9778B968}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
-          <xdr:cNvSpPr/>
-[...1 lines deleted...]
-        <xdr:spPr>
+          <xdr:cNvGrpSpPr/>
+        </xdr:nvGrpSpPr>
+        <xdr:grpSpPr>
           <a:xfrm>
-            <a:off x="17691019" y="1173103"/>
-            <a:ext cx="2363743" cy="2291167"/>
+            <a:off x="11597997" y="1295513"/>
+            <a:ext cx="7587973" cy="2636739"/>
+            <a:chOff x="11597997" y="1295513"/>
+            <a:chExt cx="7587973" cy="2636739"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...7 lines deleted...]
-          <a:ln>
+        </xdr:grpSpPr>
+        <xdr:grpSp>
+          <xdr:nvGrpSpPr>
+            <xdr:cNvPr id="4" name="Group 6">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B3DB173-EAE9-4646-BBAB-3D800545E331}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvGrpSpPr/>
+          </xdr:nvGrpSpPr>
+          <xdr:grpSpPr>
+            <a:xfrm>
+              <a:off x="11597997" y="1295513"/>
+              <a:ext cx="5034388" cy="2636739"/>
+              <a:chOff x="15438973" y="1204339"/>
+              <a:chExt cx="5034982" cy="2358026"/>
+            </a:xfrm>
+          </xdr:grpSpPr>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="5" name="Rectangle 3">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8952BFCC-70E0-C6F1-129C-759D774D654A}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr/>
+            </xdr:nvSpPr>
+            <xdr:spPr>
+              <a:xfrm>
+                <a:off x="15438973" y="1204339"/>
+                <a:ext cx="2336871" cy="2291464"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+            </xdr:spPr>
+            <xdr:style>
+              <a:lnRef idx="2">
+                <a:schemeClr val="accent1">
+                  <a:shade val="15000"/>
+                </a:schemeClr>
+              </a:lnRef>
+              <a:fillRef idx="1">
+                <a:schemeClr val="accent1"/>
+              </a:fillRef>
+              <a:effectRef idx="0">
+                <a:schemeClr val="accent1"/>
+              </a:effectRef>
+              <a:fontRef idx="minor">
+                <a:schemeClr val="lt1"/>
+              </a:fontRef>
+            </xdr:style>
+            <xdr:txBody>
+              <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+              <a:lstStyle>
+                <a:defPPr>
+                  <a:defRPr lang="en-US"/>
+                </a:defPPr>
+                <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:defRPr sz="1800" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="lt1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl1pPr>
+                <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:defRPr sz="1800" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="lt1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl2pPr>
+                <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:defRPr sz="1800" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="lt1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl3pPr>
+                <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:defRPr sz="1800" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="lt1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl4pPr>
+                <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:defRPr sz="1800" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="lt1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl5pPr>
+                <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:defRPr sz="1800" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="lt1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl6pPr>
+                <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:defRPr sz="1800" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="lt1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl7pPr>
+                <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:defRPr sz="1800" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="lt1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl8pPr>
+                <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:defRPr sz="1800" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="lt1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl9pPr>
+              </a:lstStyle>
+              <a:p>
+                <a:pPr marL="228600" indent="-228600">
+                  <a:spcAft>
+                    <a:spcPts val="800"/>
+                  </a:spcAft>
+                  <a:buFont typeface="+mj-lt"/>
+                  <a:buAutoNum type="arabicPeriod"/>
+                </a:pPr>
+                <a:endParaRPr lang="en-GB" sz="1100" i="1" baseline="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                  <a:ea typeface="Calibri"/>
+                  <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+              <a:p>
+                <a:pPr marL="228600" indent="-228600">
+                  <a:spcAft>
+                    <a:spcPts val="800"/>
+                  </a:spcAft>
+                  <a:buFont typeface="+mj-lt"/>
+                  <a:buAutoNum type="arabicPeriod"/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-GB" sz="1100" i="1" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                    <a:ea typeface="Calibri"/>
+                    <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                  </a:rPr>
+                  <a:t>Date and Queue Position</a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr marL="228600" indent="-228600">
+                  <a:spcAft>
+                    <a:spcPts val="800"/>
+                  </a:spcAft>
+                  <a:buFont typeface="+mj-lt"/>
+                  <a:buAutoNum type="arabicPeriod"/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-GB" sz="1100" i="1" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                    <a:ea typeface="Calibri"/>
+                    <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                  </a:rPr>
+                  <a:t>Understanding the notification</a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr marL="228600" indent="-228600">
+                  <a:spcAft>
+                    <a:spcPts val="800"/>
+                  </a:spcAft>
+                  <a:buFont typeface="+mj-lt"/>
+                  <a:buAutoNum type="arabicPeriod"/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-GB" sz="1100" i="1" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                    <a:ea typeface="Calibri"/>
+                    <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                  </a:rPr>
+                  <a:t>Methodology and decision</a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr marL="228600" indent="-228600">
+                  <a:spcAft>
+                    <a:spcPts val="800"/>
+                  </a:spcAft>
+                  <a:buFont typeface="+mj-lt"/>
+                  <a:buAutoNum type="arabicPeriod"/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-GB" sz="1100" i="1" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                    <a:ea typeface="Calibri"/>
+                    <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                  </a:rPr>
+                  <a:t>Information and errors </a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr marL="228600" indent="-228600">
+                  <a:spcAft>
+                    <a:spcPts val="800"/>
+                  </a:spcAft>
+                  <a:buFont typeface="+mj-lt"/>
+                  <a:buAutoNum type="arabicPeriod"/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-GB" sz="1100" i="1" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                    <a:ea typeface="Calibri"/>
+                    <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                  </a:rPr>
+                  <a:t>Pre-Reform &amp; Historical Issues</a:t>
+                </a:r>
+                <a:endParaRPr lang="en-GB" sz="1100" i="1">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                  <a:ea typeface="Calibri"/>
+                  <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+          <xdr:sp macro="" textlink="">
+            <xdr:nvSpPr>
+              <xdr:cNvPr id="6" name="Rectangle 4">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7EFC87F-AFED-4D1D-E4D8-A43832BF46DE}"/>
+                  </a:ext>
+                </a:extLst>
+              </xdr:cNvPr>
+              <xdr:cNvSpPr/>
+            </xdr:nvSpPr>
+            <xdr:spPr>
+              <a:xfrm>
+                <a:off x="18110212" y="1271198"/>
+                <a:ext cx="2363743" cy="2291167"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+            </xdr:spPr>
+            <xdr:style>
+              <a:lnRef idx="2">
+                <a:schemeClr val="accent1">
+                  <a:shade val="15000"/>
+                </a:schemeClr>
+              </a:lnRef>
+              <a:fillRef idx="1">
+                <a:schemeClr val="accent1"/>
+              </a:fillRef>
+              <a:effectRef idx="0">
+                <a:schemeClr val="accent1"/>
+              </a:effectRef>
+              <a:fontRef idx="minor">
+                <a:schemeClr val="lt1"/>
+              </a:fontRef>
+            </xdr:style>
+            <xdr:txBody>
+              <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+              <a:lstStyle>
+                <a:defPPr>
+                  <a:defRPr lang="en-US"/>
+                </a:defPPr>
+                <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:defRPr sz="1800" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="lt1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl1pPr>
+                <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:defRPr sz="1800" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="lt1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl2pPr>
+                <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:defRPr sz="1800" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="lt1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl3pPr>
+                <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:defRPr sz="1800" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="lt1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl4pPr>
+                <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:defRPr sz="1800" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="lt1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl5pPr>
+                <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:defRPr sz="1800" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="lt1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl6pPr>
+                <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:defRPr sz="1800" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="lt1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl7pPr>
+                <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:defRPr sz="1800" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="lt1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl8pPr>
+                <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:defRPr sz="1800" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="lt1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl9pPr>
+              </a:lstStyle>
+              <a:p>
+                <a:pPr marL="228600" indent="-228600">
+                  <a:spcAft>
+                    <a:spcPts val="800"/>
+                  </a:spcAft>
+                  <a:buFont typeface="+mj-lt"/>
+                  <a:buAutoNum type="arabicPeriod" startAt="7"/>
+                </a:pPr>
+                <a:endParaRPr lang="en-GB" sz="1100" i="1" baseline="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                  <a:ea typeface="Calibri"/>
+                  <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+              <a:p>
+                <a:pPr marL="228600" indent="-228600">
+                  <a:spcAft>
+                    <a:spcPts val="800"/>
+                  </a:spcAft>
+                  <a:buFont typeface="+mj-lt"/>
+                  <a:buAutoNum type="arabicPeriod" startAt="6"/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-GB" sz="1100" i="1" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                    <a:ea typeface="Calibri"/>
+                    <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                  </a:rPr>
+                  <a:t>Fees, securities and timing</a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr marL="228600" indent="-228600">
+                  <a:spcAft>
+                    <a:spcPts val="800"/>
+                  </a:spcAft>
+                  <a:buFont typeface="+mj-lt"/>
+                  <a:buAutoNum type="arabicPeriod" startAt="6"/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-GB" sz="1100" i="1" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                    <a:ea typeface="Calibri"/>
+                    <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                  </a:rPr>
+                  <a:t>Escalation and complaints</a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr marL="228600" indent="-228600">
+                  <a:spcAft>
+                    <a:spcPts val="800"/>
+                  </a:spcAft>
+                  <a:buFont typeface="+mj-lt"/>
+                  <a:buAutoNum type="arabicPeriod" startAt="6"/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-GB" sz="1100" i="1" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                    <a:ea typeface="Calibri"/>
+                    <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                  </a:rPr>
+                  <a:t>Advancement</a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr marL="228600" indent="-228600">
+                  <a:spcAft>
+                    <a:spcPts val="800"/>
+                  </a:spcAft>
+                  <a:buFont typeface="+mj-lt"/>
+                  <a:buAutoNum type="arabicPeriod" startAt="6"/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-GB" sz="1100" i="1" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                    <a:ea typeface="Calibri"/>
+                    <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                  </a:rPr>
+                  <a:t>Distribution Contracts</a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr marL="228600" indent="-228600">
+                  <a:spcAft>
+                    <a:spcPts val="800"/>
+                  </a:spcAft>
+                  <a:buFont typeface="+mj-lt"/>
+                  <a:buAutoNum type="arabicPeriod" startAt="6"/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-GB" sz="1100" i="1" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                    <a:ea typeface="Calibri"/>
+                    <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                  </a:rPr>
+                  <a:t>Future Windows</a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr marL="228600" indent="-228600">
+                  <a:spcAft>
+                    <a:spcPts val="800"/>
+                  </a:spcAft>
+                  <a:buFont typeface="+mj-lt"/>
+                  <a:buAutoNum type="arabicPeriod" startAt="6"/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-GB" sz="1100" i="1" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                    <a:ea typeface="Calibri"/>
+                    <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                  </a:rPr>
+                  <a:t>Portal Queries</a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr marL="228600" indent="-228600">
+                  <a:spcAft>
+                    <a:spcPts val="800"/>
+                  </a:spcAft>
+                  <a:buFont typeface="+mj-lt"/>
+                  <a:buAutoNum type="arabicPeriod" startAt="6"/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-GB" sz="1100" i="1" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:effectLst/>
+                    <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                    <a:ea typeface="Calibri"/>
+                    <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                  </a:rPr>
+                  <a:t>General</a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr marL="228600" indent="-228600">
+                  <a:spcAft>
+                    <a:spcPts val="800"/>
+                  </a:spcAft>
+                  <a:buFont typeface="+mj-lt"/>
+                  <a:buAutoNum type="arabicPeriod" startAt="6"/>
+                </a:pPr>
+                <a:endParaRPr lang="en-GB" sz="1100" i="1" baseline="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                  <a:ea typeface="Calibri"/>
+                  <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </xdr:txBody>
+          </xdr:sp>
+        </xdr:grpSp>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="7" name="Rectangle 4">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C5E6FE0-4958-4E6F-AC38-334961CBF078}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr>
+            <a:xfrm>
+              <a:off x="16846270" y="1444764"/>
+              <a:ext cx="2339700" cy="2458177"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
             <a:noFill/>
-          </a:ln>
-[...24 lines deleted...]
-              <a:defRPr sz="1800" kern="1200">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </xdr:spPr>
+          <xdr:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="15000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </xdr:style>
+          <xdr:txBody>
+            <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+            <a:lstStyle>
+              <a:defPPr>
+                <a:defRPr lang="en-US"/>
+              </a:defPPr>
+              <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                <a:defRPr sz="1800" kern="1200">
+                  <a:solidFill>
+                    <a:schemeClr val="lt1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:defRPr>
+              </a:lvl1pPr>
+              <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                <a:defRPr sz="1800" kern="1200">
+                  <a:solidFill>
+                    <a:schemeClr val="lt1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:defRPr>
+              </a:lvl2pPr>
+              <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                <a:defRPr sz="1800" kern="1200">
+                  <a:solidFill>
+                    <a:schemeClr val="lt1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:defRPr>
+              </a:lvl3pPr>
+              <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                <a:defRPr sz="1800" kern="1200">
+                  <a:solidFill>
+                    <a:schemeClr val="lt1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:defRPr>
+              </a:lvl4pPr>
+              <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                <a:defRPr sz="1800" kern="1200">
+                  <a:solidFill>
+                    <a:schemeClr val="lt1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:defRPr>
+              </a:lvl5pPr>
+              <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                <a:defRPr sz="1800" kern="1200">
+                  <a:solidFill>
+                    <a:schemeClr val="lt1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:defRPr>
+              </a:lvl6pPr>
+              <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                <a:defRPr sz="1800" kern="1200">
+                  <a:solidFill>
+                    <a:schemeClr val="lt1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:defRPr>
+              </a:lvl7pPr>
+              <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                <a:defRPr sz="1800" kern="1200">
+                  <a:solidFill>
+                    <a:schemeClr val="lt1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:defRPr>
+              </a:lvl8pPr>
+              <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                <a:defRPr sz="1800" kern="1200">
+                  <a:solidFill>
+                    <a:schemeClr val="lt1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:defRPr>
+              </a:lvl9pPr>
+            </a:lstStyle>
+            <a:p>
+              <a:pPr marL="228600" indent="-228600">
+                <a:spcAft>
+                  <a:spcPts val="800"/>
+                </a:spcAft>
+                <a:buFont typeface="+mj-lt"/>
+                <a:buAutoNum type="arabicPeriod" startAt="11"/>
+              </a:pPr>
+              <a:endParaRPr lang="en-GB" sz="1100" i="1" baseline="0">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...5 lines deleted...]
-              <a:defRPr sz="1800" kern="1200">
+                <a:effectLst/>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr marL="228600" indent="-228600">
+                <a:spcAft>
+                  <a:spcPts val="800"/>
+                </a:spcAft>
+                <a:buFont typeface="+mj-lt"/>
+                <a:buAutoNum type="arabicPeriod" startAt="11"/>
+              </a:pPr>
+              <a:endParaRPr lang="en-GB" sz="1100" i="1" baseline="0">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...5 lines deleted...]
-              <a:defRPr sz="1800" kern="1200">
+                <a:effectLst/>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr marL="228600" indent="-228600">
+                <a:spcAft>
+                  <a:spcPts val="800"/>
+                </a:spcAft>
+                <a:buFont typeface="+mj-lt"/>
+                <a:buAutoNum type="arabicPeriod" startAt="11"/>
+              </a:pPr>
+              <a:endParaRPr lang="en-GB" sz="1100" i="1" baseline="0">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...5 lines deleted...]
-              <a:defRPr sz="1800" kern="1200">
+                <a:effectLst/>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr marL="228600" indent="-228600">
+                <a:spcAft>
+                  <a:spcPts val="800"/>
+                </a:spcAft>
+                <a:buFont typeface="+mj-lt"/>
+                <a:buAutoNum type="arabicPeriod" startAt="13"/>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-GB" sz="1100" i="1" baseline="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                  <a:ea typeface="Calibri"/>
+                  <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                </a:rPr>
+                <a:t>Hybrid Projects</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr marL="228600" indent="-228600">
+                <a:spcAft>
+                  <a:spcPts val="800"/>
+                </a:spcAft>
+                <a:buFont typeface="+mj-lt"/>
+                <a:buAutoNum type="arabicPeriod" startAt="13"/>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-GB" sz="1100" i="1" baseline="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                  <a:ea typeface="Calibri"/>
+                  <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                </a:rPr>
+                <a:t>Technology Specific - Batteries </a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr marL="228600" indent="-228600">
+                <a:spcAft>
+                  <a:spcPts val="800"/>
+                </a:spcAft>
+                <a:buFont typeface="+mj-lt"/>
+                <a:buAutoNum type="arabicPeriod" startAt="13"/>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-GB" sz="1100" i="1" baseline="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                  <a:ea typeface="Calibri"/>
+                  <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                </a:rPr>
+                <a:t>Technology Specific - Solar </a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr marL="228600" indent="-228600">
+                <a:spcAft>
+                  <a:spcPts val="800"/>
+                </a:spcAft>
+                <a:buFont typeface="+mj-lt"/>
+                <a:buAutoNum type="arabicPeriod" startAt="13"/>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-GB" sz="1100" i="1" baseline="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                  <a:ea typeface="Calibri"/>
+                  <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                </a:rPr>
+                <a:t>Technology Specific - Offshore Wind</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr marL="228600" indent="-228600">
+                <a:spcAft>
+                  <a:spcPts val="800"/>
+                </a:spcAft>
+                <a:buFont typeface="+mj-lt"/>
+                <a:buAutoNum type="arabicPeriod" startAt="13"/>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-GB" sz="1100" i="1" baseline="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                  <a:ea typeface="Calibri"/>
+                  <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                </a:rPr>
+                <a:t>Technology Specific - Onshore Wind</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr marL="228600" indent="-228600">
+                <a:spcAft>
+                  <a:spcPts val="800"/>
+                </a:spcAft>
+                <a:buFont typeface="+mj-lt"/>
+                <a:buAutoNum type="arabicPeriod" startAt="13"/>
+              </a:pPr>
+              <a:endParaRPr lang="en-GB" sz="1100" i="1" baseline="0">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...5 lines deleted...]
-              <a:defRPr sz="1800" kern="1200">
+                <a:effectLst/>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr marL="228600" indent="-228600">
+                <a:spcAft>
+                  <a:spcPts val="800"/>
+                </a:spcAft>
+                <a:buFont typeface="+mj-lt"/>
+                <a:buAutoNum type="arabicPeriod" startAt="6"/>
+              </a:pPr>
+              <a:endParaRPr lang="en-GB" sz="1100" i="1" baseline="0">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...5 lines deleted...]
-              <a:defRPr sz="1800" kern="1200">
+                <a:effectLst/>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr marL="228600" indent="-228600">
+                <a:spcAft>
+                  <a:spcPts val="800"/>
+                </a:spcAft>
+                <a:buFont typeface="+mj-lt"/>
+                <a:buAutoNum type="arabicPeriod" startAt="6"/>
+              </a:pPr>
+              <a:endParaRPr lang="en-GB" sz="1100" i="1" baseline="0">
                 <a:solidFill>
-                  <a:schemeClr val="lt1"/>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...43 lines deleted...]
-            <a:endParaRPr lang="en-GB" sz="1100" i="1" baseline="0">
+                <a:effectLst/>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+      </xdr:grpSp>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>216197</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>155576</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1021484</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>508290</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="8" name="Rectangle 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C4EBD53-BADC-4267-AEA9-CB3685F6A716}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm rot="10800000" flipV="1">
+          <a:off x="11559606" y="1411144"/>
+          <a:ext cx="805287" cy="352714"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1">
+            <a:shade val="15000"/>
+          </a:schemeClr>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+        <a:lstStyle>
+          <a:defPPr>
+            <a:defRPr lang="en-US"/>
+          </a:defPPr>
+          <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:defRPr sz="1800" kern="1200">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl1pPr>
+          <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:defRPr sz="1800" kern="1200">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl2pPr>
+          <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:defRPr sz="1800" kern="1200">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl3pPr>
+          <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:defRPr sz="1800" kern="1200">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl4pPr>
+          <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:defRPr sz="1800" kern="1200">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl5pPr>
+          <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:defRPr sz="1800" kern="1200">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl6pPr>
+          <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:defRPr sz="1800" kern="1200">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl7pPr>
+          <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:defRPr sz="1800" kern="1200">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl8pPr>
+          <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:defRPr sz="1800" kern="1200">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl9pPr>
+        </a:lstStyle>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" b="1" i="1" u="sng">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
-            </a:endParaRPr>
-[...186 lines deleted...]
-    </xdr:grpSp>
+            </a:rPr>
+            <a:t>Topics:</a:t>
+          </a:r>
+          <a:endParaRPr lang="en-GB" sz="1100" i="1" u="sng">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+            <a:ea typeface="Calibri"/>
+            <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -2205,1001 +3013,1366 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{867CF48B-11E0-4CB4-86DE-9C84552E3480}">
-  <dimension ref="A1:F68"/>
+  <dimension ref="A1:L89"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="45" zoomScaleNormal="45" workbookViewId="0">
-      <selection activeCell="D1" sqref="D1"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="D3" zoomScale="96" zoomScaleNormal="45" workbookViewId="0">
+      <selection activeCell="E12" sqref="E12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5"/>
   <cols>
     <col min="3" max="3" width="49.81640625" customWidth="1"/>
     <col min="4" max="4" width="95.26953125" customWidth="1"/>
     <col min="5" max="5" width="102.1796875" customWidth="1"/>
     <col min="6" max="6" width="25.7265625" customWidth="1"/>
+    <col min="7" max="7" width="25" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="3:6" ht="79" customHeight="1">
-      <c r="D1" s="38" t="s">
-        <v>127</v>
+      <c r="D1" s="21" t="s">
+        <v>178</v>
       </c>
     </row>
     <row r="2" spans="3:6" ht="21" customHeight="1">
-      <c r="D2" s="32"/>
+      <c r="D2" s="19"/>
     </row>
     <row r="3" spans="3:6" ht="126.65" customHeight="1"/>
     <row r="9" spans="3:6" ht="23.15" customHeight="1">
       <c r="C9" s="1"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="1"/>
     </row>
     <row r="10" spans="3:6" ht="27.5">
       <c r="C10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>2</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="11" spans="3:6" ht="27.5">
-[...15 lines deleted...]
-      <c r="F12" s="5">
+    <row r="11" spans="3:6" ht="139" customHeight="1">
+      <c r="C11" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="D11" s="30" t="s">
+        <v>5</v>
+      </c>
+      <c r="E11" s="31" t="s">
+        <v>6</v>
+      </c>
+      <c r="F11" s="5">
         <v>46002</v>
       </c>
     </row>
-    <row r="13" spans="3:6" ht="138">
-[...23 lines deleted...]
-      <c r="F15" s="23">
+    <row r="12" spans="3:6" ht="231" customHeight="1">
+      <c r="C12" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="D12" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="E12" s="22" t="s">
+        <v>179</v>
+      </c>
+      <c r="F12" s="16">
+        <v>46045</v>
+      </c>
+    </row>
+    <row r="13" spans="3:6" ht="94" customHeight="1">
+      <c r="C13" s="17" t="s">
+        <v>7</v>
+      </c>
+      <c r="D13" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="E13" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="F13" s="16">
         <v>46000</v>
       </c>
     </row>
-    <row r="16" spans="3:6" ht="261" customHeight="1">
+    <row r="14" spans="3:6" ht="261" customHeight="1">
+      <c r="C14" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="15" spans="3:6" ht="72.650000000000006" customHeight="1">
+      <c r="C15" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F15" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="16" spans="3:6" ht="162" customHeight="1">
       <c r="C16" s="3" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>10</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="F16" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="17" spans="1:6" ht="53.5" customHeight="1">
+    <row r="17" spans="1:12" ht="144" customHeight="1">
       <c r="C17" s="3" t="s">
-        <v>4</v>
-[...11 lines deleted...]
-    <row r="18" spans="1:6" ht="162" customHeight="1">
+        <v>10</v>
+      </c>
+      <c r="D17" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="E17" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="F17" s="16">
+        <v>46000</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" ht="72.650000000000006" customHeight="1">
       <c r="C18" s="3" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="F18" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="19" spans="1:6" ht="144" customHeight="1">
-[...21 lines deleted...]
-        <v>12</v>
+    <row r="19" spans="1:12" ht="104.5" customHeight="1">
+      <c r="A19" s="9"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="E19" s="32" t="s">
+        <v>22</v>
+      </c>
+      <c r="F19" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="252" customHeight="1">
+      <c r="A20" s="9"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D20" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="E20" s="32" t="s">
+        <v>24</v>
       </c>
       <c r="F20" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="21" spans="1:6" ht="33" customHeight="1">
+    <row r="21" spans="1:12" ht="324.64999999999998" customHeight="1">
       <c r="C21" s="3" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="F21" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="22" spans="1:6" ht="144.65" customHeight="1">
+    <row r="22" spans="1:12" ht="57" customHeight="1">
       <c r="A22" s="9"/>
       <c r="B22" s="9"/>
-      <c r="C22" s="14" t="s">
-[...6 lines deleted...]
-        <v>16</v>
+      <c r="C22" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="D22" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="E22" s="22" t="s">
+        <v>28</v>
       </c>
       <c r="F22" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="23" spans="1:6" ht="265.5" customHeight="1">
+    <row r="23" spans="1:12" ht="72" customHeight="1">
       <c r="A23" s="9"/>
       <c r="B23" s="9"/>
-      <c r="C23" s="14" t="s">
-[...6 lines deleted...]
-        <v>18</v>
+      <c r="C23" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="E23" s="22" t="s">
+        <v>30</v>
       </c>
       <c r="F23" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="24" spans="1:6" ht="385.5" customHeight="1">
+    <row r="24" spans="1:12" ht="251.15" customHeight="1">
       <c r="C24" s="3" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="F24" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="25" spans="1:6" ht="57" customHeight="1">
+    <row r="25" spans="1:12" ht="165.65" customHeight="1">
       <c r="A25" s="9"/>
       <c r="B25" s="9"/>
-      <c r="C25" s="16" t="s">
-[...6 lines deleted...]
-        <v>22</v>
+      <c r="C25" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E25" s="22" t="s">
+        <v>34</v>
       </c>
       <c r="F25" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="26" spans="1:6" ht="72" customHeight="1">
+    <row r="26" spans="1:12" ht="123.65" customHeight="1">
       <c r="A26" s="9"/>
       <c r="B26" s="9"/>
-      <c r="C26" s="16" t="s">
-[...8 lines deleted...]
-      <c r="F26" s="5">
+      <c r="C26" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="D26" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="E26" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="F26" s="16">
         <v>45996</v>
       </c>
-    </row>
-[...14 lines deleted...]
-    <row r="28" spans="1:6" ht="185.15" customHeight="1">
+      <c r="L26" s="27"/>
+    </row>
+    <row r="27" spans="1:12" ht="388.5" customHeight="1">
+      <c r="A27" s="9"/>
+      <c r="B27" s="9"/>
+      <c r="C27" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D27" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="E27" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="F27" s="16">
+        <v>46000</v>
+      </c>
+      <c r="L27" s="27"/>
+    </row>
+    <row r="28" spans="1:12" ht="237" customHeight="1">
       <c r="A28" s="9"/>
       <c r="B28" s="9"/>
       <c r="C28" s="14" t="s">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>35</v>
+      </c>
+      <c r="D28" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="E28" s="33" t="s">
+        <v>41</v>
       </c>
       <c r="F28" s="5">
         <v>45996</v>
       </c>
-    </row>
-    <row r="29" spans="1:6" ht="169.5" customHeight="1">
+      <c r="L28" s="27"/>
+    </row>
+    <row r="29" spans="1:12" ht="328" customHeight="1">
       <c r="A29" s="9"/>
       <c r="B29" s="9"/>
       <c r="C29" s="14" t="s">
-        <v>29</v>
-[...7 lines deleted...]
-      <c r="F29" s="23">
+        <v>35</v>
+      </c>
+      <c r="D29" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="E29" s="33" t="s">
+        <v>43</v>
+      </c>
+      <c r="F29" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="30" spans="1:6" ht="362.5" customHeight="1">
+    <row r="30" spans="1:12" ht="118.5" customHeight="1">
       <c r="A30" s="9"/>
       <c r="B30" s="9"/>
-      <c r="C30" s="17" t="s">
-[...8 lines deleted...]
-      <c r="F30" s="23">
+      <c r="C30" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="D30" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="E30" s="34" t="s">
+        <v>45</v>
+      </c>
+      <c r="F30" s="5">
         <v>46000</v>
       </c>
     </row>
-    <row r="31" spans="1:6" ht="278.5" customHeight="1">
+    <row r="31" spans="1:12" ht="56.15" customHeight="1">
       <c r="A31" s="9"/>
       <c r="B31" s="9"/>
-      <c r="C31" s="17" t="s">
-[...6 lines deleted...]
-        <v>33</v>
+      <c r="C31" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="D31" s="22" t="s">
+        <v>46</v>
+      </c>
+      <c r="E31" s="32" t="s">
+        <v>47</v>
       </c>
       <c r="F31" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="32" spans="1:6" ht="311.5" customHeight="1">
+    <row r="32" spans="1:12" ht="113.15" customHeight="1">
       <c r="A32" s="9"/>
       <c r="B32" s="9"/>
-      <c r="C32" s="17" t="s">
-[...5 lines deleted...]
-      <c r="E32" s="20" t="s">
+      <c r="C32" s="12" t="s">
         <v>35</v>
+      </c>
+      <c r="D32" s="22" t="s">
+        <v>48</v>
+      </c>
+      <c r="E32" s="32" t="s">
+        <v>49</v>
       </c>
       <c r="F32" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="33" spans="1:6" ht="118.5" customHeight="1">
+    <row r="33" spans="1:6" ht="363.65" customHeight="1">
       <c r="A33" s="9"/>
       <c r="B33" s="9"/>
-      <c r="C33" s="14" t="s">
-[...12 lines deleted...]
-    <row r="34" spans="1:6" ht="69" customHeight="1">
+      <c r="C33" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D33" s="28" t="s">
+        <v>51</v>
+      </c>
+      <c r="E33" s="28" t="s">
+        <v>52</v>
+      </c>
+      <c r="F33" s="16">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="281.5" customHeight="1">
       <c r="A34" s="9"/>
       <c r="B34" s="9"/>
-      <c r="C34" s="14" t="s">
-[...12 lines deleted...]
-    <row r="35" spans="1:6" ht="113" customHeight="1">
+      <c r="C34" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D34" s="28" t="s">
+        <v>53</v>
+      </c>
+      <c r="E34" s="28" t="s">
+        <v>54</v>
+      </c>
+      <c r="F34" s="16">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" ht="409.6" customHeight="1">
       <c r="A35" s="9"/>
       <c r="B35" s="9"/>
-      <c r="C35" s="14" t="s">
-[...12 lines deleted...]
-    <row r="36" spans="1:6" ht="60" customHeight="1">
+      <c r="C35" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D35" s="28" t="s">
+        <v>55</v>
+      </c>
+      <c r="E35" s="29" t="s">
+        <v>56</v>
+      </c>
+      <c r="F35" s="16">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" ht="257.5" customHeight="1">
       <c r="A36" s="9"/>
       <c r="B36" s="9"/>
-      <c r="C36" s="12" t="s">
-[...12 lines deleted...]
-    <row r="37" spans="1:6" ht="182" customHeight="1">
+      <c r="C36" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D36" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="E36" s="28" t="s">
+        <v>58</v>
+      </c>
+      <c r="F36" s="16">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="226.5" customHeight="1">
       <c r="A37" s="9"/>
       <c r="B37" s="9"/>
-      <c r="C37" s="11" t="s">
-[...8 lines deleted...]
-      <c r="F37" s="23">
+      <c r="C37" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D37" s="28" t="s">
+        <v>59</v>
+      </c>
+      <c r="E37" s="29" t="s">
+        <v>60</v>
+      </c>
+      <c r="F37" s="16">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="60" customHeight="1">
+      <c r="A38" s="9"/>
+      <c r="B38" s="9"/>
+      <c r="C38" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="D38" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="E38" s="31" t="s">
+        <v>62</v>
+      </c>
+      <c r="F38" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="249" customHeight="1">
+      <c r="A39" s="9"/>
+      <c r="B39" s="9"/>
+      <c r="C39" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="D39" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E39" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="F39" s="16">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="176.15" customHeight="1">
+      <c r="A40" s="9"/>
+      <c r="B40" s="9"/>
+      <c r="C40" s="12" t="s">
+        <v>50</v>
+      </c>
+      <c r="D40" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="E40" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="F40" s="23">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="155.15" customHeight="1">
+      <c r="B41" s="9"/>
+      <c r="C41" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E41" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="F41" s="16">
         <v>46000</v>
       </c>
     </row>
-    <row r="38" spans="1:6" ht="253">
-[...9 lines deleted...]
-      <c r="F38" s="5">
+    <row r="42" spans="1:6" ht="231.65" customHeight="1">
+      <c r="C42" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="E42" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="F42" s="5">
         <v>46001</v>
       </c>
     </row>
-    <row r="39" spans="1:6" ht="230">
-[...9 lines deleted...]
-      <c r="F39" s="5">
+    <row r="43" spans="1:6" ht="115">
+      <c r="C43" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="E43" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="F43" s="5">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="207">
+      <c r="C44" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="E44" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="F44" s="5">
         <v>46001</v>
       </c>
     </row>
-    <row r="40" spans="1:6" ht="123" customHeight="1">
-[...68 lines deleted...]
-      <c r="E44" s="22" t="s">
+    <row r="45" spans="1:6" ht="123" customHeight="1">
+      <c r="C45" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="F44" s="5">
-[...13 lines deleted...]
-        <v>51</v>
+      <c r="D45" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>76</v>
       </c>
       <c r="F45" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="46" spans="1:6" ht="114" customHeight="1">
+    <row r="46" spans="1:6" ht="304.5" customHeight="1">
       <c r="A46" s="9"/>
       <c r="B46" s="9"/>
-      <c r="C46" s="3" t="s">
-[...9 lines deleted...]
-        <v>46000</v>
+      <c r="C46" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="D46" s="22" t="s">
+        <v>77</v>
+      </c>
+      <c r="E46" s="22" t="s">
+        <v>78</v>
+      </c>
+      <c r="F46" s="5">
+        <v>45996</v>
       </c>
     </row>
     <row r="47" spans="1:6" ht="255" customHeight="1">
       <c r="A47" s="9"/>
       <c r="B47" s="9"/>
-      <c r="C47" s="16" t="s">
-[...6 lines deleted...]
-        <v>53</v>
+      <c r="C47" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D47" s="22" t="s">
+        <v>79</v>
+      </c>
+      <c r="E47" s="33" t="s">
+        <v>80</v>
       </c>
       <c r="F47" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="48" spans="1:6" ht="255" customHeight="1">
+    <row r="48" spans="1:6" ht="234.65" customHeight="1">
       <c r="A48" s="9"/>
       <c r="B48" s="9"/>
       <c r="C48" s="3" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>111</v>
+        <v>81</v>
       </c>
       <c r="E48" s="4" t="s">
-        <v>112</v>
+        <v>82</v>
       </c>
       <c r="F48" s="5">
         <v>46001</v>
       </c>
     </row>
-    <row r="49" spans="1:6" ht="255" customHeight="1">
+    <row r="49" spans="1:6" ht="213.65" customHeight="1">
       <c r="A49" s="9"/>
       <c r="B49" s="9"/>
-      <c r="C49" s="11" t="s">
-        <v>42</v>
+      <c r="C49" s="10" t="s">
+        <v>50</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>107</v>
+        <v>69</v>
       </c>
       <c r="E49" s="4" t="s">
-        <v>106</v>
+        <v>83</v>
       </c>
       <c r="F49" s="5">
         <v>46001</v>
       </c>
     </row>
-    <row r="50" spans="1:6" ht="333" customHeight="1">
-[...9 lines deleted...]
-        <v>90</v>
+    <row r="50" spans="1:6" ht="220.5" customHeight="1">
+      <c r="C50" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D50" s="30" t="s">
+        <v>85</v>
+      </c>
+      <c r="E50" s="31" t="s">
+        <v>86</v>
       </c>
       <c r="F50" s="5">
-        <v>46000</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:6" ht="333" customHeight="1">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" ht="246.65" customHeight="1">
       <c r="A51" s="9"/>
       <c r="B51" s="9"/>
-      <c r="C51" s="37" t="s">
-[...12 lines deleted...]
-    <row r="52" spans="1:6" ht="200" customHeight="1">
+      <c r="C51" s="17" t="s">
+        <v>87</v>
+      </c>
+      <c r="D51" s="28" t="s">
+        <v>88</v>
+      </c>
+      <c r="E51" s="28" t="s">
+        <v>89</v>
+      </c>
+      <c r="F51" s="16">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" ht="302.5" customHeight="1">
       <c r="A52" s="9"/>
       <c r="B52" s="9"/>
-      <c r="C52" s="16" t="s">
-[...12 lines deleted...]
-    <row r="53" spans="1:6" ht="311.5" customHeight="1">
+      <c r="C52" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D52" s="35" t="s">
+        <v>90</v>
+      </c>
+      <c r="E52" s="28" t="s">
+        <v>91</v>
+      </c>
+      <c r="F52" s="16">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" ht="114" customHeight="1">
       <c r="A53" s="9"/>
       <c r="B53" s="9"/>
-      <c r="C53" s="16" t="s">
-[...12 lines deleted...]
-    <row r="54" spans="1:6" ht="316.5" customHeight="1">
+      <c r="C53" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="E53" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="F53" s="16">
+        <v>46000</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" ht="38.15" customHeight="1">
       <c r="A54" s="9"/>
       <c r="B54" s="9"/>
-      <c r="C54" s="16" t="s">
-[...6 lines deleted...]
-        <v>60</v>
+      <c r="C54" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D54" s="22" t="s">
+        <v>94</v>
+      </c>
+      <c r="E54" s="31" t="s">
+        <v>95</v>
       </c>
       <c r="F54" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="55" spans="1:6" ht="163.5" customHeight="1">
-[...15 lines deleted...]
-    <row r="56" spans="1:6" ht="163.5" customHeight="1">
+    <row r="55" spans="1:6" ht="69">
+      <c r="C55" s="20" t="s">
+        <v>84</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="E55" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="F55" s="23">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" ht="184">
       <c r="A56" s="9"/>
       <c r="B56" s="9"/>
-      <c r="C56" s="33" t="s">
-[...28 lines deleted...]
-    <row r="58" spans="1:6" ht="103" customHeight="1">
+      <c r="C56" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D56" s="24" t="s">
+        <v>99</v>
+      </c>
+      <c r="E56" s="24" t="s">
+        <v>100</v>
+      </c>
+      <c r="F56" s="23">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" ht="233.15" customHeight="1">
+      <c r="C57" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="E57" s="36" t="s">
+        <v>102</v>
+      </c>
+      <c r="F57" s="16">
+        <v>46000</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" ht="231.65" customHeight="1">
       <c r="A58" s="9"/>
       <c r="B58" s="9"/>
-      <c r="C58" s="16" t="s">
-[...12 lines deleted...]
-    <row r="59" spans="1:6" ht="215.15" customHeight="1">
+      <c r="C58" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D58" s="24" t="s">
+        <v>103</v>
+      </c>
+      <c r="E58" s="24" t="s">
+        <v>104</v>
+      </c>
+      <c r="F58" s="23">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" ht="161">
       <c r="A59" s="9"/>
       <c r="B59" s="9"/>
-      <c r="C59" s="14" t="s">
-[...12 lines deleted...]
-    <row r="60" spans="1:6" ht="136.5" customHeight="1">
+      <c r="C59" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D59" s="24" t="s">
+        <v>105</v>
+      </c>
+      <c r="E59" s="24" t="s">
+        <v>106</v>
+      </c>
+      <c r="F59" s="23">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" ht="303.64999999999998" customHeight="1">
       <c r="A60" s="9"/>
       <c r="B60" s="9"/>
-      <c r="C60" s="14" t="s">
-[...6 lines deleted...]
-        <v>72</v>
+      <c r="C60" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="E60" s="4" t="s">
+        <v>108</v>
       </c>
       <c r="F60" s="5">
-        <v>45996</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:6" ht="96" customHeight="1">
+        <v>46001</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" ht="138">
       <c r="A61" s="9"/>
       <c r="B61" s="9"/>
-      <c r="C61" s="14" t="s">
-[...12 lines deleted...]
-    <row r="62" spans="1:6" ht="96" customHeight="1">
+      <c r="C61" s="12" t="s">
+        <v>109</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="E61" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="F61" s="23">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" ht="393" customHeight="1">
       <c r="A62" s="9"/>
       <c r="B62" s="9"/>
-      <c r="C62" s="11" t="s">
-[...90 lines deleted...]
-    <row r="68" spans="1:6" ht="72" customHeight="1">
+      <c r="C62" s="25" t="s">
+        <v>112</v>
+      </c>
+      <c r="D62" s="37" t="s">
+        <v>113</v>
+      </c>
+      <c r="E62" s="28" t="s">
+        <v>114</v>
+      </c>
+      <c r="F62" s="16">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" ht="129.65" customHeight="1">
+      <c r="A63" s="9"/>
+      <c r="B63" s="9"/>
+      <c r="C63" s="25" t="s">
+        <v>115</v>
+      </c>
+      <c r="D63" s="24" t="s">
+        <v>116</v>
+      </c>
+      <c r="E63" s="24" t="s">
+        <v>117</v>
+      </c>
+      <c r="F63" s="23">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" ht="115">
+      <c r="C64" s="25" t="s">
+        <v>115</v>
+      </c>
+      <c r="D64" s="24" t="s">
+        <v>118</v>
+      </c>
+      <c r="E64" s="24" t="s">
+        <v>119</v>
+      </c>
+      <c r="F64" s="23">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" ht="92">
+      <c r="C65" s="25" t="s">
+        <v>115</v>
+      </c>
+      <c r="D65" s="24" t="s">
+        <v>120</v>
+      </c>
+      <c r="E65" s="24" t="s">
+        <v>121</v>
+      </c>
+      <c r="F65" s="23">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" ht="92">
+      <c r="C66" s="20" t="s">
+        <v>115</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="E66" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="F66" s="26">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" ht="295.5" customHeight="1">
+      <c r="C67" s="12" t="s">
+        <v>124</v>
+      </c>
+      <c r="D67" s="22" t="s">
+        <v>125</v>
+      </c>
+      <c r="E67" s="22" t="s">
+        <v>126</v>
+      </c>
+      <c r="F67" s="16">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" ht="156" customHeight="1">
       <c r="A68" s="9"/>
       <c r="B68" s="9"/>
-      <c r="C68" s="16" t="s">
-[...6 lines deleted...]
-        <v>87</v>
+      <c r="C68" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="D68" s="22" t="s">
+        <v>128</v>
+      </c>
+      <c r="E68" s="31" t="s">
+        <v>129</v>
       </c>
       <c r="F68" s="5">
         <v>45996</v>
       </c>
     </row>
+    <row r="69" spans="1:12" ht="47.5" customHeight="1">
+      <c r="A69" s="9"/>
+      <c r="B69" s="9"/>
+      <c r="C69" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="D69" s="22" t="s">
+        <v>130</v>
+      </c>
+      <c r="E69" s="31" t="s">
+        <v>131</v>
+      </c>
+      <c r="F69" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12" ht="272.5" customHeight="1">
+      <c r="A70" s="9"/>
+      <c r="B70" s="9"/>
+      <c r="C70" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="D70" s="22" t="s">
+        <v>125</v>
+      </c>
+      <c r="E70" s="22" t="s">
+        <v>132</v>
+      </c>
+      <c r="F70" s="16">
+        <v>46013</v>
+      </c>
+      <c r="L70" s="27"/>
+    </row>
+    <row r="71" spans="1:12" ht="185.15" customHeight="1">
+      <c r="A71" s="9"/>
+      <c r="B71" s="9"/>
+      <c r="C71" s="14" t="s">
+        <v>127</v>
+      </c>
+      <c r="D71" s="22" t="s">
+        <v>133</v>
+      </c>
+      <c r="E71" s="33" t="s">
+        <v>134</v>
+      </c>
+      <c r="F71" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" ht="333" customHeight="1">
+      <c r="A72" s="9"/>
+      <c r="B72" s="9"/>
+      <c r="C72" s="10" t="s">
+        <v>135</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="E72" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="F72" s="5">
+        <v>46000</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" ht="144" customHeight="1">
+      <c r="A73" s="9"/>
+      <c r="B73" s="9"/>
+      <c r="C73" s="12" t="s">
+        <v>138</v>
+      </c>
+      <c r="D73" s="22" t="s">
+        <v>139</v>
+      </c>
+      <c r="E73" s="22" t="s">
+        <v>140</v>
+      </c>
+      <c r="F73" s="5">
+        <v>46031</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" ht="200.15" customHeight="1">
+      <c r="A74" s="9"/>
+      <c r="B74" s="9"/>
+      <c r="C74" s="13" t="s">
+        <v>138</v>
+      </c>
+      <c r="D74" s="22" t="s">
+        <v>141</v>
+      </c>
+      <c r="E74" s="31" t="s">
+        <v>142</v>
+      </c>
+      <c r="F74" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" ht="311.5" customHeight="1">
+      <c r="A75" s="9"/>
+      <c r="B75" s="9"/>
+      <c r="C75" s="13" t="s">
+        <v>138</v>
+      </c>
+      <c r="D75" s="22" t="s">
+        <v>143</v>
+      </c>
+      <c r="E75" s="33" t="s">
+        <v>144</v>
+      </c>
+      <c r="F75" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" ht="299.14999999999998" customHeight="1">
+      <c r="A76" s="9"/>
+      <c r="B76" s="9"/>
+      <c r="C76" s="13" t="s">
+        <v>138</v>
+      </c>
+      <c r="D76" s="22" t="s">
+        <v>145</v>
+      </c>
+      <c r="E76" s="33" t="s">
+        <v>146</v>
+      </c>
+      <c r="F76" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" ht="163.5" customHeight="1">
+      <c r="A77" s="9"/>
+      <c r="B77" s="9"/>
+      <c r="C77" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="D77" s="22" t="s">
+        <v>148</v>
+      </c>
+      <c r="E77" s="34" t="s">
+        <v>149</v>
+      </c>
+      <c r="F77" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12" ht="111.65" customHeight="1">
+      <c r="A78" s="9"/>
+      <c r="B78" s="9"/>
+      <c r="C78" s="20" t="s">
+        <v>147</v>
+      </c>
+      <c r="D78" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="E78" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="F78" s="5">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12" ht="72.650000000000006" customHeight="1">
+      <c r="A79" s="9"/>
+      <c r="B79" s="9"/>
+      <c r="C79" s="13" t="s">
+        <v>152</v>
+      </c>
+      <c r="D79" s="22" t="s">
+        <v>153</v>
+      </c>
+      <c r="E79" s="22" t="s">
+        <v>154</v>
+      </c>
+      <c r="F79" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12" ht="103" customHeight="1">
+      <c r="A80" s="9"/>
+      <c r="B80" s="9"/>
+      <c r="C80" s="13" t="s">
+        <v>152</v>
+      </c>
+      <c r="D80" s="22" t="s">
+        <v>155</v>
+      </c>
+      <c r="E80" s="22" t="s">
+        <v>156</v>
+      </c>
+      <c r="F80" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" ht="215.15" customHeight="1">
+      <c r="A81" s="9"/>
+      <c r="B81" s="9"/>
+      <c r="C81" s="12" t="s">
+        <v>152</v>
+      </c>
+      <c r="D81" s="22" t="s">
+        <v>157</v>
+      </c>
+      <c r="E81" s="22" t="s">
+        <v>158</v>
+      </c>
+      <c r="F81" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" ht="111.65" customHeight="1">
+      <c r="A82" s="9"/>
+      <c r="B82" s="9"/>
+      <c r="C82" s="12" t="s">
+        <v>152</v>
+      </c>
+      <c r="D82" s="22" t="s">
+        <v>159</v>
+      </c>
+      <c r="E82" s="32" t="s">
+        <v>160</v>
+      </c>
+      <c r="F82" s="5">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" ht="241" customHeight="1">
+      <c r="A83" s="9"/>
+      <c r="B83" s="9"/>
+      <c r="C83" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="D83" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="E83" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="F83" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" ht="69.650000000000006" customHeight="1">
+      <c r="A84" s="9"/>
+      <c r="B84" s="9"/>
+      <c r="C84" s="13" t="s">
+        <v>161</v>
+      </c>
+      <c r="D84" s="22" t="s">
+        <v>164</v>
+      </c>
+      <c r="E84" s="22" t="s">
+        <v>165</v>
+      </c>
+      <c r="F84" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" ht="89.15" customHeight="1">
+      <c r="C85" s="11" t="s">
+        <v>161</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="E85" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="F85" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" ht="350.15" customHeight="1">
+      <c r="C86" s="11" t="s">
+        <v>161</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="E86" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="F86" s="5">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" ht="115" customHeight="1">
+      <c r="C87" s="11" t="s">
+        <v>161</v>
+      </c>
+      <c r="D87" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="E87" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="F87" s="5">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" ht="182.15" customHeight="1">
+      <c r="C88" s="11" t="s">
+        <v>161</v>
+      </c>
+      <c r="D88" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="E88" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="F88" s="5">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" ht="64" customHeight="1">
+      <c r="A89" s="9"/>
+      <c r="B89" s="9"/>
+      <c r="C89" s="13" t="s">
+        <v>174</v>
+      </c>
+      <c r="D89" s="22" t="s">
+        <v>175</v>
+      </c>
+      <c r="E89" s="22" t="s">
+        <v>176</v>
+      </c>
+      <c r="F89" s="5">
+        <v>45996</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="C10:F68" xr:uid="{867CF48B-11E0-4CB4-86DE-9C84552E3480}"/>
-[...1 lines deleted...]
-    <cfRule type="duplicateValues" dxfId="4" priority="21"/>
+  <autoFilter ref="C10:F89" xr:uid="{867CF48B-11E0-4CB4-86DE-9C84552E3480}"/>
+  <conditionalFormatting sqref="D14:D15">
+    <cfRule type="duplicateValues" dxfId="3" priority="21"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D21">
-    <cfRule type="duplicateValues" dxfId="3" priority="20"/>
+  <conditionalFormatting sqref="D44">
+    <cfRule type="duplicateValues" dxfId="2" priority="1"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="D48">
-    <cfRule type="duplicateValues" dxfId="2" priority="3"/>
+    <cfRule type="duplicateValues" dxfId="1" priority="3"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D56">
-[...3 lines deleted...]
-    <cfRule type="duplicateValues" dxfId="0" priority="1"/>
+  <conditionalFormatting sqref="D78">
+    <cfRule type="duplicateValues" dxfId="0" priority="2"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B4C46F44E5CB4144B14721DA3AAC8360" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2b23e2a70ecddcb9d4435c52ccd0155b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="dd0320f1-5928-400d-8614-e832be04c205" xmlns:ns3="63cc5491-11d0-42b6-aa67-deea8f49087f" xmlns:ns4="35ebc48a-dc9e-45bc-8496-b347132bae57" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ffd007eadb641fbee431df35c943dfa2" ns2:_="" ns3:_="" ns4:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="63cc5491-11d0-42b6-aa67-deea8f49087f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="35ebc48a-dc9e-45bc-8496-b347132bae57" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B4C46F44E5CB4144B14721DA3AAC8360" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ce8ecbb5244d42a955d977a5f1ad29cd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="dd0320f1-5928-400d-8614-e832be04c205" xmlns:ns3="63cc5491-11d0-42b6-aa67-deea8f49087f" xmlns:ns4="35ebc48a-dc9e-45bc-8496-b347132bae57" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="90c754e6e1591bfc4111917ccdb2dbbd" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="dd0320f1-5928-400d-8614-e832be04c205"/>
     <xsd:import namespace="63cc5491-11d0-42b6-aa67-deea8f49087f"/>
     <xsd:import namespace="35ebc48a-dc9e-45bc-8496-b347132bae57"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -3371,155 +4544,134 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{220A6A51-748C-4FCF-AA59-303AE06F9053}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="dd0320f1-5928-400d-8614-e832be04c205"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="63cc5491-11d0-42b6-aa67-deea8f49087f"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="35ebc48a-dc9e-45bc-8496-b347132bae57"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C844CA74-BA0D-4160-9BA1-ECFE789A7EBF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C54044E8-C4F6-44C4-9E7B-5B04AA89EC53}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F38B6609-E581-49FC-9B13-D71BA3DE9FDB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="dd0320f1-5928-400d-8614-e832be04c205"/>
     <ds:schemaRef ds:uri="63cc5491-11d0-42b6-aa67-deea8f49087f"/>
     <ds:schemaRef ds:uri="35ebc48a-dc9e-45bc-8496-b347132bae57"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...24 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a63c9e9e-b4db-442a-a94f-08718d788e8c}" enabled="0" method="" siteId="{a63c9e9e-b4db-442a-a94f-08718d788e8c}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Queue Formation FAQs</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Emma Vickers</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B4C46F44E5CB4144B14721DA3AAC8360</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>