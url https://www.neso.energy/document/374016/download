--- v1 (2026-01-28)
+++ v2 (2026-03-15)
@@ -1,273 +1,403 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29816"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://baringapartners-my.sharepoint.com/personal/emma_vickers_baringa_com/Documents/Documents/Projects/NESO/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://nationalenergyso.sharepoint.com/sites/GRP-MST-EXT-ESO-Connections-Programme/Shared Documents/General/31. CR Customer Strategy/Q&amp;C Project Folder/FAQs/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="6" documentId="8_{17645B7D-BBC8-4C8B-8308-867DC22E456D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F3839565-EDFB-44DD-9E4E-E55140E0FBAA}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C23913FB-AA58-45EE-9CE2-7817D7B2E061}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-4620" yWindow="-19530" windowWidth="31080" windowHeight="18090" xr2:uid="{BA562E04-EC80-47FD-9F8C-2C644F87D290}"/>
+    <workbookView xWindow="-2625" yWindow="-21600" windowWidth="26010" windowHeight="20985" xr2:uid="{BA562E04-EC80-47FD-9F8C-2C644F87D290}"/>
   </bookViews>
   <sheets>
     <sheet name="Queue Formation FAQs" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Queue Formation FAQs'!$C$10:$F$89</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Queue Formation FAQs'!$C$10:$F$121</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="180">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="362" uniqueCount="261">
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Version History: 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>FAQ iteration number: 11
+FAQ Date: 20 February 2026</t>
+    </r>
+  </si>
   <si>
     <t>Topic</t>
   </si>
   <si>
     <t>Question</t>
   </si>
   <si>
     <t>Answer</t>
   </si>
   <si>
     <t>Last Reviewed</t>
   </si>
   <si>
     <t>General</t>
   </si>
   <si>
     <t>What is the Progression Commitment Fee?</t>
   </si>
   <si>
     <t>The Progression Commitment Fee (PCF) supports Connection Reform by encouraging uncommitted projects to leave the delivery pipeline and viable ones to remain - helping drive progress toward clean power and net zero. For more information, please see the slides from (or watch) the webinar on the 11th December. This was discussed approximately one hour in to the session. [Available at: https://www.neso.energy/industry-information/connections-reform/connection-reform-webinars-and-archive]</t>
   </si>
   <si>
+    <t>Will changing the name of the director and company address for the Special Purpose Vehicles within our portfolio affect the gate 1 and gate 2 offers yet to be received?</t>
+  </si>
+  <si>
+    <t>Filing changes of director and/or registered office address at Companies House for existing Special Purpose Vehicles will not affect the Gate 1 or Gate 2 offers you’re due to receive, provided the legal entity itself remains the same (i.e., same company number) and there’s no change to the project particulars submitted to NESO.  However, if you are contemplating any change to the legal entity itself (e.g., moving a project to a different SPV, merger, or similar), please contact us via the portal and we will put you in touch with a Customer Connections Manager, as this can require a formal transfer/novation process and need to be handled case‑by‑case with NESO. Please remember to update your contact details in the portal to ensure future communications are shared with the correct contact.</t>
+  </si>
+  <si>
+    <t>Why isn’t the Q&amp;A part of the recording uploaded?</t>
+  </si>
+  <si>
+    <t>We have taken onboard feedback and, going forwards, will be including the Q&amp;As in uploaded webinar recordings</t>
+  </si>
+  <si>
+    <t>Will TOs and DNOs be able to join these webinars regularly?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">We are keen for TOs and DNOs to regularly attend these webinars and are working towards this. </t>
+  </si>
+  <si>
+    <t>NESO have taken away a number of questions from previous webinars and promised to provide an update. When will the answers to these questions be written up as some questions have been outstanding for some time? </t>
+  </si>
+  <si>
+    <t>We aim to provide an update to the FAQs on a weekly basis. For some questions it can take longer as we need to engage with our partners across the different programmes. We've recently increased the resource focused on FAQs so you should be seeing quicker responses to your questions.  </t>
+  </si>
+  <si>
+    <t>Is there any more news about the in-person conference?  </t>
+  </si>
+  <si>
+    <t>We are currently assessing the best options for the forum and will update with more information when we can. </t>
+  </si>
+  <si>
     <t>Portal Queries</t>
   </si>
   <si>
     <t>Who was my notification sent to?</t>
   </si>
   <si>
-    <t>The notification was shared with the Commercial Contact for the project[s]. You can see who is your designated Commercial Contact in the Connections Portal. Customers can amend the Commercial Lead in the Connections Portal at any time. Note this does not retrospectively re-issue you G2TWQ notification to the updated contact. </t>
+    <t>The notification was shared with the Commercial Contact for the project[s]. You can see who is your designated Commercial Contact in the Connections Portal. Customers can amend the Commercial Lead in the Connections Portal at any time. Note this does not retrospectively re-issue your G2TWQ notification to the updated contact. </t>
+  </si>
+  <si>
+    <t>Portal queries I have submitted still haven't been answered — how will this improve?</t>
+  </si>
+  <si>
+    <t>The number of queries coming into the portal post-December was very high. However, prioritisation and triage have now improved and queries are being worked through. Customers should escalate older queries (i.e. queries older than 4 weeks) using "CHASE" or "ESCALATE" in the subject box.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Why is the portal sending reminder emails about queue milestones given the stated position that queue milestones won't be enforced? </t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+In sending these emails, we are trying to show customers what milestones there are, and what might be occurring in the background (even though we are not enforcing them).
+The language and tone of these reminders will be reviewed to better reflect this. 
+</t>
+  </si>
+  <si>
+    <t>Why do some projects on the portal allow evidence uploads but others don't? </t>
+  </si>
+  <si>
+    <t>If you are having issues uploading evidence, please raise a query through the portal. </t>
+  </si>
+  <si>
+    <t>How should we notify NESO of project changes? </t>
+  </si>
+  <si>
+    <t>Please submit a query via the portal. </t>
+  </si>
+  <si>
+    <t>How should I register a new company name on the portal? </t>
+  </si>
+  <si>
+    <t>Please submit it via the portal - you can escalate older queries (i.e. queries older than 4 weeks) using "CHASE" or "ESCALATE" in the subject box. </t>
   </si>
   <si>
     <t>Date and Queue Position</t>
+  </si>
+  <si>
+    <t>Why has the timeline been revised?</t>
+  </si>
+  <si>
+    <t>Immediately following creation of the new connections delivery pipeline in December 2025, NESO, network operators, and delivery partners kicked off a review of the Connections Reform delivery timeline in light of the newly established list of phase one and phase two connecting projects. Through this work, technical and engineering matters have been identified, and require resolution to ensure that offers issued through the programme will be robust, reliable and technically accurate.
+Two main factors have led to the need for a revised timeline:
+	•  Updated background assumptions have been needed in some locations where the volume of projects at Gate 2 are higher than forecast. NESO has needed time to set up these new assumptions, and the network companies will now need time to rerun their studies going into the engineering phase of the programme.
+	•  Offers development in some areas require additional time to ensure that construction planning assumptions are accurate.
+Additional work related to these matters will take longer than planned. This is not a wholesale timeline change: all parties remain focused on maintaining momentum, issuing as many offers as early as possible.
+We recognise that any change to the timeline creates uncertainty, particularly in relation to resourcing and investment. The additional work underway is intended to strengthen delivery across the programme and increase confidence in the offers that will be issued.</t>
   </si>
   <si>
     <t>What does a Gate 1 offer mean for my project?</t>
   </si>
   <si>
     <t>Gate 1 applies to projects that do not meet the Gate 2 criteria. These projects will receive a Gate 1 offer or have the option to agree to terminate their connection request. Gate 1 projects will not be assigned a confirmed connection date but may progress through future windows if readiness is demonstrated.
 Having a Gate 1 Agreement will mean your project is 'known' to NESO. Where there is an undersupply of a technology against a CP30 requirement, or where projects exit the queue and this creates an undersupply, Gate 1 projects may also contribute to anticipatory investment decisions, which would result in an earlier connection date when a related project does eventually apply to Gate 2, as this work will have already been identified and planned for in advance.</t>
   </si>
   <si>
     <t>What does a Gate 2 offer mean for my project?</t>
   </si>
   <si>
     <t xml:space="preserve">Gate 2 applies to projects that meet the new requirements for readiness and strategic alignment. These projects will secure a confirmed connection date, connection point, and position in the new delivery pipeline. </t>
   </si>
   <si>
     <t>Why haven’t I received a connection date and costs with my Gate 1 offer?</t>
   </si>
   <si>
-    <t xml:space="preserve">Gate 1 offers constitute a removal of your contracted connection date and queue position, and subsequently no costs will be associated with it in your offer. A connection date is only assigned once you progress to Gate 2, where readiness and strategic alignment are confirmed. You can apply for Gate 2 through the next Connections Window.  NESO envisage that the next window will open no earlier than Q2 2026. </t>
+    <t>Gate 1 offers constitute a removal of your contracted connection date and queue position, and subsequently no costs will be associated with it in your offer. A connection date is only assigned once you progress to Gate 2, where readiness and strategic alignment are confirmed. You can apply for Gate 2 through the next Connections Window.</t>
   </si>
   <si>
     <t xml:space="preserve">I am a protected project - why am I Gate 2 Phase 2, rather than Phase 1? </t>
   </si>
   <si>
     <t xml:space="preserve">The protection clauses in the Gate 2 Criteria Methodology contain no assurance on dates – in other words, they protect a customer’s place in the delivery pipeline but not their connection date. Only protections 1A and 2A* protect a customer’s date. Please see sections 3.19 and 3.20 of Ofgem’s decision of the Gate 2 Criteria Methodology [available at: https://www.ofgem.gov.uk/sites/default/files/2025-04/Gate-2-Criteria-Methodology-Final-Decision.pdf]. </t>
   </si>
   <si>
     <t>What is a countersignature date and why is it important?</t>
   </si>
   <si>
     <t>The countersignature date is when NESO formally signs your contract following your acceptance. As per the Connections Network Design Methodology, the pipeline was re-ordered based on countersignature dates.</t>
   </si>
   <si>
     <t>In a previous webinar it was mentioned that projects that are given a phase 1 status aren’t guaranteed to be connected before 2030, can you provide more information on this?</t>
   </si>
   <si>
     <t>The intention is to align CP30 Phases with actual connection timescales, but this is not guaranteed. Phases are specifically related to your CP30 capacity allocation, and therefore your actual connection date might differ. Phases are subject to change as network operators undertake final engineering assessments following queue formation notifications.</t>
-  </si>
-[...10 lines deleted...]
-September 2026: Transmission projects up to 2035 dates issued Gate 2 offers.</t>
   </si>
   <si>
     <t>I have been issued a Gate 1 offer. Is there an advantage in having a Gate 1 offer as opposed to re-applying in a CMP434 window when we are ready?</t>
   </si>
   <si>
     <t>The CNDM sets out the rules for queue formation under the first CMP434 application window  [available at: https://www.neso.energy/document/375026/download]. Having a Gate 1 Agreement does not confer any advantage to projects for queue formation purposes under CMP434 as queue formation is based on whether and when the project secured relevant land rights and its planning consent status. However, earlier sight of potential future projects at Gate 1 helps with development of the first Strategic Spatial Energy Plan and with future plans for anticipatory investment (see page 63 of the [CNDM).
 Having a Gate 1 Agreement will mean your project is 'known' to NESO. Where there is an undersupply of a technology against a CP30 requirement, or where projects exit the delivery pipeline and this creates an undersupply, Gate 1 projects may also contribute to anticipatory investment decisions, which would result in an earlier connection date when a related project does eventually apply to Gate 2, as this work will have already been identified and planned for in advance.</t>
   </si>
   <si>
-    <t>Is there an updated timeline for gate 1 Agreements To Vary to be released?</t>
-[...4 lines deleted...]
-  <si>
     <t>Will queue positions be made public?</t>
   </si>
   <si>
     <t>The EA register will show an anonymised view of the delivery pipeline, it will not show specific line items given customer anonymity requirements.</t>
   </si>
   <si>
-    <t xml:space="preserve">When will I receive my full offer? </t>
+    <t>How can you start queue formation when detailed checks are not completed? What impact will lack of detailed checks have on queue formation?</t>
+  </si>
+  <si>
+    <t>Detailed checks were moved earlier in the plan to address this concern. While we cannot guarantee the new delivery pipeline will be formed with complete certainty regarding projects passing these checks, we have accelerated the process to provide as much assurance as possible without delaying the queue formation timeline. So far, the evidence points to a very low failure rate, with fewer than 5% of projects eligible for Gate 2 expected to fail. If any of these few projects enter the new delivery pipeline but are later removed due to detailed checks, it could create a capacity gap.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">How will locational sequencing work and what does it mean for customers? </t>
+  </si>
+  <si>
+    <t>Locational sequencing means we’ll release offers, area by area, as soon as the technical work is complete for that area. This avoids waiting for different types of offers to be ready and ensures customers in “ready” areas don’t face unnecessary delays. We can confirm that Scotland will be the nation to issue offers first.</t>
+  </si>
+  <si>
+    <t>What should customers do if they have questions on the revised timeline?</t>
   </si>
   <si>
     <r>
-      <t>Contrac</t>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Poppins"/>
+      </rPr>
+      <t xml:space="preserve">We now have a </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Poppins"/>
+      </rPr>
+      <t>new NESO &amp; Transmission Owner (TO) support model</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
+        <color rgb="FF000000"/>
         <rFont val="Poppins"/>
       </rPr>
-      <t>ts (full offers) are issued over the course of 2026, following the current reassessment of the previous queue in 2025. The issuing of contracts is currently planned as no later than the dates below. NESO will communicate if timelines change</t>
+      <t xml:space="preserve"> designed specifically for the reviewed timeline. More information can be found here: https://www.neso.energy/industry-information/connections-reform/understanding-your-offer-and-support-available-you. 
+DNO customers should continue to seek guidance from their DNO. NESO and TOs will be working in the background to support them.</t>
     </r>
-    <r>
-[...18 lines deleted...]
-    <t>Detailed checks were moved earlier in the plan to address this concern. While we cannot guarantee the new delivery pipeline will be formed with complete certainty regarding projects passing these checks, we have accelerated the process to provide as much assurance as possible without delaying the queue formation timeline. So far, the evidence points to a very low failure rate, with fewer than 5% of projects eligible for Gate 2 expected to fail. If any of these few projects enter the new delivery pipeline but are later removed due to detailed checks, it could create a capacity gap.</t>
+  </si>
+  <si>
+    <t>Who is responsible for delivering this work?</t>
+  </si>
+  <si>
+    <t>This is a joint industry programme. NESO, and network operators are responsible for delivery of the connections reform, approved by Ofgem last year, with government mandating the strategic direction and eligible technologies. We continue to closely engage with Ofgem and DESNZ on delivering the programme and provide customers with clear, reliable information as quickly as possible.</t>
+  </si>
+  <si>
+    <t>Will the updated timeline have clearer distribution information? </t>
+  </si>
+  <si>
+    <t>Yes. We will be providing a more granular approach to how the timeline is set out. This may happen in stages, to avoid delaying publishing the timeline. </t>
+  </si>
+  <si>
+    <t>Will projects be allowed to connect before their connection date assuming some (or even full) curtailment? </t>
+  </si>
+  <si>
+    <t>This will only be possible where the contract allows. </t>
+  </si>
+  <si>
+    <t>The upcoming T-4 auction requires a new grid offer to be produced by 16th February for a project to be eligible but Gate 2 offers are likely to be released after this date - what is being done to resolve this issue? </t>
+  </si>
+  <si>
+    <t>We understand the implications of this and are working closely with the Electricity Market Reform (EMR) Delivery Body to avoid disadvantaging projects. </t>
+  </si>
+  <si>
+    <t>Can NESO publish a list of 3a/3b protections to support ongoing discussions and challenges through planning? </t>
+  </si>
+  <si>
+    <t>We are not able to comment on what might qualify for a 3a/3b protection as NESO cannot pre-empt what a customer will submit, and we also cannot pre-empt what will or will not get planning consent before the next window. </t>
+  </si>
+  <si>
+    <t>Can NESO provide confirmation of protections for each project on the portal? </t>
+  </si>
+  <si>
+    <t>While we can show high‑level protection status for an individual project, we cannot publish a full protection list across all projects, because this can expose commercially sensitive network or customer information.  Any expansion of portal visible protection data would need to pass NESO Information Governance and Commercial review.  
+We’re always looking at ways to enhance the portal to better support planning discussions whilst also ensuring that we maintain the necessary levels of commercial confidentiality.  Broader opportunities to surface more useful project information, and where it is appropriate and shareable, continue to be explored as part of the portal’s ongoing development.  We will review this alongside wider portal enhancement opportunities.</t>
+  </si>
+  <si>
+    <t>Will these Gate 2 offers look different to previous NESO offers? </t>
+  </si>
+  <si>
+    <t>No - Gate 2 offers will follow the same format as previous NESO offers. The only difference will be that these Gate 2 offers will include the Connections Reform T&amp;Cs alongside any additional CUSC wording. </t>
   </si>
   <si>
     <t>Understanding the Notification</t>
   </si>
   <si>
     <t xml:space="preserve">Why has NESO not provided detail of which protection clause customers are protected under in the offer letters? </t>
   </si>
   <si>
     <t>Protected customers were previously made aware of the protection clause(s) they are protected under. This information was used in the queue formation process. Should a customer not know their protection status, NESO encourage them to search through previous communication in the first instance, and then get in touch with NESO via the Connections Portal by using the 'Reform Query' option</t>
   </si>
   <si>
     <t xml:space="preserve">What is a non-firm connection date and when will I get my offer? </t>
   </si>
   <si>
-    <t>The ‘phase’ relates to 'firm' or 'enduring non-firm' connection date. Some projects and connection contracts have an ‘interim non-firm’ connection date, which is sometimes called a ‘temporary non-firm connection’. Where relevant, ‘interim non-firm’ connection dates will be included in the offer issued as a result of the G2TWQ process and will be confirmed at the same time as your ‘firm’ or 'enduring non-firm' connection date. 
-[...1 lines deleted...]
-Gate 2 Final customer offers regarding applications up to and including 2030 (transmission) will be provided no later than the end of Q2 2026 and up to and including 2035 (transmission) will be provided no later than the end of Q3 2026. Please see NESO’s website for more information: https://www.neso.energy/industry-information/connections-reform/connections-reform-timeline.</t>
+    <t>The ‘phase’ relates to 'firm' or 'enduring non-firm' connection date. Some projects and connection contracts have an ‘interim non-firm’ connection date, which is sometimes called a ‘temporary non-firm connection’. Where relevant, ‘interim non-firm’ connection dates will be included in the offer issued as a result of the G2tWQ process and will be confirmed at the same time as your ‘firm’ or 'enduring non-firm' connection date. 
+As ‘interim non-firm’ connection dates are earlier than ‘firm’ connection dates, this means that any ‘interim non-firm’ connection date(s) confirmed in your Gate 2 offer could be before 2030, even where you have been provided with a Phase 2 queue outcome in the table above.
+Please see NESO’s website for more information on dates: https://www.neso.energy/industry-information/connections-reform/connections-reform-timeline.</t>
   </si>
   <si>
     <t>What is an Agreement to Vary (ATV) and what do I need to do?</t>
   </si>
   <si>
     <t xml:space="preserve">If your project did not meet the Gate 2 criteria, you will receive a Gate 1 Agreement to Vary, or ATV. The ATV is a legal agreement that changes the terms of your existing contract. It suspends your previous connection date, making it indicative only, and explains why your project was classified as Gate 1, typically because it did not meet the readiness or strategic alignment criteria at this stage. 
 You will need to sign and return the ATV within four weeks. If you have placed cash security, you will be asked to provide up-to-date bank details so NESO can process your refund, which will be issued within six weeks of receiving your signed ATV. The ATV also allows you to reapply in future application windows, once you are able to meet the necessary criteria. </t>
   </si>
   <si>
-    <t>What is the different between a Gate 2 Modification Offer and an ATV?</t>
+    <t>What is the difference between a Gate 2 Modification Offer and an ATV?</t>
   </si>
   <si>
     <t xml:space="preserve">The key difference between a Gate 2 Modification Offer and an ATV lies in your project’s status: 
 A Gate 2 Modification Offer is issued to projects that have passed all checks and are ready to proceed. It sets out a firm or enduring non-firm connection date and the next steps, including the placement of new securities. 
 An ATV is issued to projects that did not meet the Gate 2 criteria. It suspends your previous connection date, allows you to reapply in future windows, and triggers the return of your securities if applicable. 
 In summary, if your project is successful at Gate 2, you will receive a Modification Offer. If your project is classified as Gate 1, whether self-declared, failed to submit, or did not meet the criteria, you will receive an ATV. </t>
   </si>
   <si>
     <t>Will DNO/DX connections actually get these notifications direct?</t>
   </si>
   <si>
     <t>NESO will notify large embedded generators whereas DNO/iDNOs notify small and medium embedded generators. For more information, please see the ENA webpage containing all of the electricity network operators' information on UK connections reform [available at: https://www.energynetworks.org/industry/connecting-to-the-networks/connections-reform]</t>
   </si>
   <si>
-    <t>When will EA Register be released and how will it be shared?</t>
-[...2 lines deleted...]
-    <t>The Existing Agreements register will be published shortly after queue formation on the NESO website.</t>
+    <t>When will EA register be released and how will it be shared?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Existing Agreements (EA) register can be found on the NESO website here: https://www.neso.energy/industry-information/connections-reform. </t>
   </si>
   <si>
     <t>I have had no email whatsoever as yet. Will the email come from NESO or the DNO?</t>
   </si>
   <si>
     <t>NESO will have notified large embedded generators whereas DNO/iDNOs will have notified small and medium embedded generators. For more information, please see the ENA webpage containing all of the electricity network operators' information on UK connections reform [available at: https://www.energynetworks.org/industry/connecting-to-the-networks/connections-reform]</t>
   </si>
   <si>
     <t>Methodology and Decisions</t>
   </si>
   <si>
     <t>How did NESO and the DNOs calculate permitted capacity as per the CP30 capacity breakdowns?</t>
   </si>
   <si>
     <t>The capacity breakdowns outlined in the CP30 Action Plan for each technology type also include capacity that is installed and operational. For the purposes of aligning the previous queue to the CP30 Action Plan, NESO and DNOs will calculate the remaining available capacity, hereafter referred to as the ‘permitted capacity’, as follows: 
 1. For the 2026 to 2030 phase (phase 1), NESO and DNOs will use the 2030 Regional capacity breakdowns for each zone and technology and deduct the latest installed and operational capacity figures from this to determine the permitted capacity against which to align the existing queue
  2. For the 2031 to 2035 phase (phase 2), NESO and DNOs will use upper bound of the stated CP30 Plan “2035 FES-derived Capacity Range” for 2035 for each zone and technology and deduct from this the actual Phase 1 allocation after rebalancing and substitutions, as well as the current built capacity, to determine the permitted capacity against which to align the existing queue.</t>
   </si>
   <si>
     <t xml:space="preserve">Is there any option to move a project that has received a Gate 2 Phase 2 offer to a Gate 2 Phase 1 offer? </t>
   </si>
   <si>
     <t xml:space="preserve">The queue formation process is complete, therefore in this G2TWQ (CMP435) process there is no opportunity to go from Phase 2 to Phase 1. However, there are two potential mechanisms by which customers can receive an earlier connection date: 
 1) Customers can request earlier connection dates in future via a mod app - whether those are deliverable will depend on the network specifics of the project location and what the TO and DNO can deliver.
 2) If capacity is available due to Gate 2 projects withdrawing or being removed from the new pipeline, a project could be re-allocated the capacity subject to the CNDM (see section 7 for the criteria for the reallocation of capacity). Available at: https://www.neso.energy/document/375026/download) </t>
@@ -300,206 +430,295 @@
     <t>Yes, non-gated mod apps are being processed; please submit them via the connection reform dot box email [box.connectionsreform@neso.energy].</t>
   </si>
   <si>
     <t>Why wasn’t I protected under the reform process?</t>
   </si>
   <si>
     <t>Section 6.2 of the Gate 2 Criteria Methodology details the protections available for customers. Protections, in the context of Gate 2 To Whole Queue, are only Protection Clause 1 and 2A. 
 Protection Clauses 2B, 3A and 3B are only applicable to future application windows
 Please see: https://www.neso.energy/document/375016/download
 If you were not protected then it was either as you did not apply to be protected, or  you did apply to be protected but did not meet the criteria for protections.</t>
   </si>
   <si>
     <t>Can you confirm whether a specific project has been awarded a Confirmed connection date?</t>
   </si>
   <si>
     <t>Due to commercial sensitivities and requirements of our licence conditions, we will not be providing confirmation on the status of individual projects, as these projects still need to receive and sign connection agreement contracts. Once contracts have been signed, publicly disclosable information will be shared later in 2026.
 Some details of individual project connections agreements are commercially sensitive, so will not be disclosed. For distribution level projects, this information sits with the DNOs for small / medium embedded projects.</t>
   </si>
   <si>
     <t>What was the approach to co-located projects?</t>
   </si>
   <si>
     <t>A co-located site is one where Power Generating Units belonging to different technologies and/or fuel types, including storage and demand, are installed at the same site or Power Station and connected to the GB electricity system, each technology within a co-located setup is assessed individually against permitted capacity limits under Clean Power 2030 (CP30) pots, and Transmission Entry Capacity (TEC) or Developer Capacity. For more information, please see the post notifications Customer Handbook, available at: https://www.neso.energy/document/373546/download</t>
   </si>
   <si>
-    <t>Is NESO currently working with DNOs to complete detailed checks for distribution projects (including BEGA/BELLA projects) and finalise their place in the new delivery pipeline?</t>
-[...5 lines deleted...]
-  <si>
     <t>What detailed checks are being carried out?</t>
   </si>
   <si>
     <t>NESO is completing checks on director verification, minimum acreage, land rights documentation, and planning documentation (if sought readiness via planning route) checks for directly connected and large embedded projects. We are also doing duplication of red‑line boundaries checks for all projects. These ensure projects meet the minimum readiness criteria set out in the Gate 2 Criteria methodology.</t>
   </si>
   <si>
     <t>How have you treated a demand project which has a battery storage element?</t>
   </si>
   <si>
     <t>If the connection is demand only, i.e. there is no export to the electricity system, then the project would not contribute towards the Clean Power 2030 permitted capacities and the connection was treated as demand only for the purposes of Gate 2. These projects will be deemed as automatically strategically aligned, and will have had to only demonstrate readiness. For any projects with a battery storage element, this technology is considered to be generation, and is therefore subject to the Clean Power 2030 capacities and will need to meet one of the strategic alignment criteria to be considered in the new delivery pipeline (unless the developer has indicated the battery is import only in which case the battery will be treated as though it is demand from a connections perspective).</t>
   </si>
   <si>
     <t>What can I do if my project failed at initial checks?</t>
   </si>
   <si>
     <t>You will have received notification already if you failed your initial checks, and you will receive a Gate 1 offer. You can reapply during the next Connections Application Window after addressing readiness gaps. This is anticipated no earlier than Q2 2026. NESO envisage that application windows will be open every 6 months for 6 weeks, but exact dates for the next window have not yet been published.</t>
   </si>
   <si>
     <t xml:space="preserve">What is a gated and non-gated Modification Application? </t>
   </si>
   <si>
     <t>NESO Guidance on classification of Gated Modification Applications details the difference between gated and non-gated modification applications (mod-apps). Please see: [https://www.neso.energy/document/360456/download]. 
 Under the new connections process, new connection applications and certain use of system applications and Modification Applications are ‘Gated applications’ and as such (with the exception of new BEGA and BELLA applications) can only be made during a Gated Application Window and cannot be submitted or processed at other times. The Modification Applications that need to be submitted by Users during a Gated Application Window are termed ‘Gated Modification Applications’.  Modification Applications that are not considered to be Gated Modification Applications, i.e. non-Gated Modification Applications, can be submitted and processed at any time, and do not have to wait for an open Gated Application Window.</t>
   </si>
   <si>
     <t>Will the delivery pipeline be changed after customers receive the Queue Formation notifications? For example, as a result of a complaint, dispute, or otherwise?</t>
   </si>
   <si>
     <t xml:space="preserve">Reform for the connections queue was developed with strong support from industry and government, shaped by extensive consultation and collaboration. The framework, approved by Ofgem, is designed to ensure that projects which are ready and strategically important for Great Britain are prioritised.  
 NESO has taken every step to ensure the process is robust, fair, and fully assured, with rigorous checks at every stage.  
 Upon publication of the results, the new delivery pipeline is final. No new projects can be added, and the order projects are connecting in cannot be changed, regardless of circumstances. This is essential to maintain fairness and integrity for all customers. </t>
   </si>
   <si>
     <t>Could you confirm whether the zonal capacities for 2030 and 2035 are total connected capacity or additional connected capacity?</t>
   </si>
   <si>
     <t>The capacities outlined in Government's Clean Power 2030 Action Plan include the capacity that is already installed on the network. Subtracting installed capacity from this figure gives the remaining 'permitted capacity' that the existing queue will be aligned to. 
 Where the 2035 figure in the plan exceeds the capacity in 2030 the difference between the two figures is the additional capacity 'added' for the 2030 period.
 Please see Section 5.4.14 available on page 28 of the CNDM for an example [available at: https://www.neso.energy/document/350241/download].</t>
   </si>
   <si>
+    <t>Is NESO currently working with DNOs to complete detailed checks for distribution projects (including BEGA/BELLA projects) and finalise their place in the new delivery pipeline?</t>
+  </si>
+  <si>
     <t xml:space="preserve">Yes – we are working in coordination with Distribution Network Operators (DNOs) on finalising detailed checks. For small and medium embedded customers (including those small and medium embedded customers with a BEGA), we have completed duplication checks of red line boundaries as per the Gate 2 Criteria methodology, and have worked with DNOs to understand any duplications. Large EG BEGA/BELLA projects submitted their evidence directly to the NESO, and so we are currently carrying out detailed and duplication checks for these customers. We will be in touch with these customers soon to request permission to share red line boundaries with their DNOs. This is so that DNOs can ensure that Large EG BEGA/BELLA projects are adhering to existing DNO policy on red line boundaries. </t>
   </si>
   <si>
+    <t>Can NESO open a Modification Application only window?</t>
+  </si>
+  <si>
+    <t>Non-gated Modifications Applications can be submitted at any time. We do not currently have a Modification Application only gated window as it is not allowed by the methodology / licence. However, if there is an identified need for it, it is something that could be explored with Ofgem.</t>
+  </si>
+  <si>
+    <t>Do I need to resubmit data to the Data Registration Code (DRC) if capacity has changed?</t>
+  </si>
+  <si>
+    <t>Yes - if capacity has changed, TOs require the Data Registration Code (DRC) to be updated and resubmitted</t>
+  </si>
+  <si>
+    <t>Why am I being asked to remove macros when submitting Data Registration Code (DRC) data?</t>
+  </si>
+  <si>
+    <t>We ask customers to remove macros before submitting their Data Registration Code (DRC) data. This is because macros interfere with our internal processing systems. We are looking into how to fix this.</t>
+  </si>
+  <si>
+    <t>Why does solar capacity remain in T4/T5/T10 if ready projects didn’t get in?</t>
+  </si>
+  <si>
+    <t>You may have seen that solar capacity remains in certain zones (T4/T5/T10). This is because the final eligible project in each of those zones was greater than 50%, meaning the remaining capacity could not be offered under methodology rules. Any unused MWs will be rolled into the next window.</t>
+  </si>
+  <si>
+    <t>Does a project need to be near a zone border to access spare capacity?</t>
+  </si>
+  <si>
+    <t>No - a project does not need to be near a zone border to access spare capacity. Any project anywhere in a zone can take an adjacent zone's remaining capacity.</t>
+  </si>
+  <si>
+    <t>We’ve been asked for Data Registration Code (DRC) data multiple times — is data being lost?</t>
+  </si>
+  <si>
+    <t>You may be asked to resubmit Data Registration Code (DRC) data if you have macros enabled. We ask customers to remove macros before submitting their Data Registration Code (DRC) data. This is because macros interfere with our internal processing systems. We are looking into how to fix this.</t>
+  </si>
+  <si>
+    <t>Will NESO be reviewing/resetting QM Milestones?</t>
+  </si>
+  <si>
+    <t>We are not looking to do a blanket reset. However, we are looking to work pragmatically with customers on QM milestones, and any decision to terminate will be considered carefully and applied pragmatically, taking into account the project’s specific circumstances and the G2tWQ process, should a milestone be missed.</t>
+  </si>
+  <si>
+    <t>What happens if projects wish to terminate grid contracts now in advance of receiving their G2tWQ offer? </t>
+  </si>
+  <si>
+    <t>In the event that you terminate before your G2tWQ offer, the cancellation charges that appear on your latest statement will apply. </t>
+  </si>
+  <si>
+    <t>How will the TEC register reflect different Gate 1 or 2 outcomes for the individual technologies?</t>
+  </si>
+  <si>
+    <t>For co‑located or hybrid projects, each technology within a site is assessed individually under the Connections Reform process. This means that different technologies at the same location may receive different Gate outcomes. 
+To ensure this is reflected clearly and transparently, the public TEC Register will show separate line entries for each technology where Gate outcomes differ. This approach allows NESO to: 
+- Show the correct Gate 1 or Gate 2 status for each technology at your site 
+- Prevent double‑counting of capacity by only applying TEC to the technologies progressing through Gate 2 
+- Provide clearer visibility of what is moving forward in the delivery pipeline and what is not 
+As the TEC Register continues to evolve, we are committed to improving clarity, including plans to present capacity by technology and stage more clearly in future updates.</t>
+  </si>
+  <si>
+    <t>Will the demand profiles used for system studies and new Construction Planning Assumptions (CPAs) be as per the revised P2/9 and EREP 131 provisions (at both transmission and distribution)? </t>
+  </si>
+  <si>
+    <t>No - the demand figures come from Future Energy Scenarios (FES), and Construction Planning Assumptions (CPAs) include transmission connected demand in G2tWQ. We then use our own models to create demand profiles. </t>
+  </si>
+  <si>
     <t>Future Windows</t>
   </si>
   <si>
     <t>How will new projects get entry to the pipeline in future?</t>
   </si>
   <si>
     <t>Going forwards developers will only be able to apply for a connections agreement during one of two connection application windows throughout the year. New projects and projects that have already sought a connections agreement and have been placed in the development pipeline (officially known as Gate 1) will have an opportunity to have their project assessed on whether it should move to the delivery pipeline (Gate 2) as part of these connection application windows. Future application windows will be for all available capacity from that window until the next milestone point. So, if capacity becomes available in 2026 or subsequent dates up to the next milestone point it can be applied for. NESO will announce the date for the first connection applications window in the New Year.</t>
   </si>
   <si>
-    <t xml:space="preserve">Future Windows </t>
-[...1 lines deleted...]
-  <si>
     <t>Will substitutions and rebalancing be available in the next window?</t>
   </si>
   <si>
-    <t>Substitutions and rebalancing will continue in the next window where there is an opportunity to do so. There is limited available capacity remaining  in most of the zones and most of the technologies, but where there is capacity available in a zone and there is an excess of projects who qualify for that, but there is an undersupply in an associated permitted zone, substitutions and rebalancing will still be available using the same principles as were used in the G2TWQ process. For more information, we recommend customers watch the recent Connections Webinars. This particular topic is discussed from approximately 25 minutes in to the session on the 18th December [available at: https://www.neso.energy/industry-information/connections-reform/connection-reform-webinars-and-archive].</t>
+    <t>Substitutions and rebalancing will continue in the next window where there is an opportunity to do so. There is limited available capacity remaining  in most of the zones and most of the technologies, but where there is capacity available in a zone and there is an excess of projects who qualify for that, but there is an undersupply in an associated permitted zone, substitutions and rebalancing will still be available using the same principles as were used in the G2TWQ process. For more information, we recommend customers watch the Connections Webinars. This particular topic is discussed from approximately 25 minutes in to the session on the 18th December [available at: https://www.neso.energy/industry-information/connections-reform/connection-reform-webinars-and-archive].</t>
   </si>
   <si>
     <t>Will a project protected under clause 3a be guaranteed to be offered a gate 2 connection once they receive planning and applying in 434? Will they be inserted into the pipeline as if protected under 435 or added to the end of the new queue?</t>
   </si>
   <si>
     <t>Protection Clause 3A means that projects can exceed both the zonal and the national permitted capacities if they apply in the 434 window. They have to apply and they have to provide NESO with evidence that they have secured milestone M2 (planning consent). Where projects are successful in applying for a G2 agreement in the first 434 window, whether protected or not, they would go to the back of the new connections pipeline that was formed via the G2TWQ (CMP435) process. This will be the standard approach for future 434 windows. The only exception to going to the back of the new connections pipeline is where capacity is reallocated if projects are removed from the connections pipeline. For more information, we recommend customers watch the recent Connections Webinars. This particular topic is discussed from approximately 30 minutes in to the session on the 18th December [available at: https://www.neso.energy/industry-information/connections-reform/connection-reform-webinars-and-archive].</t>
   </si>
   <si>
     <t xml:space="preserve">For oversubscribed technologies (eg Batteries), does this mean there will be no availability until post 2035? Is it even worth putting any projects through the next window whenever that opens?
 </t>
   </si>
   <si>
     <t xml:space="preserve">For oversubscribed technologies, such as batteries, it means a significant number of projects would have to leave the delivery pipeline to enable a project not currently prioritised to become prioritised. However, the permitted capacity may be updated in the future to reflect any updates to the CP30 Action Plan and/or SSEP. </t>
   </si>
   <si>
     <t>When will the CMP 434 window open or be updated?</t>
   </si>
   <si>
     <t>No earlier than Q2 2026; further updates will be provided as so as they are available.</t>
   </si>
   <si>
     <t>In future windows will it be possible to apply for a connection date in the period up to 2030 or 2035?</t>
   </si>
   <si>
     <t>Future application windows will be for all available capacity from that window until the next milestone point. So, if capacity becomes available in 2026 or subsequent dates up to the next milestone point it can be applied for.</t>
   </si>
   <si>
+    <t xml:space="preserve">When will the new application window be announced? </t>
+  </si>
+  <si>
+    <t xml:space="preserve">In recognition of the competing factors that will determine the timing of the next application window, the revised timeline has removed the "no earlier than date".
+You can learn more about these factors in this webinar recording: https://players.brightcove.net/6415851838001/default_default/index.html?videoId=6388136647112 (Minutes 7 to 14). </t>
+  </si>
+  <si>
+    <t>Will NESO consult with industry about future windows? </t>
+  </si>
+  <si>
+    <t>Yes. Consultation on future windows, and the methodology sitting behind it, is being planned. Exact timings for consultation are yet to be confirmed, but you should expect to see more over the next few months. </t>
+  </si>
+  <si>
     <t>Technology Specific - Batteries</t>
   </si>
   <si>
     <t>Why have some battery projects been granted protection whilst others have not?</t>
   </si>
   <si>
     <t>Projects which meet the relevant protections criteria (e.g. have secured planning consent) have had their agreements protected as these projects are at the final stages of delivery. NESO designed Ofgem approved connection reform methodologies to maintain a stable energy investment environment, meaning protections were offered to projects that could evidence their intention to build and where significant investment had already been made. Removing these projects would undermine investor confidence. The number of battery projects in the pipeline shows that the market recognises the value of flexible capacity to support decarbonisation in Great Britain.</t>
   </si>
   <si>
     <t xml:space="preserve">I am a Protected battery - why have I moved from Phase 1 to Phase 2? </t>
   </si>
   <si>
     <t xml:space="preserve">Not all of the protection clauses in the Gate 2 Criteria Methodology contain assurance on connection dates or phases. Only protections 1 and 2A (Additional Protection) protect a customer’s connection date and phase. 
 As battery zones across the country are oversubscribed, some Battery projects with firm or enduring non-firm connection dates before End 2030 would have had their phase moved to Phase 2. Where a distinction was made between 2A projects without the additional protection, this was based on countersignature dates as per the Connections Network Design Methodology (CNDM) [available here: https://www.neso.energy/document/375026/download]. </t>
   </si>
   <si>
     <t>Why have so many batteries not received a gate 2 offer?</t>
   </si>
   <si>
-    <t>Connections reform is aimed at delivering a sustainable pipeline of projects that can deliver on Great Britain’s strategic energy goals by 2030. Technology based targets have been established using The UK Government 2024 Clean Power 2030 Action Plan (Please see Table 1, page 32 - DESNZ ‘Clean Power Capacity Range’, available at: https://www.gov.uk/government/publications/clean-power-2030-action-plan).  This report sets out that 27-33GW is required by 2030, with around 7.4GW already installed. The existing levels of storage in the old connection queue amounted to around 240GW, nearly ten times what is required by 2030. The figures we are publishing today show that there will be over 80GW of batteries in the new delivery pipeline, which is almost 3 times what we need for 2035.</t>
+    <t>Connections reform is aimed at delivering a sustainable pipeline of projects that can deliver on Great Britain’s strategic energy goals by 2030. Technology based targets have been established using The UK Government 2024 Clean Power 2030 Action Plan (Please see Table 1, page 32 - DESNZ ‘Clean Power Capacity Range’, available at: https://www.gov.uk/government/publications/clean-power-2030-action-plan).  This report sets out that 27-33GW is required by 2030, with around 7.4GW already installed. The existing levels of storage in the old connection queue amounted to around 240GW, nearly ten times what is required by 2030. The figures we published in December 2025 show that there will be over 80GW of batteries in the new delivery pipeline, which is almost 3 times what we need for 2035.</t>
   </si>
   <si>
     <t xml:space="preserve">
 How are you addressing the oversubscription of batteries after 2030, or will they all get 2035 connection dates?</t>
   </si>
   <si>
     <t>All protected batteries will receive a confirmed offer, in line with the connection methodologies approved by Ofgem. Over half of the battery capacity is in phase 2 of the connection delivery pipeline, which means that it is likely to receive a firm connection date after 2030. Specific dates will be dependent on the outcome of engineering assessments and network designs undertaken by the Transmission Owners. Once the Strategic Spatial Energy Plan (SSEP) is completed NESO will use this to determine whether additional batteries are needed in the period 2031-35 or beyond.</t>
   </si>
   <si>
     <t>Why have you not categorised me as an LDES?</t>
   </si>
   <si>
     <t xml:space="preserve">LDES project capacity have been allocated on a national basis as per Government's Clean Power 2030 Action Plan. As outlined in DESNZ and Ofgem’s Long Duration Electricity Storage: Technical Decision Document, an LDES asset must be capable of discharge at full power for at least eight hours, and full power must be at least 50MW or 100MW (depending on technology maturity) [available at: https://assets.publishing.service.gov.uk/media/677bc80399c93b7286a396d6/clean-power-2030-action-plan-main-report.pdf]. This also states that for the purposes of the Clean Power 2030 Action Plan pathway which will be used for connections, lithium-ion electricity storage projects will be treated as batteries. You will not have been categorised as an LDES project if you do not satisfy this criteria. If you believe NESO have made a mistake, please provide detail of this through submitting a complaint on the NESO Connections Portal.
 </t>
   </si>
   <si>
+    <t>Has NESO undertaken a Cost Benefit Analysis (CBA) on whether it would be cheaper to contract BESS assets to mitigate network upgrades? If so, can it be published? </t>
+  </si>
+  <si>
+    <t>We have not undertaken such a specific CBA. We have carried out studies like Clean Power 2030 and Future Energy Scenarios (FES), that have multiple scenarios with different levels of storage and also consider the constraints in each scenario. These have consistently shown that the electricity transmission system needs no more than c30-35GW of short duration (less than 8 hours) storage by 2050, to operate efficiently, under a range of different scenarios. Our Centralised Strategic Network Plan (CSNP) has shown that short duration storage is a significantly less efficient overall solution than transmission reinforcement for managing wider system constraints.</t>
+  </si>
+  <si>
     <t>Technology Specific - Solar</t>
   </si>
   <si>
     <t>Why have so many solar  projects not received a gate 2 offer?</t>
   </si>
   <si>
     <t>Technology based targets have been established using the UK Government 2024 Clean Power 2030 Action Plan (Table 1, page 32 - DESNZ ‘Clean Power Capacity Range’. Available at: https://www.gov.uk/government/publications/clean-power-2030-action-plan). This report sets out that 45-47GW is required by 2030, with around 16.6GW already installed. The existing levels of solar in the old connection queue amounted to around 210GW, four times the 2030 target. Almost 60GW of solar is in the new delivery pipeline.</t>
   </si>
   <si>
     <t>Technology Specific - Onshore Wind</t>
   </si>
   <si>
     <t>What was the cut off date for Phase 1 offshore wind?</t>
   </si>
   <si>
     <t>The signing cut off date has to be taken in the context of level of readiness. In line with the Connections Network Design Methodology (CNDM), projects are ordered by current phase (or new phase if advanced from phase 2 to phase 1); then by planning status (i.e. level of readiness), then by initial queue position. 
 The cut-off dates published are only for Phase 2 because Phase 2 is where projects are removed from the pipeline. NESO have not published the cut off dates for what made it into Phase 1 as projects that did not make it into phase 1 were considered for phase 2. Phase 2 of onshore wind in Scotland was full with protected projects. Phase 1 onshore wind in Scotland did include some non-protected projects as those projects were already in phase 1 and fitted within the permitted capacity for the relevant zone(s) in line with the criteria in the CNDM and summarised above. For more information, we recommend customers watch the recent Connections Webinars. This particular topic is discussed from approximately 29 minutes in to the session on the 18th December [available at: https://www.neso.energy/industry-information/connections-reform/connection-reform-webinars-and-archive].</t>
   </si>
   <si>
+    <t>When will detailed transmission zone data be available for wind?</t>
+  </si>
+  <si>
+    <t>We have published detailed results data here: https://www.neso.energy/document/374936/download. This includes detailed transmission zone data for onshore wind.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NESO's detailed data book mentions that T2 onshore wind receiving Gate 2 offers totals 4.9GW. Protected projects in that region are 2.4 GW. Why does the Cut-Off document say "Filled by protected projects" against Scotland Onshore Wind? </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Cut-Off document only refers to the cut-off dates for Phase 2. Phase 2 onshore wind in T2 only had protected projects. Circa 2.5GW of the total 4.9GW onshore wind in T2 was “ready” non-protected onshore wind in T2 phase 1. It was allocated to T2 phase 1 as the current connection date was before the end of 2030. If you want more detail on this, please raise a query via the portal. </t>
+  </si>
+  <si>
     <t>Technology Specific - Offshore Wind</t>
   </si>
   <si>
     <t>What does the queue formation outcome mean for the Holistic Network Design?</t>
   </si>
   <si>
-    <t xml:space="preserve">All offshore wind projects that had a Crown Estate lease at the time when evidence needed to be submitted have been included in the new delivery pipeline. This means that all offshore wind projects that have gone through the HND process and applied in the window will be in the new delivery pipeline. We have enough offshore wind in the new delivery pipeline to meet the top of the UK Government’s range of capacity for 2035 </t>
+    <t>All offshore wind projects that had a Crown Estate lease at the time when evidence needed to be submitted have been included in the new delivery pipeline. This means that all offshore wind projects that have gone through the HND process and applied in the window will be in the new delivery pipeline. We have enough offshore wind in the new delivery pipeline to meet the top of the UK Government’s range of capacity for 2035.</t>
   </si>
   <si>
     <t>What does this mean for Celtic Sea?</t>
   </si>
   <si>
     <t>The Celtic Sea offshore wind projects did not have Crown Estate leases at the time when evidence needed to be submitted in order to be included in the new pipeline. This means that they could not receive a Confirmed offer and be included in the new pipeline. They will have the opportunity to apply in future windows when they can demonstrate that they have a Crown Estate lease.</t>
   </si>
   <si>
     <t>What does this mean for ScotWind?</t>
   </si>
   <si>
     <t>All offshore wind projects that had a Crown Estate Scotland lease at the time when evidence needed to be submitted and applied in the window have been included in the new delivery pipeline. This means that all ScotWind offshore wind projects who applied will be in the new delivery pipeline.</t>
   </si>
   <si>
     <t>What does this mean for INTOG?</t>
   </si>
   <si>
     <t>All offshore wind projects that had a Crown Estate Scotland lease at the time when evidence needed to be submitted and applied in the window have been included in the new delivery pipeline. This means that all INTOG projects who applied will be in the new delivery pipeline.</t>
   </si>
   <si>
     <t xml:space="preserve">Hybrid Projects </t>
   </si>
   <si>
     <t>How do I understand a Hybrid outcome where there is a 0MW gate 2 offer?</t>
   </si>
@@ -526,93 +745,97 @@
   </si>
   <si>
     <t xml:space="preserve">I am a hybrid project - why has only one of my projects received a Gate 2 offer? </t>
   </si>
   <si>
     <t>Hybrid projects are treated as their two respective technologies when it comes to protections and CP30 pots. This means that a customer could have received a Gate 1 offer for one technology, and a Gate 2 offer for the other technology. For example, where one or more technologies exceeds the 2035 permitted capacity (and does not have protected status), that technology element of the hybrid project will not receive a Gate 2 offer. This represents the same treatment as any other project that exceeds the 2035 permitted capacity.</t>
   </si>
   <si>
     <t>Distribution contracts</t>
   </si>
   <si>
     <t xml:space="preserve">I am a distribution customer- how do I find out more information about my outcome or raise a complaint? </t>
   </si>
   <si>
     <t>Your DNO will be responsible for managing your queries and complaints in the first case. As the DNOs managed their customers evidence submission process, and assessed Gate 2 evidence, they are the best placed to do so.  NESO have also provided DNOs with all relevant information and data pertaining to their customers’ outcomes where the NESO have been involved (eg strategic alignment assessment). If you are unhappy with the outcome of your query or complaint, you may notify the DNO of this and request escalation to the NESO. Your DNO will manage the communications with  NESO in regard to any of their customer complaint escalations, but please note that you will be required to provide evidence for any complaint you wish the DNO to escalate on your behalf, so that the NESO may undertake a suitable investigation into the escalated matter. 
 Contacting your DNO will ensure your query or complaint is dealt with efficiently and help the NESO and DNOs deal with high contact volumes. Contacting NESO as opposed to, or in addition to, your DNO will not expedite or escalate your query but will hinder the NESO’s response process and will result in a slower response time.</t>
   </si>
   <si>
     <t>Fees, Securities and Timing</t>
   </si>
   <si>
     <t>I paid an advancement fee, but I have not been advanced – (why) do I still need to pay an advancement fee?</t>
   </si>
   <si>
     <t>Our methodology set out that an advancement fee was required to enter the process, to cover the cost of processing requests. However, paying an advancement fee does not guarantee advancement itself, this is based on our wider delivery pipeline reassessments and network design exercises which aim to deliver a new pipeline of projects that align with the systems needs.</t>
-  </si>
-[...15 lines deleted...]
-Gate 1 (projects that did not meet Gate 2 requirements): We began issuing these in November 2025 for those who had self-selected Gate 1, we will continue to issue these ATVs and this exercise will run into 2026  </t>
   </si>
   <si>
     <t>What is the difference between fees and securities?</t>
   </si>
   <si>
     <t xml:space="preserve">Fees and securities are essential financial requirements within the NESO electricity connections process.  
 Fees refer to the payments applicants make at specific stages, such as when submitting an application or progressing through key milestones. These fees cover the administrative and operational costs of processing and managing connection requests.  
 Securities, on the other hand, are financial guarantees, such as cash deposits or bonds, that applicants provide to NESO. Their purpose is to ensure that customers are genuinely committed to their projects and can cover costs if a project is delayed, withdrawn, or cancelled. By requiring securities, NESO protects the system and other customers from the risks associated with speculative or non-committed applications. </t>
   </si>
   <si>
     <t>Fees, Securities and timing</t>
   </si>
   <si>
-    <t>Concerningly, there is still no update from NESO whether the Securities freeze will be extended. When will we be notified if there will be Securities update in Jan-26? NESO have also committed to review LARF calculations. However there has been no further news on that yet.</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Securities for gate 2 offers - does the 30 day countdown start on the date the customer signs,  or the date that NESO countersigned?	</t>
   </si>
   <si>
     <t>The 30-day period begins from the date NESO countersigns the Gate 2 Modification Offer. This is the effective contract date under CUSC, and all subsequent obligations, including security placement, are calculated from that point.</t>
+  </si>
+  <si>
+    <t>What next after the December 2025 Demand Queue Call for Input?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Following the Demand Queue Call for Input, we have been analysing responses to inform policy development with Government and Ofgem. Whilst we aren't in a position to set out specific next steps yet, we will continue to engage with stakeholders as this work progresses. </t>
+  </si>
+  <si>
+    <t>How does the freeze apply to various project types?</t>
+  </si>
+  <si>
+    <t>The security obligations freeze will hold until at least September 2026. If customers require further clarifications for specific scenarios please contact us via the portal.</t>
+  </si>
+  <si>
+    <t>If a Gate 2 offer is received and a customer wishes to reject it to get a Gate 1 offer instead, will the customer be liable for any charges?</t>
+  </si>
+  <si>
+    <t>As stipulated in CUSC Section 18, if a customer elects not to accept the Gate 2 Modification Offer, a Gate 1 Agreement to Vary will be issued by NESO. Execution of this Agreement will initiate the process for releasing and returning any associated security arrangements. Further information can be found in CUSC Section 18.12.3.</t>
+  </si>
+  <si>
+    <t>Will securities remain frozen beyond September 2026? </t>
+  </si>
+  <si>
+    <t>Security statements will be issued as part of your Gate 2 offer. These will include the updated security liability amounts that will be required. Therefore, depending on when you receive your Gate 2 offers, it is possible that securities could remain frozen beyond September 2026 (subject to confirmation). </t>
+  </si>
+  <si>
+    <t>How will Modification Application options be handled for security deadlines? </t>
+  </si>
+  <si>
+    <t>We are planning a securities webinar when this will be covered in detail. We will update on the timings of this as soon as we are able.  </t>
   </si>
   <si>
     <t>Information and errors</t>
   </si>
   <si>
     <t>Will the specific protection clause be included in notifications?</t>
   </si>
   <si>
     <t>Only a yes/no (indicating whether a projected has protection status or not) is provided; customers will have been made aware of their protection status at an earlier date.</t>
   </si>
   <si>
     <t>What is the process for resubmitting evidence for detailed checks?</t>
   </si>
   <si>
     <r>
       <t>You will receive a resubmission email with a four-day SLA. Please resubmit evidence using the “resubmit evidence” button on the Conn</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Poppins"/>
       </rPr>
       <t>ections Portal. If you are concerned that you do not have enough time to resubmit the requested evidence then please let us know by responding to the request as soon as possible.</t>
     </r>
@@ -633,201 +856,202 @@
   <si>
     <t>Advancement</t>
   </si>
   <si>
     <t>What is the methodology for determining advancement?</t>
   </si>
   <si>
     <t xml:space="preserve">Developers will be able to request advancement of their connection date when submitting their evidence of meeting the Gate 2 criteria. This requested advancement date (or the existing contracted connection date where advancement is not requested) will be the date used to allocate the project to a 'Phase' as shown in CNDM Section 5.7. The TOs will then take this date into consideration during the reassessment, and offer a date as close to this advancement date as the existing or future network permits. Any advancement will depend on network viability and the delivery schedules of the TO, DNO or iDNO. The methodology for determining advancement is described from section 5.25 of the Connection Network Design Methodology [available at https://www.neso.energy/document/375026/download]. </t>
   </si>
   <si>
     <t>How are advancement and planning status considered in pipeline formation and movement?</t>
   </si>
   <si>
     <t>Advancement is based on network capacity, not planning status. As projects are removed, those with planning may move forward.</t>
   </si>
   <si>
     <t xml:space="preserve">My notification does not receive detail of my advancement request, is this right? </t>
   </si>
   <si>
     <t>The notifications do not contain the results of customers advancement requests, except where a Phase 2 Customer was granted an advancement to Phase 1. Projects will not be notified of within-phase advancements, or where advancement request fails.</t>
   </si>
   <si>
     <t>How did the process for TO and DNO advancement checks change as of November 2025?</t>
   </si>
   <si>
-    <t>A November 2025 Connection Methodologies update identified two areas in which we and our delivery partners are able to deliver process efficiencies, leading to more timely delivery of G2TWQ. These relate to the Transmission Owner’ (TO) and Distribution Network Operator (DNO) ‘advancement checks’ which occur during the ‘Align the connections queue to the CP30 Action Plan’ activity as set out within 5.7.1 (page 31), 5.7.6 and 5.7.7 (page 32), 5.8.3 (page 34), and 5.25.5 (page 53) of the CNDM. We have decided that it is more efficient to move these ‘advancement checks’ from step 5 in the ‘Align the connections queue to the CP30 Action Plan’ activity as set out within 5.7.1 (page 31), to being carried out before step 1 of the ‘Align the connections queue to the CP30 Action Plan’ activity as set out within 5.7.1. 
+    <t>A November 2025 Connection Methodologies update identified two areas in which we and our delivery partners are able to deliver process efficiencies, leading to more timely delivery of G2tWQ. These relate to the Transmission Owner’ (TO) and Distribution Network Operator (DNO) ‘advancement checks’ which occur during the ‘Align the connections queue to the CP30 Action Plan’ activity as set out within 5.7.1 (page 31), 5.7.6 and 5.7.7 (page 32), 5.8.3 (page 34), and 5.25.5 (page 53) of the CNDM. We have decided that it is more efficient to move these ‘advancement checks’ from step 5 in the ‘Align the connections queue to the CP30 Action Plan’ activity as set out within 5.7.1 (page 31), to being carried out before step 1 of the ‘Align the connections queue to the CP30 Action Plan’ activity as set out within 5.7.1. 
 For more information, please see the November 2025 Connection Methodologies update [available at: https://www.neso.energy/document/371986/download] (page 31). This change was made is to remove the ‘advancement checks’ from the critical path for pipeline formation and ensure that any delay in the ‘advancement checks’ would not result in a delay to pipeline formation.</t>
   </si>
   <si>
     <t>Why was I given an earlier Phase 2 date instead of Phase 1?</t>
   </si>
   <si>
     <t>Your phase allocation is based on NESO’s queue formation methodology, which considers project readiness and strategic alignment. There are several different reasons why you may have been given Phase 2 rather than Phase 1 e.g. if you currently have a 2031+ firm or enduring non-firm connection date, requested Advancement and did not get a positive advancement check outcome.</t>
   </si>
   <si>
     <t>Why was I moved from Phase 1 to Phase 2 (or vice versa)?</t>
   </si>
   <si>
     <t>Your phase allocation is based on NESO’s queue formation methodology, which considers project readiness and strategic alignment. Projects are allocated to Phase 1 or Phase 2 in accordance with this approach, including in relation to whether Advancement was requested and granted.  Please note that phase allocation is for the purpose of queue formation and does not indicate the firm or enduring non-firm connection date which will ultimately be provided within the Gate 2 Modification Offer in future. Phase allocation also does not relate to any interim non-firm stages/dates.</t>
   </si>
   <si>
     <t>Pre-Reform &amp; Historical Issues</t>
   </si>
   <si>
     <t>What happens if a project has made its gate 2 submission but will be connected before the gate 2 offer is issued? Will an offer still be received?</t>
   </si>
   <si>
-    <t>You will receive a notification. The DNOS and TOS will check if you are already connected and process accordingly.</t>
-[...42 lines deleted...]
-    <t>Filing changes of director and/or registered office address at Companies House for existing Special Purpose Vehicles will not affect the Gate 1 or Gate 2 offers you’re due to receive, provided the legal entity itself remains the same (i.e., same company number) and there’s no change to the project particulars submitted to NESO.  However, if you are contemplating any change to the legal entity itself (e.g., moving a project to a different SPV, merger, or similar), please contact us via the portal and we will put you in touch with a Customer Connections Manager, as this can require a formal transfer/novation process and need to be handled case‑by‑case with NESO. Please remember to update your contact details in the portal to ensure future communications are shared with the correct contact.</t>
+    <t>You will receive a notification. The DNOs and TOs will check if you are already connected and process accordingly.</t>
+  </si>
+  <si>
+    <t>E-signing (Conga Sign</t>
+  </si>
+  <si>
+    <t>Do reassigned signers need portal accounts? </t>
+  </si>
+  <si>
+    <t>No, they do not. The Conga Sign link sites outside of the portal.  </t>
+  </si>
+  <si>
+    <t>Will customers get NESO countersignature via Conga Sign? </t>
+  </si>
+  <si>
+    <t>No, the final documents will come via portal. </t>
+  </si>
+  <si>
+    <t>Can multiple signatories be supported? </t>
+  </si>
+  <si>
+    <t>Yes, please tell NESO the names of the signatories in advance via the portal. </t>
+  </si>
+  <si>
+    <t>Can the MM3 signature be removed before reassignment to a different recipient? </t>
+  </si>
+  <si>
+    <t>No, unfortunately fields are fixed once issued. Please communicate this internally to avoid any mistakes.  </t>
+  </si>
+  <si>
+    <t>Who will get the Conga Sign reminder emails? </t>
+  </si>
+  <si>
+    <t>Conga Sign reminders will go to the initial recipient (i.e. the person to whom the documents were originally sent). </t>
+  </si>
+  <si>
+    <t>Can documents be downloaded pre‑signing? </t>
+  </si>
+  <si>
+    <t>Yes, you can download documents both before and after signing. </t>
+  </si>
+  <si>
+    <t>Where are the Conga Sign Terms and Conditions? </t>
+  </si>
+  <si>
+    <t xml:space="preserve">There is a link in the Conga Sign interface, and also on the Conga Sign website here https://conga.com/legal/terms-and-conditions. </t>
+  </si>
+  <si>
+    <t>Can the document be forwarded to someone else to sign? </t>
+  </si>
+  <si>
+    <t>Yes - there will be a link on the original email to re-assign to someone else. Please use this, and don't just forward the email on. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="13">
+  <fonts count="12">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Poppins"/>
     </font>
     <font>
       <b/>
       <sz val="13.5"/>
       <color theme="1"/>
       <name val="Poppins"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Poppins"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Poppins"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Poppins"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Poppins"/>
     </font>
     <font>
       <b/>
       <sz val="13.5"/>
       <color rgb="FF000000"/>
       <name val="Poppins"/>
     </font>
     <font>
-      <sz val="12"/>
-[...2 lines deleted...]
-    <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
-      <color theme="1"/>
+      <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
-      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
-      <color theme="1"/>
+      <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
-      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="14"/>
-[...3 lines deleted...]
-      <scheme val="minor"/>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Poppins"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFA02B93"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
@@ -864,164 +1088,240 @@
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFA02B93"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFA02B93"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="38">
+  <cellXfs count="48">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="2" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="14" fontId="4" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="4">
+  <dxfs count="9">
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
@@ -1041,1549 +1341,251 @@
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFA02B93"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>598055</xdr:colOff>
+      <xdr:colOff>579005</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>121805</xdr:rowOff>
+      <xdr:rowOff>198005</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>6</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1695450</xdr:colOff>
       <xdr:row>8</xdr:row>
-      <xdr:rowOff>86591</xdr:rowOff>
+      <xdr:rowOff>162791</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="12" name="Rectangle 11">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E52B18B4-0715-5879-9E6C-C14205F7C023}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="1204191" y="1377373"/>
-          <a:ext cx="19072514" cy="2519218"/>
+          <a:off x="1188605" y="1464830"/>
+          <a:ext cx="19928320" cy="2507961"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:lumMod val="95000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="15000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="l"/>
-          <a:endParaRPr lang="en-GB" sz="1100"/>
+          <a:pPr marL="0" indent="0" algn="l"/>
+          <a:endParaRPr lang="en-US" sz="1100">
+            <a:solidFill>
+              <a:schemeClr val="lt1"/>
+            </a:solidFill>
+            <a:latin typeface="+mn-lt"/>
+            <a:ea typeface="+mn-lt"/>
+            <a:cs typeface="+mn-lt"/>
+          </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>563469</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>187323</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>2025939</xdr:colOff>
+      <xdr:colOff>2029114</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>158750</xdr:rowOff>
+      <xdr:rowOff>161925</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7513424D-18D0-4F38-85A0-1FE38C659376}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1173069" y="187323"/>
           <a:ext cx="2072070" cy="981077"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>1</xdr:col>
-      <xdr:colOff>473075</xdr:colOff>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>123825</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>16058</xdr:rowOff>
+      <xdr:rowOff>247650</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>6</xdr:col>
-      <xdr:colOff>11256</xdr:colOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>8248650</xdr:colOff>
       <xdr:row>8</xdr:row>
-      <xdr:rowOff>126535</xdr:rowOff>
+      <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
-    <xdr:grpSp>
-[...1 lines deleted...]
-        <xdr:cNvPr id="11" name="Group 10">
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Picture 14">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D53D23B7-2462-A72E-587B-7F8B9288FC78}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B33F1EC4-2435-4E31-9AA8-9C98C1AD9125}"/>
+            </a:ext>
+            <a:ext uri="{147F2762-F138-4A5C-976F-8EAC2B608ADB}">
+              <a16:predDERef xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" pred="{1C4EBD53-BADC-4267-AEA9-CB3685F6A716}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvGrpSpPr/>
-[...1 lines deleted...]
-      <xdr:grpSpPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="1078309" y="1286058"/>
-[...2 lines deleted...]
-          <a:chExt cx="19208750" cy="2660626"/>
+          <a:off x="1343025" y="1514475"/>
+          <a:ext cx="17802225" cy="2409825"/>
         </a:xfrm>
-      </xdr:grpSpPr>
-[...1320 lines deleted...]
-    </xdr:grpSp>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>4</xdr:col>
-      <xdr:colOff>216197</xdr:colOff>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>5721647</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>155576</xdr:rowOff>
+      <xdr:rowOff>317501</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>1021484</xdr:colOff>
+      <xdr:colOff>173759</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>508290</xdr:rowOff>
+      <xdr:rowOff>670215</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="8" name="Rectangle 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C4EBD53-BADC-4267-AEA9-CB3685F6A716}"/>
             </a:ext>
+            <a:ext uri="{147F2762-F138-4A5C-976F-8EAC2B608ADB}">
+              <a16:predDERef xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" pred="{B33F1EC4-2435-4E31-9AA8-9C98C1AD9125}"/>
+            </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm rot="10800000" flipV="1">
-          <a:off x="11559606" y="1411144"/>
+          <a:off x="10265072" y="1584326"/>
           <a:ext cx="805287" cy="352714"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="15000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
@@ -3013,1364 +2015,1970 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{867CF48B-11E0-4CB4-86DE-9C84552E3480}">
-  <dimension ref="A1:L89"/>
+  <dimension ref="A1:K136"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="D3" zoomScale="96" zoomScaleNormal="45" workbookViewId="0">
-      <selection activeCell="E12" sqref="E12"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A31" zoomScale="71" zoomScaleNormal="45" workbookViewId="0">
+      <selection activeCell="D34" sqref="D34"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <cols>
-    <col min="3" max="3" width="49.81640625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="7" width="25" customWidth="1"/>
+    <col min="3" max="3" width="49.85546875" style="36" customWidth="1"/>
+    <col min="4" max="4" width="95.28515625" customWidth="1"/>
+    <col min="5" max="5" width="127.85546875" customWidth="1"/>
+    <col min="6" max="6" width="25.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="3:6" ht="79" customHeight="1">
-[...1 lines deleted...]
-        <v>178</v>
+    <row r="1" spans="3:6" ht="78.95" customHeight="1">
+      <c r="D1" s="37" t="s">
+        <v>0</v>
       </c>
     </row>
     <row r="2" spans="3:6" ht="21" customHeight="1">
-      <c r="D2" s="19"/>
-[...2 lines deleted...]
-    <row r="9" spans="3:6" ht="23.15" customHeight="1">
+      <c r="D2" s="18"/>
+    </row>
+    <row r="3" spans="3:6" ht="126.6" customHeight="1"/>
+    <row r="4" spans="3:6" ht="14.45"/>
+    <row r="9" spans="3:6" ht="23.1" customHeight="1">
       <c r="C9" s="1"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="1"/>
     </row>
-    <row r="10" spans="3:6" ht="27.5">
+    <row r="10" spans="3:6" ht="27.6">
       <c r="C10" s="7" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D10" s="7" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E10" s="7" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>3</v>
-[...3 lines deleted...]
-      <c r="C11" s="17" t="s">
         <v>4</v>
       </c>
-      <c r="D11" s="30" t="s">
+    </row>
+    <row r="11" spans="3:6" ht="99.75" customHeight="1">
+      <c r="C11" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="E11" s="31" t="s">
+      <c r="D11" s="28" t="s">
         <v>6</v>
+      </c>
+      <c r="E11" s="29" t="s">
+        <v>7</v>
       </c>
       <c r="F11" s="5">
         <v>46002</v>
       </c>
     </row>
-    <row r="12" spans="3:6" ht="231" customHeight="1">
-[...9 lines deleted...]
-      <c r="F12" s="16">
+    <row r="12" spans="3:6" ht="159.75" customHeight="1">
+      <c r="C12" s="16" t="s">
+        <v>5</v>
+      </c>
+      <c r="D12" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="E12" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" s="15">
         <v>46045</v>
       </c>
     </row>
-    <row r="13" spans="3:6" ht="94" customHeight="1">
-[...9 lines deleted...]
-      <c r="F13" s="16">
+    <row r="13" spans="3:6" ht="39.75" customHeight="1">
+      <c r="C13" s="16" t="s">
+        <v>5</v>
+      </c>
+      <c r="D13" s="20" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="15">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="14" spans="3:6" ht="25.5" customHeight="1">
+      <c r="C14" s="16" t="s">
+        <v>5</v>
+      </c>
+      <c r="D14" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="F14" s="15">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="15" spans="3:6" ht="25.5" customHeight="1">
+      <c r="C15" s="16" t="s">
+        <v>5</v>
+      </c>
+      <c r="D15" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="46" t="s">
+        <v>15</v>
+      </c>
+      <c r="F15" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="16" spans="3:6" ht="25.5" customHeight="1">
+      <c r="C16" s="16" t="s">
+        <v>5</v>
+      </c>
+      <c r="D16" s="46" t="s">
+        <v>16</v>
+      </c>
+      <c r="E16" s="46" t="s">
+        <v>17</v>
+      </c>
+      <c r="F16" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="79.5" customHeight="1">
+      <c r="C17" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" s="15">
         <v>46000</v>
       </c>
     </row>
-    <row r="14" spans="3:6" ht="261" customHeight="1">
-[...48 lines deleted...]
-      <c r="E17" s="18" t="s">
+    <row r="18" spans="1:6" ht="60" customHeight="1">
+      <c r="C18" s="16" t="s">
         <v>18</v>
       </c>
-      <c r="F17" s="16">
-[...23 lines deleted...]
-      <c r="D19" s="22" t="s">
+      <c r="D18" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="E19" s="32" t="s">
+      <c r="E18" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="F19" s="5">
-[...9 lines deleted...]
-      <c r="D20" s="22" t="s">
+      <c r="F18" s="15">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="119.25" customHeight="1">
+      <c r="C19" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="E20" s="32" t="s">
+      <c r="E19" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="F20" s="5">
-[...7 lines deleted...]
-      <c r="D21" s="4" t="s">
+      <c r="F19" s="15">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="119.25" customHeight="1">
+      <c r="C20" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" s="46" t="s">
         <v>25</v>
       </c>
-      <c r="E21" s="4" t="s">
+      <c r="E20" s="46" t="s">
         <v>26</v>
       </c>
-      <c r="F21" s="5">
-[...9 lines deleted...]
-      <c r="D22" s="22" t="s">
+      <c r="F20" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="119.25" customHeight="1">
+      <c r="C21" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" s="46" t="s">
         <v>27</v>
       </c>
-      <c r="E22" s="22" t="s">
+      <c r="E21" s="46" t="s">
         <v>28</v>
       </c>
-      <c r="F22" s="5">
-[...9 lines deleted...]
-      <c r="D23" s="22" t="s">
+      <c r="F21" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="119.25" customHeight="1">
+      <c r="C22" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" s="46" t="s">
         <v>29</v>
       </c>
-      <c r="E23" s="22" t="s">
+      <c r="E22" s="46" t="s">
         <v>30</v>
       </c>
-      <c r="F23" s="5">
-[...3 lines deleted...]
-    <row r="24" spans="1:12" ht="251.15" customHeight="1">
+      <c r="F22" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="119.25" customHeight="1">
+      <c r="C23" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" s="15">
+        <v>46066</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="179.25" customHeight="1">
       <c r="C24" s="3" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F24" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="25" spans="1:12" ht="165.65" customHeight="1">
-[...9 lines deleted...]
-        <v>34</v>
+    <row r="25" spans="1:6" ht="39.75" customHeight="1">
+      <c r="C25" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E25" s="4" t="s">
+        <v>37</v>
       </c>
       <c r="F25" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="26" spans="1:12" ht="123.65" customHeight="1">
-[...11 lines deleted...]
-      <c r="F26" s="16">
+    <row r="26" spans="1:6" ht="79.5" customHeight="1">
+      <c r="C26" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E26" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F26" s="5">
         <v>45996</v>
       </c>
-      <c r="L26" s="27"/>
-[...13 lines deleted...]
-      <c r="F27" s="16">
+    </row>
+    <row r="27" spans="1:6" ht="99.75" customHeight="1">
+      <c r="C27" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D27" s="17" t="s">
+        <v>40</v>
+      </c>
+      <c r="E27" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F27" s="15">
         <v>46000</v>
       </c>
-      <c r="L27" s="27"/>
-[...11 lines deleted...]
-        <v>41</v>
+    </row>
+    <row r="28" spans="1:6" ht="39.75" customHeight="1">
+      <c r="C28" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E28" s="4" t="s">
+        <v>43</v>
       </c>
       <c r="F28" s="5">
         <v>45996</v>
       </c>
-      <c r="L28" s="27"/>
-[...1 lines deleted...]
-    <row r="29" spans="1:12" ht="328" customHeight="1">
+    </row>
+    <row r="29" spans="1:6" ht="79.5" customHeight="1">
       <c r="A29" s="9"/>
       <c r="B29" s="9"/>
-      <c r="C29" s="14" t="s">
-[...6 lines deleted...]
-        <v>43</v>
+      <c r="C29" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D29" s="20" t="s">
+        <v>44</v>
+      </c>
+      <c r="E29" s="30" t="s">
+        <v>45</v>
       </c>
       <c r="F29" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="30" spans="1:12" ht="118.5" customHeight="1">
-[...9 lines deleted...]
-        <v>45</v>
+    <row r="30" spans="1:6" ht="239.25" customHeight="1">
+      <c r="C30" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E30" s="4" t="s">
+        <v>47</v>
       </c>
       <c r="F30" s="5">
-        <v>46000</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:12" ht="56.15" customHeight="1">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="39.75" customHeight="1">
       <c r="A31" s="9"/>
       <c r="B31" s="9"/>
-      <c r="C31" s="12" t="s">
-[...6 lines deleted...]
-        <v>47</v>
+      <c r="C31" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D31" s="20" t="s">
+        <v>48</v>
+      </c>
+      <c r="E31" s="20" t="s">
+        <v>49</v>
       </c>
       <c r="F31" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="32" spans="1:12" ht="113.15" customHeight="1">
+    <row r="32" spans="1:6" ht="138">
       <c r="A32" s="9"/>
       <c r="B32" s="9"/>
-      <c r="C32" s="12" t="s">
-[...6 lines deleted...]
-        <v>49</v>
+      <c r="C32" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D32" s="20" t="s">
+        <v>50</v>
+      </c>
+      <c r="E32" s="20" t="s">
+        <v>51</v>
       </c>
       <c r="F32" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="33" spans="1:6" ht="363.65" customHeight="1">
-[...8 lines deleted...]
-      <c r="E33" s="28" t="s">
+    <row r="33" spans="1:11" s="42" customFormat="1" ht="69">
+      <c r="A33" s="38"/>
+      <c r="B33" s="38"/>
+      <c r="C33" s="39" t="s">
+        <v>31</v>
+      </c>
+      <c r="D33" s="40" t="s">
         <v>52</v>
       </c>
-      <c r="F33" s="16">
-[...9 lines deleted...]
-      <c r="D34" s="28" t="s">
+      <c r="E33" s="40" t="s">
         <v>53</v>
       </c>
-      <c r="E34" s="28" t="s">
+      <c r="F33" s="41">
+        <v>46066</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" s="42" customFormat="1" ht="119.25">
+      <c r="A34" s="38"/>
+      <c r="B34" s="38"/>
+      <c r="C34" s="39" t="s">
+        <v>31</v>
+      </c>
+      <c r="D34" s="40" t="s">
         <v>54</v>
       </c>
-      <c r="F34" s="16">
-[...9 lines deleted...]
-      <c r="D35" s="28" t="s">
+      <c r="E34" s="43" t="s">
         <v>55</v>
       </c>
-      <c r="E35" s="29" t="s">
+      <c r="F34" s="41">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" s="42" customFormat="1" ht="92.1">
+      <c r="A35" s="38"/>
+      <c r="B35" s="38"/>
+      <c r="C35" s="39" t="s">
+        <v>31</v>
+      </c>
+      <c r="D35" s="40" t="s">
         <v>56</v>
       </c>
-      <c r="F35" s="16">
-[...9 lines deleted...]
-      <c r="D36" s="28" t="s">
+      <c r="E35" s="40" t="s">
         <v>57</v>
       </c>
-      <c r="E36" s="28" t="s">
+      <c r="F35" s="41">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" s="42" customFormat="1" ht="39.75">
+      <c r="A36" s="38"/>
+      <c r="B36" s="38"/>
+      <c r="C36" s="39" t="s">
+        <v>31</v>
+      </c>
+      <c r="D36" s="46" t="s">
         <v>58</v>
       </c>
-      <c r="F36" s="16">
-[...9 lines deleted...]
-      <c r="D37" s="28" t="s">
+      <c r="E36" s="46" t="s">
         <v>59</v>
       </c>
-      <c r="E37" s="29" t="s">
+      <c r="F36" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" s="42" customFormat="1" ht="39.75">
+      <c r="A37" s="38"/>
+      <c r="B37" s="38"/>
+      <c r="C37" s="39" t="s">
+        <v>31</v>
+      </c>
+      <c r="D37" s="46" t="s">
         <v>60</v>
       </c>
-      <c r="F37" s="16">
-[...9 lines deleted...]
-      <c r="D38" s="22" t="s">
+      <c r="E37" s="46" t="s">
         <v>61</v>
       </c>
-      <c r="E38" s="31" t="s">
+      <c r="F37" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" s="42" customFormat="1" ht="60">
+      <c r="A38" s="38"/>
+      <c r="B38" s="38"/>
+      <c r="C38" s="39" t="s">
+        <v>31</v>
+      </c>
+      <c r="D38" s="46" t="s">
         <v>62</v>
       </c>
-      <c r="F38" s="5">
+      <c r="E38" s="46" t="s">
+        <v>63</v>
+      </c>
+      <c r="F38" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" s="42" customFormat="1" ht="60">
+      <c r="A39" s="38"/>
+      <c r="B39" s="38"/>
+      <c r="C39" s="39" t="s">
+        <v>31</v>
+      </c>
+      <c r="D39" s="46" t="s">
+        <v>64</v>
+      </c>
+      <c r="E39" s="46" t="s">
+        <v>65</v>
+      </c>
+      <c r="F39" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" s="42" customFormat="1" ht="179.25">
+      <c r="A40" s="38"/>
+      <c r="B40" s="38"/>
+      <c r="C40" s="39" t="s">
+        <v>31</v>
+      </c>
+      <c r="D40" s="46" t="s">
+        <v>66</v>
+      </c>
+      <c r="E40" s="46" t="s">
+        <v>67</v>
+      </c>
+      <c r="F40" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" s="42" customFormat="1" ht="39.75">
+      <c r="A41" s="38"/>
+      <c r="B41" s="38"/>
+      <c r="C41" s="39" t="s">
+        <v>31</v>
+      </c>
+      <c r="D41" s="46" t="s">
+        <v>68</v>
+      </c>
+      <c r="E41" s="46" t="s">
+        <v>69</v>
+      </c>
+      <c r="F41" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11" ht="79.5" customHeight="1">
+      <c r="A42" s="9"/>
+      <c r="B42" s="9"/>
+      <c r="C42" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="D42" s="20" t="s">
+        <v>71</v>
+      </c>
+      <c r="E42" s="20" t="s">
+        <v>72</v>
+      </c>
+      <c r="F42" s="15">
         <v>45996</v>
       </c>
-    </row>
-[...54 lines deleted...]
-      <c r="E42" s="4" t="s">
+      <c r="K42" s="25"/>
+    </row>
+    <row r="43" spans="1:11" ht="258.75" customHeight="1">
+      <c r="A43" s="9"/>
+      <c r="B43" s="9"/>
+      <c r="C43" s="45" t="s">
         <v>70</v>
       </c>
-      <c r="F42" s="5">
-[...21 lines deleted...]
-      <c r="D44" s="4" t="s">
+      <c r="D43" s="46" t="s">
         <v>73</v>
       </c>
-      <c r="E44" s="4" t="s">
+      <c r="E43" s="47" t="s">
         <v>74</v>
       </c>
+      <c r="F43" s="41">
+        <v>46066</v>
+      </c>
+      <c r="K43" s="25"/>
+    </row>
+    <row r="44" spans="1:11" ht="179.25" customHeight="1">
+      <c r="A44" s="9"/>
+      <c r="B44" s="9"/>
+      <c r="C44" s="14" t="s">
+        <v>70</v>
+      </c>
+      <c r="D44" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="E44" s="31" t="s">
+        <v>76</v>
+      </c>
       <c r="F44" s="5">
-        <v>46001</v>
-[...10 lines deleted...]
-        <v>76</v>
+        <v>45996</v>
+      </c>
+      <c r="K44" s="25"/>
+    </row>
+    <row r="45" spans="1:11" ht="199.5" customHeight="1">
+      <c r="A45" s="9"/>
+      <c r="B45" s="9"/>
+      <c r="C45" s="14" t="s">
+        <v>70</v>
+      </c>
+      <c r="D45" s="20" t="s">
+        <v>77</v>
+      </c>
+      <c r="E45" s="31" t="s">
+        <v>78</v>
       </c>
       <c r="F45" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="46" spans="1:6" ht="304.5" customHeight="1">
+    <row r="46" spans="1:11" ht="79.5" customHeight="1">
       <c r="A46" s="9"/>
       <c r="B46" s="9"/>
-      <c r="C46" s="13" t="s">
-[...6 lines deleted...]
-        <v>78</v>
+      <c r="C46" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="D46" s="20" t="s">
+        <v>79</v>
+      </c>
+      <c r="E46" s="32" t="s">
+        <v>80</v>
       </c>
       <c r="F46" s="5">
-        <v>45996</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:6" ht="255" customHeight="1">
+        <v>46000</v>
+      </c>
+    </row>
+    <row r="47" spans="1:11" ht="39.75" customHeight="1">
       <c r="A47" s="9"/>
       <c r="B47" s="9"/>
-      <c r="C47" s="3" t="s">
-[...6 lines deleted...]
-        <v>80</v>
+      <c r="C47" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="D47" s="20" t="s">
+        <v>81</v>
+      </c>
+      <c r="E47" s="30" t="s">
+        <v>82</v>
       </c>
       <c r="F47" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="48" spans="1:6" ht="234.65" customHeight="1">
+    <row r="48" spans="1:11" ht="79.5" customHeight="1">
       <c r="A48" s="9"/>
       <c r="B48" s="9"/>
-      <c r="C48" s="3" t="s">
-[...6 lines deleted...]
-        <v>82</v>
+      <c r="C48" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="D48" s="20" t="s">
+        <v>83</v>
+      </c>
+      <c r="E48" s="30" t="s">
+        <v>84</v>
       </c>
       <c r="F48" s="5">
-        <v>46001</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:6" ht="213.65" customHeight="1">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" ht="258.75" customHeight="1">
       <c r="A49" s="9"/>
       <c r="B49" s="9"/>
       <c r="C49" s="10" t="s">
-        <v>50</v>
-[...11 lines deleted...]
-    <row r="50" spans="1:6" ht="220.5" customHeight="1">
+        <v>85</v>
+      </c>
+      <c r="D49" s="26" t="s">
+        <v>86</v>
+      </c>
+      <c r="E49" s="26" t="s">
+        <v>87</v>
+      </c>
+      <c r="F49" s="15">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="179.25" customHeight="1">
+      <c r="A50" s="9"/>
+      <c r="B50" s="9"/>
       <c r="C50" s="10" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D50" s="30" t="s">
         <v>85</v>
       </c>
-      <c r="E50" s="31" t="s">
-[...6 lines deleted...]
-    <row r="51" spans="1:6" ht="246.65" customHeight="1">
+      <c r="D50" s="26" t="s">
+        <v>88</v>
+      </c>
+      <c r="E50" s="26" t="s">
+        <v>89</v>
+      </c>
+      <c r="F50" s="15">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" ht="339" customHeight="1">
       <c r="A51" s="9"/>
       <c r="B51" s="9"/>
-      <c r="C51" s="17" t="s">
-[...8 lines deleted...]
-      <c r="F51" s="16">
+      <c r="C51" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D51" s="26" t="s">
+        <v>90</v>
+      </c>
+      <c r="E51" s="27" t="s">
+        <v>91</v>
+      </c>
+      <c r="F51" s="15">
         <v>46029</v>
       </c>
     </row>
-    <row r="52" spans="1:6" ht="302.5" customHeight="1">
+    <row r="52" spans="1:6" ht="159.75" customHeight="1">
       <c r="A52" s="9"/>
       <c r="B52" s="9"/>
       <c r="C52" s="10" t="s">
-        <v>87</v>
-[...7 lines deleted...]
-      <c r="F52" s="16">
+        <v>85</v>
+      </c>
+      <c r="D52" s="26" t="s">
+        <v>92</v>
+      </c>
+      <c r="E52" s="26" t="s">
+        <v>93</v>
+      </c>
+      <c r="F52" s="15">
         <v>46029</v>
       </c>
     </row>
-    <row r="53" spans="1:6" ht="114" customHeight="1">
+    <row r="53" spans="1:6" ht="199.5" customHeight="1">
       <c r="A53" s="9"/>
       <c r="B53" s="9"/>
-      <c r="C53" s="3" t="s">
-[...12 lines deleted...]
-    <row r="54" spans="1:6" ht="38.15" customHeight="1">
+      <c r="C53" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D53" s="26" t="s">
+        <v>94</v>
+      </c>
+      <c r="E53" s="27" t="s">
+        <v>95</v>
+      </c>
+      <c r="F53" s="15">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" ht="39.75" customHeight="1">
       <c r="A54" s="9"/>
       <c r="B54" s="9"/>
-      <c r="C54" s="3" t="s">
-[...6 lines deleted...]
-        <v>95</v>
+      <c r="C54" s="13" t="s">
+        <v>85</v>
+      </c>
+      <c r="D54" s="20" t="s">
+        <v>96</v>
+      </c>
+      <c r="E54" s="29" t="s">
+        <v>97</v>
       </c>
       <c r="F54" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="55" spans="1:6" ht="69">
-[...9 lines deleted...]
-      <c r="F55" s="23">
+    <row r="55" spans="1:6" ht="179.25" customHeight="1">
+      <c r="A55" s="9"/>
+      <c r="B55" s="9"/>
+      <c r="C55" s="13" t="s">
+        <v>85</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="E55" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="F55" s="15">
         <v>46008</v>
       </c>
     </row>
-    <row r="56" spans="1:6" ht="184">
+    <row r="56" spans="1:6" ht="119.25" customHeight="1">
       <c r="A56" s="9"/>
       <c r="B56" s="9"/>
       <c r="C56" s="12" t="s">
-        <v>98</v>
-[...4 lines deleted...]
-      <c r="E56" s="24" t="s">
+        <v>85</v>
+      </c>
+      <c r="D56" s="20" t="s">
         <v>100</v>
       </c>
-      <c r="F56" s="23">
+      <c r="E56" s="20" t="s">
+        <v>101</v>
+      </c>
+      <c r="F56" s="21">
         <v>46008</v>
       </c>
     </row>
-    <row r="57" spans="1:6" ht="233.15" customHeight="1">
-[...6 lines deleted...]
-      <c r="E57" s="36" t="s">
+    <row r="57" spans="1:6" ht="119.25" customHeight="1">
+      <c r="B57" s="9"/>
+      <c r="C57" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D57" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="F57" s="16">
+      <c r="E57" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="F57" s="15">
         <v>46000</v>
       </c>
     </row>
-    <row r="58" spans="1:6" ht="231.65" customHeight="1">
-[...8 lines deleted...]
-      <c r="E58" s="24" t="s">
+    <row r="58" spans="1:6" ht="92.1">
+      <c r="C58" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D58" s="4" t="s">
         <v>104</v>
       </c>
-      <c r="F58" s="23">
+      <c r="E58" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="F58" s="5">
         <v>46008</v>
       </c>
     </row>
-    <row r="59" spans="1:6" ht="161">
-[...8 lines deleted...]
-      <c r="E59" s="24" t="s">
+    <row r="59" spans="1:6" ht="183.95">
+      <c r="C59" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D59" s="4" t="s">
         <v>106</v>
       </c>
-      <c r="F59" s="23">
-[...9 lines deleted...]
-      <c r="D60" s="4" t="s">
+      <c r="E59" s="4" t="s">
         <v>107</v>
       </c>
-      <c r="E60" s="4" t="s">
+      <c r="F59" s="5">
+        <v>46001</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" ht="79.5" customHeight="1">
+      <c r="C60" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D60" s="6" t="s">
         <v>108</v>
       </c>
+      <c r="E60" s="6" t="s">
+        <v>109</v>
+      </c>
       <c r="F60" s="5">
-        <v>46001</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:6" ht="138">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" ht="219" customHeight="1">
       <c r="A61" s="9"/>
       <c r="B61" s="9"/>
-      <c r="C61" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D61" s="4" t="s">
+      <c r="C61" s="13" t="s">
+        <v>85</v>
+      </c>
+      <c r="D61" s="20" t="s">
         <v>110</v>
       </c>
-      <c r="E61" s="4" t="s">
+      <c r="E61" s="20" t="s">
         <v>111</v>
       </c>
-      <c r="F61" s="23">
-[...3 lines deleted...]
-    <row r="62" spans="1:6" ht="393" customHeight="1">
+      <c r="F61" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" ht="199.5" customHeight="1">
       <c r="A62" s="9"/>
       <c r="B62" s="9"/>
-      <c r="C62" s="25" t="s">
+      <c r="C62" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D62" s="20" t="s">
         <v>112</v>
       </c>
-      <c r="D62" s="37" t="s">
+      <c r="E62" s="31" t="s">
         <v>113</v>
       </c>
-      <c r="E62" s="28" t="s">
-[...6 lines deleted...]
-    <row r="63" spans="1:6" ht="129.65" customHeight="1">
+      <c r="F62" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" ht="179.25" customHeight="1">
       <c r="A63" s="9"/>
       <c r="B63" s="9"/>
-      <c r="C63" s="25" t="s">
+      <c r="C63" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="E63" s="4" t="s">
         <v>115</v>
       </c>
-      <c r="D63" s="24" t="s">
+      <c r="F63" s="5">
+        <v>46001</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" ht="159.75" customHeight="1">
+      <c r="A64" s="9"/>
+      <c r="B64" s="9"/>
+      <c r="C64" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D64" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="E63" s="24" t="s">
+      <c r="E64" s="4" t="s">
         <v>117</v>
       </c>
-      <c r="F63" s="23">
-[...7 lines deleted...]
-      <c r="D64" s="24" t="s">
+      <c r="F64" s="5">
+        <v>46001</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" ht="60" customHeight="1">
+      <c r="A65" s="9"/>
+      <c r="B65" s="9"/>
+      <c r="C65" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D65" s="4" t="s">
         <v>118</v>
       </c>
-      <c r="E64" s="24" t="s">
+      <c r="E65" s="4" t="s">
         <v>119</v>
       </c>
-      <c r="F64" s="23">
-[...7 lines deleted...]
-      <c r="D65" s="24" t="s">
+      <c r="F65" s="5">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" ht="39.75" customHeight="1">
+      <c r="A66" s="9"/>
+      <c r="B66" s="9"/>
+      <c r="C66" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D66" s="4" t="s">
         <v>120</v>
       </c>
-      <c r="E65" s="24" t="s">
+      <c r="E66" s="4" t="s">
         <v>121</v>
       </c>
-      <c r="F65" s="23">
-[...7 lines deleted...]
-      <c r="D66" s="4" t="s">
+      <c r="F66" s="5">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" ht="39.75" customHeight="1">
+      <c r="A67" s="9"/>
+      <c r="B67" s="9"/>
+      <c r="C67" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D67" s="4" t="s">
         <v>122</v>
       </c>
-      <c r="E66" s="4" t="s">
+      <c r="E67" s="4" t="s">
         <v>123</v>
       </c>
-      <c r="F66" s="26">
-[...17 lines deleted...]
-    <row r="68" spans="1:12" ht="156" customHeight="1">
+      <c r="F67" s="5">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" ht="60" customHeight="1">
       <c r="A68" s="9"/>
       <c r="B68" s="9"/>
-      <c r="C68" s="13" t="s">
-[...6 lines deleted...]
-        <v>129</v>
+      <c r="C68" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="E68" s="4" t="s">
+        <v>125</v>
       </c>
       <c r="F68" s="5">
-        <v>45996</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:12" ht="47.5" customHeight="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" ht="39.75" customHeight="1">
       <c r="A69" s="9"/>
       <c r="B69" s="9"/>
-      <c r="C69" s="13" t="s">
+      <c r="C69" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="E69" s="4" t="s">
         <v>127</v>
       </c>
-      <c r="D69" s="22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F69" s="5">
-        <v>45996</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:12" ht="272.5" customHeight="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" ht="60" customHeight="1">
       <c r="A70" s="9"/>
       <c r="B70" s="9"/>
-      <c r="C70" s="12" t="s">
-[...13 lines deleted...]
-    <row r="71" spans="1:12" ht="185.15" customHeight="1">
+      <c r="C70" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="E70" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="F70" s="5">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" ht="60" customHeight="1">
       <c r="A71" s="9"/>
       <c r="B71" s="9"/>
-      <c r="C71" s="14" t="s">
-[...12 lines deleted...]
-    <row r="72" spans="1:12" ht="333" customHeight="1">
+      <c r="C71" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D71" s="17" t="s">
+        <v>130</v>
+      </c>
+      <c r="E71" s="17" t="s">
+        <v>131</v>
+      </c>
+      <c r="F71" s="15">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" ht="60" customHeight="1">
       <c r="A72" s="9"/>
       <c r="B72" s="9"/>
       <c r="C72" s="10" t="s">
-        <v>135</v>
-[...11 lines deleted...]
-    <row r="73" spans="1:12" ht="144" customHeight="1">
+        <v>85</v>
+      </c>
+      <c r="D72" s="46" t="s">
+        <v>132</v>
+      </c>
+      <c r="E72" s="46" t="s">
+        <v>133</v>
+      </c>
+      <c r="F72" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" ht="60" customHeight="1">
       <c r="A73" s="9"/>
       <c r="B73" s="9"/>
-      <c r="C73" s="12" t="s">
-[...12 lines deleted...]
-    <row r="74" spans="1:12" ht="200.15" customHeight="1">
+      <c r="C73" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D73" s="46" t="s">
+        <v>134</v>
+      </c>
+      <c r="E73" s="46" t="s">
+        <v>135</v>
+      </c>
+      <c r="F73" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" ht="60" customHeight="1">
       <c r="A74" s="9"/>
       <c r="B74" s="9"/>
-      <c r="C74" s="13" t="s">
+      <c r="C74" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D74" s="46" t="s">
+        <v>136</v>
+      </c>
+      <c r="E74" s="46" t="s">
+        <v>137</v>
+      </c>
+      <c r="F74" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" ht="159.75" customHeight="1">
+      <c r="C75" s="10" t="s">
         <v>138</v>
       </c>
-      <c r="D74" s="22" t="s">
-[...19 lines deleted...]
-        <v>144</v>
+      <c r="D75" s="28" t="s">
+        <v>139</v>
+      </c>
+      <c r="E75" s="29" t="s">
+        <v>140</v>
       </c>
       <c r="F75" s="5">
-        <v>45996</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:12" ht="299.14999999999998" customHeight="1">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" ht="159.75" customHeight="1">
       <c r="A76" s="9"/>
       <c r="B76" s="9"/>
-      <c r="C76" s="13" t="s">
+      <c r="C76" s="10" t="s">
         <v>138</v>
       </c>
-      <c r="D76" s="22" t="s">
-[...9 lines deleted...]
-    <row r="77" spans="1:12" ht="163.5" customHeight="1">
+      <c r="D76" s="26" t="s">
+        <v>141</v>
+      </c>
+      <c r="E76" s="26" t="s">
+        <v>142</v>
+      </c>
+      <c r="F76" s="15">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" ht="199.5" customHeight="1">
       <c r="A77" s="9"/>
       <c r="B77" s="9"/>
-      <c r="C77" s="15" t="s">
-[...12 lines deleted...]
-    <row r="78" spans="1:12" ht="111.65" customHeight="1">
+      <c r="C77" s="10" t="s">
+        <v>138</v>
+      </c>
+      <c r="D77" s="33" t="s">
+        <v>143</v>
+      </c>
+      <c r="E77" s="26" t="s">
+        <v>144</v>
+      </c>
+      <c r="F77" s="15">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" ht="79.5" customHeight="1">
       <c r="A78" s="9"/>
       <c r="B78" s="9"/>
-      <c r="C78" s="20" t="s">
-        <v>147</v>
+      <c r="C78" s="10" t="s">
+        <v>138</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>150</v>
-[...8 lines deleted...]
-    <row r="79" spans="1:12" ht="72.650000000000006" customHeight="1">
+        <v>145</v>
+      </c>
+      <c r="E78" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="F78" s="15">
+        <v>46000</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" ht="23.25" customHeight="1">
       <c r="A79" s="9"/>
       <c r="B79" s="9"/>
-      <c r="C79" s="13" t="s">
-[...6 lines deleted...]
-        <v>154</v>
+      <c r="C79" s="10" t="s">
+        <v>138</v>
+      </c>
+      <c r="D79" s="20" t="s">
+        <v>147</v>
+      </c>
+      <c r="E79" s="29" t="s">
+        <v>148</v>
       </c>
       <c r="F79" s="5">
         <v>45996</v>
       </c>
     </row>
-    <row r="80" spans="1:12" ht="103" customHeight="1">
-[...2 lines deleted...]
-      <c r="C80" s="13" t="s">
+    <row r="80" spans="1:6" ht="39.75">
+      <c r="C80" s="10" t="s">
+        <v>138</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="E80" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="F80" s="21">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" s="42" customFormat="1" ht="99.75">
+      <c r="C81" s="10" t="s">
+        <v>138</v>
+      </c>
+      <c r="D81" s="40" t="s">
+        <v>151</v>
+      </c>
+      <c r="E81" s="40" t="s">
         <v>152</v>
       </c>
-      <c r="D80" s="22" t="s">
-[...41 lines deleted...]
-    <row r="83" spans="1:6" ht="241" customHeight="1">
+      <c r="F81" s="44">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" s="42" customFormat="1" ht="39.75">
+      <c r="C82" s="10" t="s">
+        <v>138</v>
+      </c>
+      <c r="D82" s="46" t="s">
+        <v>153</v>
+      </c>
+      <c r="E82" s="46" t="s">
+        <v>154</v>
+      </c>
+      <c r="F82" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" ht="161.1">
       <c r="A83" s="9"/>
       <c r="B83" s="9"/>
-      <c r="C83" s="10" t="s">
+      <c r="C83" s="12" t="s">
+        <v>155</v>
+      </c>
+      <c r="D83" s="22" t="s">
+        <v>156</v>
+      </c>
+      <c r="E83" s="22" t="s">
+        <v>157</v>
+      </c>
+      <c r="F83" s="21">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" ht="159.75" customHeight="1">
+      <c r="C84" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="E84" s="34" t="s">
+        <v>159</v>
+      </c>
+      <c r="F84" s="15">
+        <v>46000</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" ht="159.75" customHeight="1">
+      <c r="A85" s="9"/>
+      <c r="B85" s="9"/>
+      <c r="C85" s="12" t="s">
+        <v>155</v>
+      </c>
+      <c r="D85" s="22" t="s">
+        <v>160</v>
+      </c>
+      <c r="E85" s="22" t="s">
         <v>161</v>
       </c>
-      <c r="D83" s="6" t="s">
+      <c r="F85" s="21">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" ht="138">
+      <c r="A86" s="9"/>
+      <c r="B86" s="9"/>
+      <c r="C86" s="12" t="s">
+        <v>155</v>
+      </c>
+      <c r="D86" s="22" t="s">
         <v>162</v>
       </c>
-      <c r="E83" s="4" t="s">
+      <c r="E86" s="22" t="s">
         <v>163</v>
       </c>
-      <c r="F83" s="5">
-[...9 lines deleted...]
-      <c r="D84" s="22" t="s">
+      <c r="F86" s="21">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" ht="219" customHeight="1">
+      <c r="A87" s="9"/>
+      <c r="B87" s="9"/>
+      <c r="C87" s="12" t="s">
+        <v>155</v>
+      </c>
+      <c r="D87" s="4" t="s">
         <v>164</v>
       </c>
-      <c r="E84" s="22" t="s">
+      <c r="E87" s="4" t="s">
         <v>165</v>
       </c>
-      <c r="F84" s="5">
-[...7 lines deleted...]
-      <c r="D85" s="4" t="s">
+      <c r="F87" s="5">
+        <v>46001</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" ht="219" customHeight="1">
+      <c r="A88" s="9"/>
+      <c r="B88" s="9"/>
+      <c r="C88" s="12" t="s">
+        <v>155</v>
+      </c>
+      <c r="D88" s="46" t="s">
         <v>166</v>
       </c>
-      <c r="E85" s="4" t="s">
+      <c r="E88" s="46" t="s">
         <v>167</v>
       </c>
-      <c r="F85" s="5">
-[...45 lines deleted...]
-    <row r="89" spans="1:6" ht="64" customHeight="1">
+      <c r="F88" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" ht="114.95">
       <c r="A89" s="9"/>
       <c r="B89" s="9"/>
-      <c r="C89" s="13" t="s">
+      <c r="C89" s="12" t="s">
+        <v>168</v>
+      </c>
+      <c r="D89" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="E89" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="F89" s="21">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" ht="258.75" customHeight="1">
+      <c r="A90" s="9"/>
+      <c r="B90" s="9"/>
+      <c r="C90" s="23" t="s">
+        <v>171</v>
+      </c>
+      <c r="D90" s="35" t="s">
+        <v>172</v>
+      </c>
+      <c r="E90" s="26" t="s">
+        <v>173</v>
+      </c>
+      <c r="F90" s="15">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" ht="39.75" customHeight="1">
+      <c r="A91" s="9"/>
+      <c r="B91" s="9"/>
+      <c r="C91" s="23" t="s">
+        <v>171</v>
+      </c>
+      <c r="D91" s="35" t="s">
         <v>174</v>
       </c>
-      <c r="D89" s="22" t="s">
+      <c r="E91" s="35" t="s">
         <v>175</v>
       </c>
-      <c r="E89" s="22" t="s">
+      <c r="F91" s="15">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" ht="100.5" customHeight="1">
+      <c r="A92" s="9"/>
+      <c r="B92" s="9"/>
+      <c r="C92" s="23" t="s">
+        <v>171</v>
+      </c>
+      <c r="D92" s="46" t="s">
         <v>176</v>
       </c>
-      <c r="F89" s="5">
+      <c r="E92" s="46" t="s">
+        <v>177</v>
+      </c>
+      <c r="F92" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" ht="79.5" customHeight="1">
+      <c r="A93" s="9"/>
+      <c r="B93" s="9"/>
+      <c r="C93" s="23" t="s">
+        <v>178</v>
+      </c>
+      <c r="D93" s="22" t="s">
+        <v>179</v>
+      </c>
+      <c r="E93" s="22" t="s">
+        <v>180</v>
+      </c>
+      <c r="F93" s="21">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" ht="92.1">
+      <c r="C94" s="23" t="s">
+        <v>178</v>
+      </c>
+      <c r="D94" s="22" t="s">
+        <v>181</v>
+      </c>
+      <c r="E94" s="22" t="s">
+        <v>182</v>
+      </c>
+      <c r="F94" s="21">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" ht="69">
+      <c r="C95" s="23" t="s">
+        <v>178</v>
+      </c>
+      <c r="D95" s="22" t="s">
+        <v>183</v>
+      </c>
+      <c r="E95" s="22" t="s">
+        <v>184</v>
+      </c>
+      <c r="F95" s="21">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" ht="69">
+      <c r="C96" s="19" t="s">
+        <v>178</v>
+      </c>
+      <c r="D96" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="E96" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="F96" s="24">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11" ht="199.5" customHeight="1">
+      <c r="C97" s="12" t="s">
+        <v>187</v>
+      </c>
+      <c r="D97" s="20" t="s">
+        <v>188</v>
+      </c>
+      <c r="E97" s="20" t="s">
+        <v>189</v>
+      </c>
+      <c r="F97" s="15">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="98" spans="1:11" ht="99.75" customHeight="1">
+      <c r="A98" s="9"/>
+      <c r="B98" s="9"/>
+      <c r="C98" s="13" t="s">
+        <v>190</v>
+      </c>
+      <c r="D98" s="20" t="s">
+        <v>191</v>
+      </c>
+      <c r="E98" s="29" t="s">
+        <v>192</v>
+      </c>
+      <c r="F98" s="5">
         <v>45996</v>
       </c>
     </row>
+    <row r="99" spans="1:11" ht="39.75" customHeight="1">
+      <c r="A99" s="9"/>
+      <c r="B99" s="9"/>
+      <c r="C99" s="13" t="s">
+        <v>190</v>
+      </c>
+      <c r="D99" s="20" t="s">
+        <v>193</v>
+      </c>
+      <c r="E99" s="29" t="s">
+        <v>194</v>
+      </c>
+      <c r="F99" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11" ht="199.5" customHeight="1">
+      <c r="A100" s="9"/>
+      <c r="B100" s="9"/>
+      <c r="C100" s="12" t="s">
+        <v>190</v>
+      </c>
+      <c r="D100" s="20" t="s">
+        <v>188</v>
+      </c>
+      <c r="E100" s="20" t="s">
+        <v>195</v>
+      </c>
+      <c r="F100" s="15">
+        <v>46013</v>
+      </c>
+      <c r="K100" s="25"/>
+    </row>
+    <row r="101" spans="1:11" ht="99.75" customHeight="1">
+      <c r="A101" s="9"/>
+      <c r="B101" s="9"/>
+      <c r="C101" s="14" t="s">
+        <v>190</v>
+      </c>
+      <c r="D101" s="20" t="s">
+        <v>196</v>
+      </c>
+      <c r="E101" s="31" t="s">
+        <v>197</v>
+      </c>
+      <c r="F101" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="102" spans="1:11" ht="239.25" customHeight="1">
+      <c r="A102" s="9"/>
+      <c r="B102" s="9"/>
+      <c r="C102" s="10" t="s">
+        <v>198</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="E102" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="F102" s="5">
+        <v>46000</v>
+      </c>
+    </row>
+    <row r="103" spans="1:11" ht="79.5" customHeight="1">
+      <c r="A103" s="9"/>
+      <c r="B103" s="9"/>
+      <c r="C103" s="12" t="s">
+        <v>201</v>
+      </c>
+      <c r="D103" s="20" t="s">
+        <v>202</v>
+      </c>
+      <c r="E103" s="20" t="s">
+        <v>203</v>
+      </c>
+      <c r="F103" s="5">
+        <v>46031</v>
+      </c>
+    </row>
+    <row r="104" spans="1:11" ht="199.5" customHeight="1">
+      <c r="A104" s="9"/>
+      <c r="B104" s="9"/>
+      <c r="C104" s="13" t="s">
+        <v>201</v>
+      </c>
+      <c r="D104" s="20" t="s">
+        <v>204</v>
+      </c>
+      <c r="E104" s="31" t="s">
+        <v>205</v>
+      </c>
+      <c r="F104" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="105" spans="1:11" ht="60" customHeight="1">
+      <c r="A105" s="9"/>
+      <c r="B105" s="9"/>
+      <c r="C105" s="19" t="s">
+        <v>206</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="E105" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="F105" s="5">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="106" spans="1:11" ht="60" customHeight="1">
+      <c r="A106" s="9"/>
+      <c r="B106" s="9"/>
+      <c r="C106" s="19" t="s">
+        <v>206</v>
+      </c>
+      <c r="D106" s="17" t="s">
+        <v>209</v>
+      </c>
+      <c r="E106" s="17" t="s">
+        <v>210</v>
+      </c>
+      <c r="F106" s="5">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="107" spans="1:11" ht="39.75" customHeight="1">
+      <c r="A107" s="9"/>
+      <c r="B107" s="9"/>
+      <c r="C107" s="19" t="s">
+        <v>206</v>
+      </c>
+      <c r="D107" s="17" t="s">
+        <v>211</v>
+      </c>
+      <c r="E107" s="17" t="s">
+        <v>212</v>
+      </c>
+      <c r="F107" s="5">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11" ht="60">
+      <c r="A108" s="9"/>
+      <c r="B108" s="9"/>
+      <c r="C108" s="19" t="s">
+        <v>206</v>
+      </c>
+      <c r="D108" s="17" t="s">
+        <v>213</v>
+      </c>
+      <c r="E108" s="17" t="s">
+        <v>214</v>
+      </c>
+      <c r="F108" s="5">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="109" spans="1:11" ht="60">
+      <c r="A109" s="9"/>
+      <c r="B109" s="9"/>
+      <c r="C109" s="19" t="s">
+        <v>206</v>
+      </c>
+      <c r="D109" s="46" t="s">
+        <v>215</v>
+      </c>
+      <c r="E109" s="46" t="s">
+        <v>216</v>
+      </c>
+      <c r="F109" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11" ht="39.75">
+      <c r="A110" s="9"/>
+      <c r="B110" s="9"/>
+      <c r="C110" s="19" t="s">
+        <v>206</v>
+      </c>
+      <c r="D110" s="46" t="s">
+        <v>217</v>
+      </c>
+      <c r="E110" s="46" t="s">
+        <v>218</v>
+      </c>
+      <c r="F110" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="111" spans="1:11" ht="39.75" customHeight="1">
+      <c r="A111" s="9"/>
+      <c r="B111" s="9"/>
+      <c r="C111" s="13" t="s">
+        <v>219</v>
+      </c>
+      <c r="D111" s="20" t="s">
+        <v>220</v>
+      </c>
+      <c r="E111" s="20" t="s">
+        <v>221</v>
+      </c>
+      <c r="F111" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="112" spans="1:11" ht="60" customHeight="1">
+      <c r="A112" s="9"/>
+      <c r="B112" s="9"/>
+      <c r="C112" s="13" t="s">
+        <v>219</v>
+      </c>
+      <c r="D112" s="20" t="s">
+        <v>222</v>
+      </c>
+      <c r="E112" s="20" t="s">
+        <v>223</v>
+      </c>
+      <c r="F112" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6" ht="139.5" customHeight="1">
+      <c r="A113" s="9"/>
+      <c r="B113" s="9"/>
+      <c r="C113" s="12" t="s">
+        <v>219</v>
+      </c>
+      <c r="D113" s="20" t="s">
+        <v>224</v>
+      </c>
+      <c r="E113" s="20" t="s">
+        <v>225</v>
+      </c>
+      <c r="F113" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6" ht="79.5" customHeight="1">
+      <c r="A114" s="9"/>
+      <c r="B114" s="9"/>
+      <c r="C114" s="12" t="s">
+        <v>219</v>
+      </c>
+      <c r="D114" s="20" t="s">
+        <v>226</v>
+      </c>
+      <c r="E114" s="30" t="s">
+        <v>227</v>
+      </c>
+      <c r="F114" s="5">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6" ht="159.75" customHeight="1">
+      <c r="A115" s="9"/>
+      <c r="B115" s="9"/>
+      <c r="C115" s="10" t="s">
+        <v>228</v>
+      </c>
+      <c r="D115" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="E115" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="F115" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6" ht="39.75" customHeight="1">
+      <c r="A116" s="9"/>
+      <c r="B116" s="9"/>
+      <c r="C116" s="13" t="s">
+        <v>228</v>
+      </c>
+      <c r="D116" s="20" t="s">
+        <v>231</v>
+      </c>
+      <c r="E116" s="20" t="s">
+        <v>232</v>
+      </c>
+      <c r="F116" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6" ht="60" customHeight="1">
+      <c r="C117" s="11" t="s">
+        <v>228</v>
+      </c>
+      <c r="D117" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="E117" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="F117" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6" ht="258.75" customHeight="1">
+      <c r="C118" s="11" t="s">
+        <v>228</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="E118" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="F118" s="5">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6" ht="79.5" customHeight="1">
+      <c r="C119" s="11" t="s">
+        <v>228</v>
+      </c>
+      <c r="D119" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="E119" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="F119" s="5">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6" ht="119.25" customHeight="1">
+      <c r="C120" s="11" t="s">
+        <v>228</v>
+      </c>
+      <c r="D120" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="E120" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="F120" s="5">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6" ht="45.95">
+      <c r="A121" s="9"/>
+      <c r="B121" s="9"/>
+      <c r="C121" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="D121" s="20" t="s">
+        <v>242</v>
+      </c>
+      <c r="E121" s="20" t="s">
+        <v>243</v>
+      </c>
+      <c r="F121" s="5">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6" ht="25.5">
+      <c r="C122" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="D122" s="46" t="s">
+        <v>245</v>
+      </c>
+      <c r="E122" s="46" t="s">
+        <v>246</v>
+      </c>
+      <c r="F122" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6" ht="25.5">
+      <c r="C123" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="D123" s="46" t="s">
+        <v>247</v>
+      </c>
+      <c r="E123" s="46" t="s">
+        <v>248</v>
+      </c>
+      <c r="F123" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6" ht="25.5">
+      <c r="C124" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="D124" s="46" t="s">
+        <v>249</v>
+      </c>
+      <c r="E124" s="46" t="s">
+        <v>250</v>
+      </c>
+      <c r="F124" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6" ht="25.5">
+      <c r="C125" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="D125" s="46" t="s">
+        <v>251</v>
+      </c>
+      <c r="E125" s="46" t="s">
+        <v>252</v>
+      </c>
+      <c r="F125" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6" ht="39.75">
+      <c r="C126" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="D126" s="46" t="s">
+        <v>253</v>
+      </c>
+      <c r="E126" s="46" t="s">
+        <v>254</v>
+      </c>
+      <c r="F126" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6" ht="25.5">
+      <c r="C127" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="D127" s="46" t="s">
+        <v>255</v>
+      </c>
+      <c r="E127" s="46" t="s">
+        <v>256</v>
+      </c>
+      <c r="F127" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6" ht="39.75">
+      <c r="C128" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="D128" s="46" t="s">
+        <v>257</v>
+      </c>
+      <c r="E128" s="46" t="s">
+        <v>258</v>
+      </c>
+      <c r="F128" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="129" spans="3:6" ht="39.75">
+      <c r="C129" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="D129" s="46" t="s">
+        <v>259</v>
+      </c>
+      <c r="E129" s="46" t="s">
+        <v>260</v>
+      </c>
+      <c r="F129" s="15">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="130" spans="3:6" ht="14.45"/>
+    <row r="131" spans="3:6" ht="14.45"/>
+    <row r="132" spans="3:6" ht="14.45"/>
+    <row r="133" spans="3:6" ht="14.45"/>
+    <row r="134" spans="3:6" ht="14.45"/>
+    <row r="135" spans="3:6" ht="14.45"/>
+    <row r="136" spans="3:6" ht="14.45"/>
   </sheetData>
-  <autoFilter ref="C10:F89" xr:uid="{867CF48B-11E0-4CB4-86DE-9C84552E3480}"/>
-[...1 lines deleted...]
-    <cfRule type="duplicateValues" dxfId="3" priority="21"/>
+  <autoFilter ref="C10:F129" xr:uid="{867CF48B-11E0-4CB4-86DE-9C84552E3480}"/>
+  <conditionalFormatting sqref="D19:D22">
+    <cfRule type="duplicateValues" dxfId="8" priority="5"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D44">
-    <cfRule type="duplicateValues" dxfId="2" priority="1"/>
+  <conditionalFormatting sqref="D23:D25">
+    <cfRule type="duplicateValues" dxfId="7" priority="26"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D48">
-    <cfRule type="duplicateValues" dxfId="1" priority="3"/>
+  <conditionalFormatting sqref="D33:D34">
+    <cfRule type="duplicateValues" dxfId="6" priority="29"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D78">
-    <cfRule type="duplicateValues" dxfId="0" priority="2"/>
+  <conditionalFormatting sqref="D35:D41">
+    <cfRule type="duplicateValues" dxfId="5" priority="2"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D59">
+    <cfRule type="duplicateValues" dxfId="4" priority="6"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D63">
+    <cfRule type="duplicateValues" dxfId="3" priority="8"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D71:D74">
+    <cfRule type="duplicateValues" dxfId="2" priority="4"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D81:D82">
+    <cfRule type="duplicateValues" dxfId="1" priority="1"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D105:D110">
+    <cfRule type="duplicateValues" dxfId="0" priority="7"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B4C46F44E5CB4144B14721DA3AAC8360" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ce8ecbb5244d42a955d977a5f1ad29cd">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="dd0320f1-5928-400d-8614-e832be04c205" xmlns:ns3="63cc5491-11d0-42b6-aa67-deea8f49087f" xmlns:ns4="35ebc48a-dc9e-45bc-8496-b347132bae57" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="90c754e6e1591bfc4111917ccdb2dbbd" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="dd0320f1-5928-400d-8614-e832be04c205"/>
     <xsd:import namespace="63cc5491-11d0-42b6-aa67-deea8f49087f"/>
     <xsd:import namespace="35ebc48a-dc9e-45bc-8496-b347132bae57"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
@@ -4544,134 +4152,99 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="63cc5491-11d0-42b6-aa67-deea8f49087f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="35ebc48a-dc9e-45bc-8496-b347132bae57" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{220A6A51-748C-4FCF-AA59-303AE06F9053}">
-[...13 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F38B6609-E581-49FC-9B13-D71BA3DE9FDB}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C844CA74-BA0D-4160-9BA1-ECFE789A7EBF}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{220A6A51-748C-4FCF-AA59-303AE06F9053}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F38B6609-E581-49FC-9B13-D71BA3DE9FDB}">
-[...15 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C844CA74-BA0D-4160-9BA1-ECFE789A7EBF}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a63c9e9e-b4db-442a-a94f-08718d788e8c}" enabled="0" method="" siteId="{a63c9e9e-b4db-442a-a94f-08718d788e8c}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <TotalTime></TotalTime>
-[...17 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Emma Vickers</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B4C46F44E5CB4144B14721DA3AAC8360</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>