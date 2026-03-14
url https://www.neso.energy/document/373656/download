--- v0 (2026-01-28)
+++ v1 (2026-03-14)
@@ -54,53 +54,53 @@
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
   <fileSharing readOnlyRecommended="1"/>
   <workbookPr updateLinks="never"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://nationalenergyso.sharepoint.com/sites/GRP-MST-INT-ESO-Flexibility-Strategy-All/Shared Documents/FEMD All Knowledge Share Channel/05 Projects/07 Enabling Demand Side Flexibility - Actions/Data DSF/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="565" documentId="8_{0AF59D92-2763-44FD-B530-FB7D09C733A2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{177BB731-48A5-4B26-A928-FA82BF0DD45E}"/>
+  <xr:revisionPtr revIDLastSave="587" documentId="8_{0AF59D92-2763-44FD-B530-FB7D09C733A2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{74F7C6D1-DC82-4C17-94C2-00C62B36B93A}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" firstSheet="7" activeTab="9" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView minimized="1" xWindow="6910" yWindow="280" windowWidth="12790" windowHeight="6790" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cover" sheetId="1" r:id="rId1"/>
     <sheet name="Executive Summary" sheetId="2" r:id="rId2"/>
     <sheet name="About_the_Data" sheetId="3" state="hidden" r:id="rId3"/>
     <sheet name="DFS" sheetId="4" r:id="rId4"/>
     <sheet name="BM" sheetId="5" r:id="rId5"/>
     <sheet name="LCM" sheetId="7" r:id="rId6"/>
     <sheet name="Reserve (QR and BR)" sheetId="8" r:id="rId7"/>
     <sheet name="STOR" sheetId="10" r:id="rId8"/>
     <sheet name="Dynamic Response (DC,DM,DR)" sheetId="9" r:id="rId9"/>
     <sheet name="sFFR" sheetId="6" r:id="rId10"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId11"/>
   </externalReferences>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
@@ -201,51 +201,51 @@
       <rc t="1" v="0"/>
     </bk>
     <bk>
       <rc t="1" v="1"/>
     </bk>
     <bk>
       <rc t="1" v="2"/>
     </bk>
     <bk>
       <rc t="1" v="3"/>
     </bk>
     <bk>
       <rc t="1" v="4"/>
     </bk>
     <bk>
       <rc t="1" v="5"/>
     </bk>
     <bk>
       <rc t="1" v="6"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="105">
   <si>
     <t>Demand Side Flexibility in NESO markets 2025</t>
   </si>
   <si>
     <t>Cover</t>
   </si>
   <si>
     <t>Reporting Period: January – September 2025</t>
   </si>
   <si>
     <t>Report Date: 05/12/2025</t>
   </si>
   <si>
     <t>Demand Side Flexibility defintion</t>
   </si>
   <si>
     <t>Demand Side Flexibility (DSF) refers to energy flexibility spanning all consumer groups—domestic, industrial, commercial, and public sector and operates at both transmission and distribution levels. It involves technologies and assets that can increase, decrease, shift, or store electricity. DSF includes load shifting via behavioural change or automation, as well as the use of on-site, behind-the-meter generation and storage.</t>
   </si>
   <si>
     <t>Service/Market</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
@@ -327,56 +327,50 @@
     <t>Markets overview</t>
   </si>
   <si>
     <t xml:space="preserve"> Key Insights</t>
   </si>
   <si>
     <t>Total Demand Side Flexibility in NESO markets*</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>I&amp;C Share</t>
   </si>
   <si>
     <t>of total capacity</t>
   </si>
   <si>
     <t>Insights</t>
   </si>
   <si>
     <t>• DFS is the largest market at 363.7 MW</t>
   </si>
   <si>
     <t>• Demand Side Flexibility participation in LCM is predominantly driven by Domestic participation</t>
-  </si>
-[...4 lines deleted...]
-    <t>• Reserve (70.5 MW), exclusively delivered by I&amp;C</t>
   </si>
   <si>
     <t>• Demand Side Flexibility participation in the BM is predominantly driven by I&amp;C, providing 72% of the capacity</t>
   </si>
   <si>
     <t xml:space="preserve">• Response: Smallest market at 4.0 MW (0.6% of total), exclusively delivered by I&amp;C </t>
   </si>
   <si>
     <t>• STOR (13MW) is largely sustained by mixed portfolios</t>
   </si>
   <si>
     <t>•  sFFR is dominated by domestic and mixed portfolios</t>
   </si>
   <si>
     <t>*Total Demand Side Flexibility in NESO markets  capacity reflects unique units only. Capacity for units participating in multiple markets has been counted once to avoid duplication.</t>
   </si>
   <si>
     <t>About the Data</t>
   </si>
   <si>
     <t>[LOGO]</t>
   </si>
   <si>
     <t>Datasets &amp; Vintages</t>
   </si>
@@ -513,50 +507,59 @@
     <t>• Participation is dominated by Mixed portfolio</t>
   </si>
   <si>
     <t>• STOR will cease in early 2026 following the commencment of Slow Reserve which is  scheduled for the same time Find out more on our Slow Reserve webpage</t>
   </si>
   <si>
     <t xml:space="preserve">Dynamic Response </t>
   </si>
   <si>
     <t>• DCH marginally outperforms DCL, but overall product split is nearly balanced</t>
   </si>
   <si>
     <t>• There is no Demand Side Flexibility participation data for DR/DM in this reporting period</t>
   </si>
   <si>
     <t>Static Firm Frequency Response</t>
   </si>
   <si>
     <t>Total contracted volume</t>
   </si>
   <si>
     <t>• Domestic portfolios dominate at 62%</t>
   </si>
   <si>
     <t xml:space="preserve">The peaks in volume during March and April reflect higher system requirements during the spring months due to variable renewable output </t>
+  </si>
+  <si>
+    <t>I&amp;C portfolio share</t>
+  </si>
+  <si>
+    <t>• Reserve (31.7 MW), exclusively delivered by I&amp;C</t>
+  </si>
+  <si>
+    <t>• I&amp;C portfolios hold the largest share overall, supported strongly by DFS (178 MW) and BM (36 MW)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
   <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Poppins"/>
     </font>
     <font>
@@ -1260,301 +1263,301 @@
             <a:defRPr sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="333333"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="stacked"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
-              <c:f>[1]Cover!$D$17</c:f>
+              <c:f>'[1]Executive Summary'!$D$17</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Domestic</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="3F0731"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>[1]Cover!$B$18:$B$24</c:f>
+              <c:f>'[1]Executive Summary'!$B$18:$B$24</c:f>
               <c:strCache>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
                   <c:v>STOR</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>sFFR</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Response</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>Reserve</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>LCM</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>DFS</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>BM</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>[1]Cover!$D$18:$D$24</c:f>
+              <c:f>'[1]Executive Summary'!$D$18:$D$24</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>#,##0.0</c:formatCode>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="4" formatCode="General">
                   <c:v>148.27949999999998</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>13.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>13.709</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-B004-40E4-B596-2174FBB70C83}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
-              <c:f>[1]Cover!$C$17</c:f>
+              <c:f>'[1]Executive Summary'!$C$17</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>I&amp;C</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="FF00FF"/>
             </a:solidFill>
             <a:ln w="0" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                   <a:alpha val="97000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>[1]Cover!$B$18:$B$24</c:f>
+              <c:f>'[1]Executive Summary'!$B$18:$B$24</c:f>
               <c:strCache>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
                   <c:v>STOR</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>sFFR</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Response</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>Reserve</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>LCM</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>DFS</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>BM</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>[1]Cover!$C$18:$C$24</c:f>
+              <c:f>'[1]Executive Summary'!$C$18:$C$24</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>#,##0.0</c:formatCode>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
                   <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>70.53</c:v>
-[...1 lines deleted...]
-                <c:pt idx="4">
+                  <c:v>31.7</c:v>
+                </c:pt>
+                <c:pt idx="4" formatCode="General">
                   <c:v>1.26</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>178.39999999999998</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>36</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-B004-40E4-B596-2174FBB70C83}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
-              <c:f>[1]Cover!$E$17</c:f>
+              <c:f>'[1]Executive Summary'!$E$17</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Mixed portfolio</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="385B16"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>[1]Cover!$B$18:$B$24</c:f>
+              <c:f>'[1]Executive Summary'!$B$18:$B$24</c:f>
               <c:strCache>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
                   <c:v>STOR</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>sFFR</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Response</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>Reserve</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>LCM</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>DFS</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>BM</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>[1]Cover!$E$18:$E$24</c:f>
+              <c:f>'[1]Executive Summary'!$E$18:$E$24</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>#,##0.0</c:formatCode>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
                   <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>8.9439999999999991</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="4" formatCode="General">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>171.70000000000002</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000005-B004-40E4-B596-2174FBB70C83}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
@@ -1729,51 +1732,51 @@
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:txPr>
             <a:bodyPr rot="-5400000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr>
                 <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="65000"/>
                       <a:lumOff val="35000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:latin typeface="+mn-lt"/>
                   <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="+mn-cs"/>
                 </a:defRPr>
               </a:pPr>
               <a:endParaRPr lang="en-US"/>
             </a:p>
           </c:txPr>
         </c:title>
-        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:numFmt formatCode="#,##0.0" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
@@ -1938,51 +1941,51 @@
               <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
-              <c:f>[1]Cover!$C$28</c:f>
+              <c:f>'[1]Executive Summary'!$C$28</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Total (MW)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:dPt>
             <c:idx val="0"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="25000"/>
                   <a:lumOff val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
@@ -2069,103 +2072,103 @@
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="5"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent4">
                   <a:lumMod val="40000"/>
                   <a:lumOff val="60000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{0000000B-CA3C-45E3-9881-5A836176CE01}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:cat>
             <c:strRef>
-              <c:f>[1]Cover!$B$29:$B$35</c:f>
+              <c:f>'[1]Executive Summary'!$B$29:$B$35</c:f>
               <c:strCache>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
                   <c:v>BM</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Reserve</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Response</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>sFFR</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>STOR</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>DFS</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>LCM</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>[1]Cover!$C$29:$C$35</c:f>
+              <c:f>'[1]Executive Summary'!$C$29:$C$35</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>#,##0.0</c:formatCode>
                 <c:ptCount val="7"/>
                 <c:pt idx="0">
-                  <c:v>13</c:v>
+                  <c:v>49.709000000000003</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>18.943999999999999</c:v>
+                  <c:v>31.7</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>70.53</c:v>
+                  <c:v>18.943999999999999</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>149.53949999999998</c:v>
+                  <c:v>13</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>363.7</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>49.709000000000003</c:v>
+                  <c:v>149.53949999999998</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{0000000C-CA3C-45E3-9881-5A836176CE01}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="0"/>
         </c:dLbls>
         <c:firstSliceAng val="0"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
@@ -2338,51 +2341,51 @@
                 <c:pt idx="3">
                   <c:v>Apr</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Jun</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Jul</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Aug</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Sep</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>[1]DFS!$C$4:$C$12</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>#,##0.00</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
                   <c:v>63.3</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>59</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>55</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>19</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>62</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>65.8</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>65</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>52.6</c:v>
                 </c:pt>
@@ -2435,51 +2438,51 @@
                 <c:pt idx="3">
                   <c:v>Apr</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Jun</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Jul</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Aug</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Sep</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>[1]DFS!$D$4:$D$12</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>#,##0.00</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
                   <c:v>1896.5</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2529.1999999999998</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2372.6000000000004</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>776.80000000000007</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>1027</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>1225.3</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>1366.1</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>1229.5</c:v>
                 </c:pt>
@@ -2532,51 +2535,51 @@
                 <c:pt idx="3">
                   <c:v>Apr</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Jun</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Jul</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Aug</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Sep</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>[1]DFS!$E$4:$E$12</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>#,##0.00</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
                   <c:v>711.30000000000007</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>1089.7</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>1487.4</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>216</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>275.09999999999997</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>186.2</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0</c:v>
                 </c:pt>
@@ -2680,51 +2683,51 @@
           <c:tx>
             <c:rich>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr b="1">
                     <a:solidFill>
                       <a:srgbClr val="3F0731"/>
                     </a:solidFill>
                   </a:defRPr>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="en-GB" b="1">
                     <a:solidFill>
                       <a:srgbClr val="3F0731"/>
                     </a:solidFill>
                   </a:rPr>
                   <a:t>Volume (MW)</a:t>
                 </a:r>
               </a:p>
             </c:rich>
           </c:tx>
           <c:overlay val="0"/>
         </c:title>
-        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:numFmt formatCode="#,##0.00" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln w="9525">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:crossAx val="60958802"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:plotArea>
     <c:legend>
@@ -2915,51 +2918,51 @@
                 <c:pt idx="3">
                   <c:v>Apr</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Jun</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Jul</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Aug</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Sep</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>[1]BM!$C$7:$C$15</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>#,##0.00</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
                   <c:v>18.495999999999995</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>13.293999999999995</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>19.888999999999996</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>41.167000000000002</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>27.632999999999996</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>18.223000000000003</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>17.837</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>20.426999999999989</c:v>
                 </c:pt>
@@ -3016,51 +3019,51 @@
                 <c:pt idx="3">
                   <c:v>Apr</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Jun</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Jul</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Aug</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Sep</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>[1]BM!$D$7:$D$15</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>#,##0.00</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
                   <c:v>2.2799999999999998</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>12.4</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>196.18</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>54.67</c:v>
                 </c:pt>
@@ -3249,51 +3252,51 @@
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:txPr>
             <a:bodyPr rot="-5400000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr>
                 <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="65000"/>
                       <a:lumOff val="35000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
                   <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
                 </a:defRPr>
               </a:pPr>
               <a:endParaRPr lang="en-US"/>
             </a:p>
           </c:txPr>
         </c:title>
-        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:numFmt formatCode="#,##0.00" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
@@ -3518,51 +3521,51 @@
                 <c:pt idx="3">
                   <c:v>Apr</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Jun</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Jul</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Aug</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Sep</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>[1]LCM!$C$7:$C$15</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>3.09</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>1.75</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>9.69</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>1.87</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>1.1399999999999999</c:v>
                 </c:pt>
@@ -3619,51 +3622,51 @@
                 <c:pt idx="3">
                   <c:v>Apr</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Jun</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Jul</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Aug</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Sep</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>[1]LCM!$D$7:$D$15</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
                   <c:v>7.8</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>42.36</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>41.129999999999995</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>10.68</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>1.51</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>40.840000000000003</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>30.549999999999997</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>45.949999999999996</c:v>
                 </c:pt>
@@ -3852,51 +3855,51 @@
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:txPr>
             <a:bodyPr rot="-5400000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr>
                 <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="65000"/>
                       <a:lumOff val="35000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
                   <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
                 </a:defRPr>
               </a:pPr>
               <a:endParaRPr lang="en-US"/>
             </a:p>
           </c:txPr>
         </c:title>
-        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:numFmt formatCode="#,##0" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
@@ -4086,51 +4089,51 @@
                 <c:pt idx="3">
                   <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>[1]Reserve!$C$4:$C$12</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
                   <c:v>927</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>27861</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>45703</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>53943</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>28070</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>22843</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>22463</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>11646</c:v>
                 </c:pt>
@@ -4185,51 +4188,51 @@
                 <c:pt idx="3">
                   <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>[1]Reserve!$D$4:$D$12</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>678</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2686</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2976</c:v>
                 </c:pt>
@@ -4284,51 +4287,51 @@
                 <c:pt idx="3">
                   <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>[1]Reserve!$E$4:$E$12</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>966</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2686</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2976</c:v>
                 </c:pt>
@@ -4416,51 +4419,51 @@
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="D9D9D9"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:majorGridlines>
         <c:title>
           <c:tx>
             <c:rich>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="en-GB"/>
                   <a:t>Volume (MW)</a:t>
                 </a:r>
               </a:p>
             </c:rich>
           </c:tx>
           <c:overlay val="0"/>
         </c:title>
-        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:numFmt formatCode="#,##0" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln w="9525">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:crossAx val="62592843"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:plotArea>
     <c:legend>
@@ -4595,51 +4598,51 @@
                 <c:pt idx="3">
                   <c:v>Apr</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Jun</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Jul</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Aug</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Sep</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>[1]STOR!$C$7:$C$15</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
                   <c:v>201</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>188</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>188</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>198</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>217</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>197</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>216</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>193</c:v>
                 </c:pt>
@@ -4692,51 +4695,51 @@
                 <c:pt idx="3">
                   <c:v>Apr</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Jun</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Jul</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Aug</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Sep</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>[1]STOR!$D$7:$D$15</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
                   <c:v>93</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>81</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>93</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>90</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>93</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>90</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>93</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>93</c:v>
                 </c:pt>
@@ -4824,51 +4827,51 @@
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="D9D9D9"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:majorGridlines>
         <c:title>
           <c:tx>
             <c:rich>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="en-GB"/>
                   <a:t>Volume (MW)</a:t>
                 </a:r>
               </a:p>
             </c:rich>
           </c:tx>
           <c:overlay val="0"/>
         </c:title>
-        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:numFmt formatCode="#,##0" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln w="9525">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:crossAx val="98395409"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:plotArea>
     <c:legend>
@@ -5009,51 +5012,51 @@
                 <c:pt idx="3">
                   <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>[1]Response!$C$6:$C$14</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
                   <c:v>541</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>492</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>547</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>498</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>515</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>487</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>506</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>478</c:v>
                 </c:pt>
@@ -5106,51 +5109,51 @@
                 <c:pt idx="3">
                   <c:v>April</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>June</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>July</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>August</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>September</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>[1]Response!$D$6:$D$14</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
                   <c:v>501</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>471</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>543</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>496</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>512</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>476</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>480</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>456</c:v>
                 </c:pt>
@@ -5238,51 +5241,51 @@
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="D9D9D9"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:majorGridlines>
         <c:title>
           <c:tx>
             <c:rich>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="en-GB" b="1"/>
                   <a:t>Volume (MW)</a:t>
                 </a:r>
               </a:p>
             </c:rich>
           </c:tx>
           <c:overlay val="0"/>
         </c:title>
-        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:numFmt formatCode="#,##0" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln w="9525">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </c:spPr>
         <c:crossAx val="16607432"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:plotArea>
     <c:legend>
@@ -5468,51 +5471,51 @@
                 <c:pt idx="3">
                   <c:v>Apr</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Jun</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Jul</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Aug</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Sep</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>[1]sFFR!$C$7:$C$15</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
                   <c:v>368</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>342</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>487</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>487</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>284</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>274</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>429</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>412</c:v>
                 </c:pt>
@@ -5569,51 +5572,51 @@
                 <c:pt idx="3">
                   <c:v>Apr</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>May</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Jun</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Jul</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Aug</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Sep</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>[1]sFFR!$D$7:$D$15</c:f>
               <c:numCache>
-                <c:formatCode>General</c:formatCode>
+                <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
                   <c:v>230</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>218</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>300</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>314</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>179</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>174</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>270</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>296</c:v>
                 </c:pt>
@@ -5802,51 +5805,51 @@
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:txPr>
             <a:bodyPr rot="-5400000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr>
                 <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="65000"/>
                       <a:lumOff val="35000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
                   <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
                 </a:defRPr>
               </a:pPr>
               <a:endParaRPr lang="en-US"/>
             </a:p>
           </c:txPr>
         </c:title>
-        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:numFmt formatCode="#,##0" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
@@ -8262,51 +8265,51 @@
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://nationalenergyso.sharepoint.com/sites/GRP-MST-INT-ESO-Flexibility-Strategy-All/Shared%20Documents/FEMD%20All%20Knowledge%20Share%20Channel/05%20Projects/07%20Enabling%20Demand%20Side%20Flexibility%20-%20Actions/Data%20DSF/DSF%20data%20back%20end.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2019/04/relationships/externalLinkLongPath" Target="DSF%20data%20back%20end.xlsx?1746D368" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\1746D368\DSF%20data%20back%20end.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls driveId="b!U_OnVuJHpEexi3nEJDlVAUIOuqMIq5VAmfRUqYhU5c5ScslsMh1TTJdQtjdtl0go" itemId="01THL6F5OT5QNVXD3RR5D2MSDKYJWDRNLE">
       <xxl21:absoluteUrl r:id="rId3"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Reference Final sheet"/>
-      <sheetName val="Cover"/>
+      <sheetName val="Executive Summary"/>
       <sheetName val="DFS"/>
       <sheetName val="BM"/>
       <sheetName val="sFFR"/>
       <sheetName val="LCM"/>
       <sheetName val="Reserve"/>
       <sheetName val="Response"/>
       <sheetName val="STOR"/>
       <sheetName val="BM_Data"/>
       <sheetName val="DFS_Data"/>
       <sheetName val="Response_Data"/>
       <sheetName val="LCM_Data"/>
       <sheetName val="sFFR_Data"/>
       <sheetName val="Reserve_Data"/>
       <sheetName val="STOR_Data "/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1">
         <row r="17">
           <cell r="C17" t="str">
             <v>I&amp;C</v>
           </cell>
           <cell r="D17" t="str">
             <v>Domestic</v>
           </cell>
@@ -8339,51 +8342,51 @@
             <v>10</v>
           </cell>
           <cell r="E19">
             <v>8.9439999999999991</v>
           </cell>
         </row>
         <row r="20">
           <cell r="B20" t="str">
             <v>Response</v>
           </cell>
           <cell r="C20">
             <v>4</v>
           </cell>
           <cell r="D20">
             <v>0</v>
           </cell>
           <cell r="E20">
             <v>0</v>
           </cell>
         </row>
         <row r="21">
           <cell r="B21" t="str">
             <v>Reserve</v>
           </cell>
           <cell r="C21">
-            <v>70.53</v>
+            <v>31.7</v>
           </cell>
           <cell r="D21">
             <v>0</v>
           </cell>
           <cell r="E21">
             <v>0</v>
           </cell>
         </row>
         <row r="22">
           <cell r="B22" t="str">
             <v>LCM</v>
           </cell>
           <cell r="C22">
             <v>1.26</v>
           </cell>
           <cell r="D22">
             <v>148.27949999999998</v>
           </cell>
           <cell r="E22">
             <v>0</v>
           </cell>
         </row>
         <row r="23">
           <cell r="B23" t="str">
             <v>DFS</v>
@@ -8400,99 +8403,99 @@
         </row>
         <row r="24">
           <cell r="B24" t="str">
             <v>BM</v>
           </cell>
           <cell r="C24">
             <v>36</v>
           </cell>
           <cell r="D24">
             <v>13.709</v>
           </cell>
           <cell r="E24">
             <v>0</v>
           </cell>
         </row>
         <row r="28">
           <cell r="C28" t="str">
             <v>Total (MW)</v>
           </cell>
         </row>
         <row r="29">
           <cell r="B29" t="str">
             <v>BM</v>
           </cell>
           <cell r="C29">
-            <v>13</v>
+            <v>49.709000000000003</v>
           </cell>
         </row>
         <row r="30">
           <cell r="B30" t="str">
             <v>Reserve</v>
           </cell>
           <cell r="C30">
-            <v>18.943999999999999</v>
+            <v>31.7</v>
           </cell>
         </row>
         <row r="31">
           <cell r="B31" t="str">
             <v>Response</v>
           </cell>
           <cell r="C31">
             <v>4</v>
           </cell>
         </row>
         <row r="32">
           <cell r="B32" t="str">
             <v>sFFR</v>
           </cell>
           <cell r="C32">
-            <v>70.53</v>
+            <v>18.943999999999999</v>
           </cell>
         </row>
         <row r="33">
           <cell r="B33" t="str">
             <v>STOR</v>
           </cell>
           <cell r="C33">
-            <v>149.53949999999998</v>
+            <v>13</v>
           </cell>
         </row>
         <row r="34">
           <cell r="B34" t="str">
             <v>DFS</v>
           </cell>
           <cell r="C34">
             <v>363.7</v>
           </cell>
         </row>
         <row r="35">
           <cell r="B35" t="str">
             <v>LCM</v>
           </cell>
           <cell r="C35">
-            <v>49.709000000000003</v>
+            <v>149.53949999999998</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="2">
         <row r="3">
           <cell r="C3" t="str">
             <v>Domestic</v>
           </cell>
           <cell r="D3" t="str">
             <v xml:space="preserve">I&amp;C </v>
           </cell>
           <cell r="E3" t="str">
             <v xml:space="preserve">Mixed portfolio </v>
           </cell>
         </row>
         <row r="4">
           <cell r="B4" t="str">
             <v>Jan</v>
           </cell>
           <cell r="C4">
             <v>63.3</v>
           </cell>
           <cell r="D4">
             <v>1896.5</v>
           </cell>
@@ -9710,51 +9713,51 @@
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B951532B-ECC8-EE27-B29B-03F5A16BE076}">
   <dimension ref="A1:G57"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="A26" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.75" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.9"/>
   <cols>
     <col min="1" max="1" width="0.25" style="25" customWidth="1"/>
     <col min="2" max="2" width="95.83203125" style="25" customWidth="1"/>
     <col min="3" max="3" width="15" style="25" customWidth="1"/>
     <col min="4" max="4" width="11.83203125" style="25" customWidth="1"/>
     <col min="5" max="6" width="9.33203125" style="25" customWidth="1"/>
     <col min="7" max="7" width="19.75" style="25" customWidth="1"/>
     <col min="8" max="8" width="9.33203125" style="25" customWidth="1"/>
     <col min="9" max="9" width="8.75" style="25" customWidth="1"/>
     <col min="10" max="14" width="7.75" style="25"/>
     <col min="15" max="16" width="10" style="25" customWidth="1"/>
     <col min="17" max="16384" width="7.75" style="25"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="51" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.9">
       <c r="B1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="51" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
@@ -10030,1163 +10033,1163 @@
     <mergeCell ref="B27:B33"/>
     <mergeCell ref="B34:B38"/>
     <mergeCell ref="B39:B45"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D13" location="DFS!A1" display="→ DFS" xr:uid="{7ED03678-36CF-4B5A-900B-F776471AD156}"/>
     <hyperlink ref="D14" location="BM!A1" display="→ BM" xr:uid="{8D731373-3287-41CC-8117-E71919B962D4}"/>
     <hyperlink ref="D15" location="LCM!A1" display="→ LCM" xr:uid="{7C5CF37A-194C-48C7-BC42-EA1F3D8A3FE0}"/>
     <hyperlink ref="D16" location="Reserve!A1" display="→ Reserve" xr:uid="{7EF5C9CF-0F3E-40EA-9539-0901CC19EAB6}"/>
     <hyperlink ref="D18" location="Response!A1" display="→ Response" xr:uid="{3CA1347C-E8B9-4C00-9BDB-F3D006790956}"/>
     <hyperlink ref="D17" location="STOR!A1" display="→ STOR" xr:uid="{A8FA162E-ED39-4D31-BAE2-7119876E3EF7}"/>
     <hyperlink ref="D19" location="sFFR!A1" display="→ sFFR" xr:uid="{DD2DC846-BF7E-4C15-9BC4-5A8B0E45087B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5A053438-B8A8-B778-5AE8-001F5CEFDD88}">
   <sheetPr>
     <tabColor rgb="FF070E40"/>
   </sheetPr>
   <dimension ref="A1:I42"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="B1" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2"/>
+    <sheetView showGridLines="0" topLeftCell="B1" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+      <selection activeCell="I5" sqref="I5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.75" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="12" hidden="1" customWidth="1"/>
     <col min="2" max="8" width="14.58203125" customWidth="1"/>
     <col min="9" max="9" width="45.58203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:9" s="2" customFormat="1" ht="45.5" x14ac:dyDescent="0.35">
       <c r="B1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="I1" s="2" t="e" vm="7">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="2" spans="2:9" s="12" customFormat="1" ht="18" x14ac:dyDescent="0.4">
       <c r="B2" s="11" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
     </row>
     <row r="3" spans="2:9" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="I3" s="1" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="4" spans="2:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I4" s="64" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
     <row r="5" spans="2:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I5" s="65">
         <v>18.943999999999999</v>
       </c>
     </row>
     <row r="6" spans="2:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I6" s="63" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7" spans="2:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="8" spans="2:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I8" s="40" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
     </row>
     <row r="9" spans="2:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I9" s="41">
         <v>5691</v>
       </c>
     </row>
     <row r="10" spans="2:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I10" s="38" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="11" spans="2:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="12" spans="2:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I12" s="42" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
     </row>
     <row r="13" spans="2:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I13" s="49">
         <v>0.62</v>
       </c>
     </row>
     <row r="14" spans="2:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B14" s="39"/>
       <c r="I14" s="43" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
     </row>
     <row r="15" spans="2:9" ht="24.65" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="16" spans="2:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I16" s="44" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="17" spans="9:9" ht="21.5" x14ac:dyDescent="0.35">
       <c r="I17" s="74" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="9:9" ht="30.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I18" s="80" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="19" spans="9:9" ht="6" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I19" s="80"/>
     </row>
     <row r="20" spans="9:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I20" s="80"/>
     </row>
     <row r="21" spans="9:9" ht="33.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I21" s="80"/>
     </row>
     <row r="22" spans="9:9" ht="26.15" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="42" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B42" s="39"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="5bid952yurRoqER9foTS7Q/lgDjg5wW0QFakyL3YVVhZ1g98RZz3sNo84yNA3EsaT7zaHDJdPgorL9xt/AyFBQ==" saltValue="nV+BBvo3ROcRwCO3CJXimA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="I18:I21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{776E4ECD-0A37-1C78-DBD8-B7BDBC84FAF8}">
   <dimension ref="A1:L48"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="B1" zoomScale="75" zoomScaleNormal="75" zoomScalePageLayoutView="51" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="B1" zoomScale="51" zoomScaleNormal="75" zoomScalePageLayoutView="51" workbookViewId="0">
+      <selection activeCell="I5" sqref="I5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.75" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.95"/>
   <cols>
     <col min="1" max="1" width="14.58203125" style="22" hidden="1" customWidth="1"/>
     <col min="2" max="8" width="14.58203125" style="22" customWidth="1"/>
     <col min="9" max="9" width="52.75" style="22" customWidth="1"/>
     <col min="10" max="10" width="15" style="22" customWidth="1"/>
     <col min="11" max="16384" width="7.75" style="22"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:12" s="30" customFormat="1" ht="45.65" customHeight="1" x14ac:dyDescent="0.95">
       <c r="B1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="I1" s="30" t="e" vm="2">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="2" spans="2:12" s="6" customFormat="1" ht="27.5" x14ac:dyDescent="1.1499999999999999">
       <c r="B2" s="7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="3" spans="2:12" ht="23.15" customHeight="1" thickBot="1" x14ac:dyDescent="1.2">
       <c r="C3" s="23"/>
       <c r="D3" s="23"/>
       <c r="E3" s="23"/>
       <c r="I3" s="24" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="2:12" ht="23.15" customHeight="1" x14ac:dyDescent="1.1499999999999999">
       <c r="C4" s="23"/>
       <c r="D4" s="23"/>
       <c r="E4" s="23"/>
       <c r="F4" s="23"/>
       <c r="I4" s="73" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="5" spans="2:12" ht="23.15" customHeight="1" x14ac:dyDescent="1.1499999999999999">
       <c r="C5" s="23"/>
       <c r="D5" s="23"/>
       <c r="E5" s="23"/>
       <c r="I5" s="41">
-        <v>647.70000000000005</v>
+        <v>608.9</v>
       </c>
     </row>
     <row r="6" spans="2:12" ht="18.75" customHeight="1" x14ac:dyDescent="1.1499999999999999">
       <c r="C6" s="23"/>
       <c r="D6" s="23"/>
       <c r="E6" s="23"/>
       <c r="I6" s="38" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7" spans="2:12" ht="19" customHeight="1" x14ac:dyDescent="1.1499999999999999">
       <c r="C7" s="23"/>
       <c r="D7" s="23"/>
       <c r="E7" s="23"/>
     </row>
     <row r="8" spans="2:12" ht="18.75" customHeight="1" x14ac:dyDescent="1.1499999999999999">
       <c r="C8" s="23"/>
       <c r="D8" s="23"/>
       <c r="E8" s="23"/>
       <c r="I8" s="42" t="s">
         <v>37</v>
       </c>
       <c r="K8" s="79"/>
       <c r="L8" s="79"/>
     </row>
     <row r="9" spans="2:12" ht="27.5" x14ac:dyDescent="1.1499999999999999">
       <c r="C9" s="23"/>
       <c r="D9" s="23"/>
       <c r="E9" s="23"/>
       <c r="I9" s="70">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
       <c r="K9" s="79"/>
       <c r="L9" s="79"/>
     </row>
     <row r="10" spans="2:12" ht="18.75" customHeight="1" x14ac:dyDescent="1.1499999999999999">
       <c r="C10" s="23"/>
       <c r="D10" s="23"/>
       <c r="E10" s="23"/>
       <c r="I10" s="43" t="s">
         <v>38</v>
       </c>
       <c r="K10" s="79"/>
       <c r="L10" s="79"/>
     </row>
     <row r="11" spans="2:12" ht="16.5" customHeight="1" x14ac:dyDescent="1.1499999999999999">
       <c r="C11" s="23"/>
       <c r="D11" s="23"/>
       <c r="E11" s="23"/>
       <c r="K11" s="79"/>
       <c r="L11" s="79"/>
     </row>
     <row r="12" spans="2:12" ht="16.5" customHeight="1" x14ac:dyDescent="1.1499999999999999">
       <c r="C12" s="23"/>
       <c r="D12" s="23"/>
       <c r="E12" s="23"/>
       <c r="I12" s="44" t="s">
         <v>39</v>
       </c>
       <c r="K12" s="79"/>
       <c r="L12" s="79"/>
     </row>
     <row r="13" spans="2:12" ht="27.5" x14ac:dyDescent="1.1499999999999999">
       <c r="C13" s="23"/>
       <c r="D13" s="23"/>
       <c r="E13" s="23"/>
       <c r="I13" s="60" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="14" spans="2:12" ht="46" x14ac:dyDescent="1.1499999999999999">
       <c r="C14" s="23"/>
       <c r="D14" s="23"/>
       <c r="E14" s="23"/>
       <c r="I14" s="60" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="15" spans="2:12" ht="69" x14ac:dyDescent="1.1499999999999999">
+    <row r="15" spans="2:12" ht="46.5" customHeight="1" x14ac:dyDescent="1.1499999999999999">
       <c r="C15" s="23"/>
       <c r="D15" s="23"/>
       <c r="E15" s="23"/>
       <c r="I15" s="60" t="s">
-        <v>42</v>
+        <v>104</v>
       </c>
     </row>
     <row r="16" spans="2:12" ht="21" customHeight="1" x14ac:dyDescent="1.1499999999999999">
       <c r="C16" s="23"/>
       <c r="D16" s="23"/>
       <c r="E16" s="23"/>
       <c r="I16" s="60" t="s">
-        <v>43</v>
+        <v>103</v>
       </c>
     </row>
     <row r="17" spans="3:9" ht="69" x14ac:dyDescent="1.1499999999999999">
       <c r="C17" s="23"/>
       <c r="I17" s="59" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="18" spans="3:9" ht="42.65" customHeight="1" x14ac:dyDescent="1.1499999999999999">
       <c r="C18" s="23"/>
       <c r="I18" s="78" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
     </row>
     <row r="19" spans="3:9" ht="27.5" hidden="1" x14ac:dyDescent="1.1499999999999999">
       <c r="C19" s="23"/>
       <c r="I19" s="78"/>
     </row>
     <row r="20" spans="3:9" ht="46" x14ac:dyDescent="1.1499999999999999">
       <c r="C20" s="23"/>
       <c r="I20" s="60" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
     </row>
     <row r="21" spans="3:9" ht="27.5" x14ac:dyDescent="1.1499999999999999">
       <c r="C21" s="23"/>
       <c r="I21" s="78" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="3:9" ht="18.75" customHeight="1" x14ac:dyDescent="1.1499999999999999">
       <c r="C22" s="23"/>
       <c r="I22" s="78"/>
     </row>
     <row r="23" spans="3:9" ht="26.5" customHeight="1" x14ac:dyDescent="1.1499999999999999">
       <c r="C23" s="23"/>
       <c r="D23" s="23"/>
       <c r="E23" s="23"/>
       <c r="I23" s="37"/>
     </row>
     <row r="25" spans="3:9" ht="7.5" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="26" spans="3:9" ht="18.649999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="27" spans="3:9" ht="32.5" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="28" spans="3:9" ht="9.65" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="29" spans="3:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="30" spans="3:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="31" spans="3:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="32" spans="3:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="33" spans="2:2" ht="17.25" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="34" spans="2:2" ht="17.25" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="35" spans="2:2" ht="33.65" customHeight="1" x14ac:dyDescent="1.25">
       <c r="B35" s="72" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
     </row>
     <row r="37" spans="2:2" ht="17.25" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="38" spans="2:2" ht="17.25" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="39" spans="2:2" ht="17.25" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="40" spans="2:2" ht="17.25" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="41" spans="2:2" ht="17.25" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="42" spans="2:2" ht="17.25" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="43" spans="2:2" ht="17.25" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="44" spans="2:2" ht="17.25" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="45" spans="2:2" ht="17.25" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="46" spans="2:2" ht="17.25" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="47" spans="2:2" ht="17.25" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="48" spans="2:2" ht="17.25" customHeight="1" x14ac:dyDescent="0.95"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Yl3utn4UrG+60RI8Kwn6GcKzLlZlLARgalkStlzAYu7HIkEUnMwGdzuVhF9S818L7yiFzPmceh4o+vwygNE++w==" saltValue="wiMQ1kcidrU+P09rG2a5WA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="C80rMcMao23tAMKnpSTzT9csdf/ymEcSjWq7vEVDMfh2fmzlWQ/90Cca/SH0UGkqaJsTN2ce+9KncbjC4h7ETg==" saltValue="K9JodxrzRig5+DECkZ7inw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="3">
     <mergeCell ref="I18:I19"/>
     <mergeCell ref="K8:L12"/>
     <mergeCell ref="I21:I22"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="I4" location="'Executive Summary'!B35" display="Total Demand Side Flexibility in NESO markets*" xr:uid="{57493908-325E-441A-9DD9-7796281FEEA5}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C*Capacity for units participating in multiple markets has been counted once to avoid duplication.</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{24A03F88-55DE-E36B-F008-6BB763945328}">
   <dimension ref="B2:P45"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A9" zoomScale="78" workbookViewId="0">
       <selection activeCell="B25" sqref="B25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.75" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.25" customWidth="1"/>
     <col min="2" max="2" width="87.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:16" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B2" s="45" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C2" s="45"/>
       <c r="D2" s="45"/>
       <c r="E2" s="45"/>
       <c r="F2" s="45"/>
       <c r="G2" s="45"/>
       <c r="H2" s="45"/>
       <c r="I2" s="45"/>
       <c r="J2" s="45"/>
       <c r="K2" s="45"/>
       <c r="L2" s="45"/>
       <c r="M2" s="45"/>
       <c r="N2" s="45"/>
       <c r="O2" s="46" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="P2" s="46"/>
     </row>
     <row r="4" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B4" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="47" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B6" s="47" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="7" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B7" s="47" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="9" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B9" s="1" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="10" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B10" s="47" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
     </row>
     <row r="11" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B11" s="47" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B13" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="14" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B14" s="47" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
     </row>
     <row r="15" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B15" s="47" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="16" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B16" s="47" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
     </row>
     <row r="18" spans="2:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B18" s="1" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
     </row>
     <row r="19" spans="2:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B19" s="47" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
     </row>
     <row r="20" spans="2:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B20" s="47" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
     </row>
     <row r="21" spans="2:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B21" s="47" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="23" spans="2:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B23" s="1" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
     </row>
     <row r="24" spans="2:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B24" s="47" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
     </row>
     <row r="25" spans="2:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B25" s="47" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="26" spans="2:2" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B26" s="47" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="45" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B45" s="39" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{68814AA8-5888-3C28-4258-00AECD5CD54E}">
   <sheetPr>
     <tabColor rgb="FF7A3864"/>
   </sheetPr>
   <dimension ref="A1:I43"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="75" zoomScaleNormal="73" workbookViewId="0">
-      <selection activeCell="I17" sqref="I17:I20"/>
+      <selection activeCell="J12" sqref="J12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.75" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.95"/>
   <cols>
     <col min="1" max="1" width="0.25" style="22" customWidth="1"/>
     <col min="2" max="8" width="14.58203125" style="22" customWidth="1"/>
     <col min="9" max="9" width="45.58203125" style="22" customWidth="1"/>
     <col min="10" max="10" width="22.5" style="22" customWidth="1"/>
     <col min="11" max="16384" width="7.75" style="22"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="30" customFormat="1" ht="45.65" customHeight="1" x14ac:dyDescent="0.95">
       <c r="B1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="I1" s="30" t="e" vm="3">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="6" customFormat="1" ht="27.5" x14ac:dyDescent="1.1499999999999999">
       <c r="A2" s="7" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="1">
       <c r="I3" s="1" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I4" s="64" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I5" s="65">
-        <v>370.7</v>
+        <v>363.7</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I6" s="63" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="8" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I8" s="61" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I9" s="41">
         <v>19032</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I10" s="38" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="12" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I12" s="42" t="s">
-        <v>75</v>
+        <v>102</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I13" s="69">
         <v>75.400000000000006</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I14" s="43" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.95">
       <c r="B15" s="39"/>
     </row>
     <row r="16" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I16" s="44" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="17" spans="9:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I17" s="80" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
     </row>
     <row r="18" spans="9:9" ht="15" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I18" s="80"/>
     </row>
     <row r="19" spans="9:9" ht="8.15" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I19" s="80"/>
     </row>
     <row r="20" spans="9:9" ht="19" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I20" s="80"/>
     </row>
     <row r="21" spans="9:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I21" s="67"/>
     </row>
     <row r="22" spans="9:9" ht="15" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I22" s="67"/>
     </row>
     <row r="23" spans="9:9" ht="15" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I23" s="67"/>
     </row>
     <row r="43" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.95">
       <c r="B43" s="39"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="TNNyf+/L/mVTCp3tK0Nthr06rk1nTPp80pNH5fw/UWeV3kGZKt24s3nNWdUYs4hEJFT8dn+ivBBcsLKwYoA/dw==" saltValue="odAm79sd77BFJnsxHAxHpg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="1mH0jk6+nbhSghzAuEygNwWApygtxEbZ1O/dGyJSorhIzmQPrpergZNnaxorWidzGDP8O0bhCPebnprLTenXnw==" saltValue="qin8upcQxJxFgngmRiLOhw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="I17:I20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{04AD4FE4-D7EB-3B05-B568-6AAFB5E5F1C7}">
   <sheetPr>
     <tabColor rgb="FFFF00FF"/>
   </sheetPr>
   <dimension ref="A1:I42"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2"/>
+      <selection activeCell="I10" sqref="I10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.75" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.25" customWidth="1"/>
     <col min="2" max="8" width="14.58203125" customWidth="1"/>
     <col min="9" max="9" width="45.58203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="46" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="I1" s="2" t="e" vm="4">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="10" customFormat="1" ht="18" x14ac:dyDescent="0.4">
       <c r="A2" s="9" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="I3" s="1" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I4" s="64" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I5" s="65">
         <v>49.7</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I6" s="63" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="8" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I8" s="40" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I9" s="48">
         <v>730.43899999999996</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I10" s="38" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="12" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I12" s="42" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I13" s="49">
         <v>0.85399999999999998</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I14" s="43" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="16" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I16" s="44" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="17" spans="9:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I17" s="80" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="18" spans="9:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I18" s="80"/>
     </row>
     <row r="19" spans="9:9" ht="8.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I19" s="80"/>
     </row>
     <row r="20" spans="9:9" ht="10.5" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I20" s="80" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
     </row>
     <row r="21" spans="9:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I21" s="80"/>
     </row>
     <row r="22" spans="9:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I22" s="80"/>
     </row>
     <row r="23" spans="9:9" ht="11.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I23" s="80"/>
     </row>
     <row r="42" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B42" s="39"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="sAdRRuiNrVE+FcYlhLxuI6FoC28/KZhDGiATVZ+bm29q3+Ds1/ZgiIyuWSP0z9cPOq08lOSSgxvRglwC4qz5hg==" saltValue="6xT7q7ezFXk3nA382iruRg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="2">
     <mergeCell ref="I17:I19"/>
     <mergeCell ref="I20:I23"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A4532FB6-0268-65B8-0058-C5319C857C68}">
   <sheetPr>
     <tabColor rgb="FF385B16"/>
   </sheetPr>
   <dimension ref="A1:I42"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="C1" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <selection activeCell="H17" sqref="H17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.75" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.95"/>
   <cols>
     <col min="1" max="1" width="0.25" style="22" customWidth="1"/>
     <col min="2" max="8" width="14.58203125" style="22" customWidth="1"/>
     <col min="9" max="9" width="45.58203125" style="22" customWidth="1"/>
     <col min="10" max="16384" width="7.75" style="22"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="30" customFormat="1" ht="45.5" x14ac:dyDescent="0.95">
       <c r="B1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="I1" s="30" t="e" vm="5">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="13" customFormat="1" ht="27.5" x14ac:dyDescent="1.1499999999999999">
       <c r="A2" s="31" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="1">
       <c r="I3" s="1" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I4" s="64" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I5" s="65">
         <v>149.5</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I6" s="63" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="8" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I8" s="40" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I9" s="41">
         <v>281</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I10" s="38" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="12" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I12" s="42" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I13" s="68">
         <v>93.1</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.95">
       <c r="B14" s="39"/>
       <c r="I14" s="43" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95"/>
     <row r="16" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I16" s="44" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="17" spans="9:9" ht="15" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I17" s="80" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
     </row>
     <row r="18" spans="9:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I18" s="80"/>
     </row>
     <row r="19" spans="9:9" ht="15" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I19" s="80"/>
     </row>
     <row r="20" spans="9:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I20" s="80"/>
     </row>
     <row r="21" spans="9:9" ht="22" customHeight="1" x14ac:dyDescent="0.95">
       <c r="I21" s="81"/>
     </row>
     <row r="42" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.95">
       <c r="B42" s="39"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="djhuLaprDuSPOlCp+TwZ2YdRkR95H7EaNBaOs/8NZhxG0nAG4JFX0nJ4ZfkZLlcEn/iPVE7X6N1GKOC/Lw5kPw==" saltValue="QNCAPLAnv+uCCB1WJaqFww==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="I17:I21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC1F433E-7A88-6808-C3B8-43D52F015218}">
   <sheetPr>
     <tabColor rgb="FF7AA450"/>
   </sheetPr>
   <dimension ref="A1:I44"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2"/>
+      <selection activeCell="I21" sqref="I21:I22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.75" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.25" customWidth="1"/>
     <col min="2" max="8" width="14.58203125" customWidth="1"/>
     <col min="9" max="9" width="45.58203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="45.5" x14ac:dyDescent="0.35">
       <c r="B1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="I1" s="2" t="e" vm="6">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="16" customFormat="1" ht="23.5" x14ac:dyDescent="0.95">
       <c r="A2" s="14" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B2" s="15"/>
     </row>
     <row r="3" spans="1:9" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="I3" s="1" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I4" s="64" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I5" s="65">
-        <v>70.5</v>
+        <v>31.7</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I6" s="63" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="8" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I8" s="40" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I9" s="41">
         <v>238285</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I10" s="38" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="12" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I12" s="42" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I13" s="71">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I14" s="43" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="16" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I16" s="44" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="17" spans="2:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B17" s="50"/>
       <c r="I17" s="82" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
     <row r="18" spans="2:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I18" s="82"/>
     </row>
     <row r="19" spans="2:9" ht="19" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B19" s="39"/>
       <c r="I19" s="82"/>
     </row>
     <row r="20" spans="2:9" ht="3" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I20" s="82"/>
     </row>
     <row r="21" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I21" s="80" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
     </row>
     <row r="22" spans="2:9" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I22" s="80"/>
     </row>
     <row r="23" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I23" s="67"/>
     </row>
     <row r="24" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I24" s="37"/>
     </row>
     <row r="25" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I25" s="37"/>
     </row>
     <row r="26" spans="2:9" ht="1.5" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="44" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B44" s="39"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="QcbLSRul+fNyGtS85+1WdzTlkJ76AloUNoh6VLtOrlzi1S+G6YhWtpMMiWVfPD2BTLz7OTjl8Qi2HmUzfuof8w==" saltValue="jTn57S8EP0NKGxID29CPDw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="c9eNh20dUC+bUdffvjrYnCj3OnNsaSCCCBOrlZ1OSVCO1eMbCrngp58e7clm/zbg/PgwC+0ZcmqnCS8jREzV3w==" saltValue="K7WWeRP2160NkOI/XmQsvA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="2">
     <mergeCell ref="I17:I20"/>
     <mergeCell ref="I21:I22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{57778A18-0B38-43A8-44C4-79EB7F3D40D8}">
   <sheetPr>
     <tabColor rgb="FF000000"/>
   </sheetPr>
   <dimension ref="A1:I44"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="B1" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <selection activeCell="N8" sqref="N8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.75" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="14.58203125" hidden="1" customWidth="1"/>
     <col min="2" max="8" width="14.58203125" customWidth="1"/>
     <col min="9" max="9" width="45.58203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="45.5" x14ac:dyDescent="0.35">
       <c r="B1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="I1" s="2" t="e" vm="5">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="21" customFormat="1" ht="23.5" x14ac:dyDescent="0.95">
       <c r="A2" s="20"/>
       <c r="B2" s="66" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B3" s="32"/>
       <c r="I3" s="1" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I4" s="64" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I5" s="62">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I6" s="63" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="8" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I8" s="40" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I9" s="41">
         <v>2623</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I10" s="38" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B11" s="50"/>
     </row>
     <row r="12" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I12" s="42" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B13" s="39"/>
       <c r="I13" s="70">
         <v>0.69</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I14" s="43" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="16" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I16" s="44" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="17" spans="9:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I17" s="80" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
     </row>
     <row r="18" spans="9:9" ht="0.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I18" s="80"/>
     </row>
     <row r="19" spans="9:9" ht="4.5" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I19" s="80"/>
     </row>
     <row r="20" spans="9:9" ht="5.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I20" s="80" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="21" spans="9:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I21" s="80"/>
     </row>
     <row r="22" spans="9:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I22" s="80"/>
     </row>
     <row r="23" spans="9:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I23" s="80"/>
     </row>
     <row r="24" spans="9:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I24" s="80"/>
     </row>
     <row r="25" spans="9:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I25" s="80"/>
     </row>
     <row r="26" spans="9:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I26" s="37"/>
     </row>
     <row r="27" spans="9:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I27" s="37"/>
     </row>
     <row r="44" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B44" s="39"/>
@@ -11209,179 +11212,199 @@
     <tabColor rgb="FF70E85E"/>
   </sheetPr>
   <dimension ref="A1:I44"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.75" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.25" customWidth="1"/>
     <col min="2" max="8" width="14.58203125" customWidth="1"/>
     <col min="9" max="9" width="54.08203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="46.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="I1" s="2" t="e" vm="5">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="2" spans="1:9" s="19" customFormat="1" ht="23.5" x14ac:dyDescent="0.95">
       <c r="A2" s="17" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B2" s="18"/>
     </row>
     <row r="3" spans="1:9" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B3" s="32"/>
       <c r="I3" s="1" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I4" s="64" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I5" s="62">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I6" s="63" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="8" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I8" s="40" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I9" s="41">
         <v>8811</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I10" s="38" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="12" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I12" s="42" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I13" s="71">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I14" s="43" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B15" s="50"/>
     </row>
     <row r="16" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I16" s="44" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="17" spans="2:9" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B17" s="39"/>
       <c r="I17" s="80" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
     <row r="18" spans="2:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I18" s="80"/>
     </row>
     <row r="19" spans="2:9" ht="7.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I19" s="80"/>
     </row>
     <row r="20" spans="2:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I20" s="80" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="21" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I21" s="80"/>
     </row>
     <row r="22" spans="2:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I22" s="80"/>
     </row>
     <row r="23" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I23" s="80" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
     </row>
     <row r="24" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I24" s="80"/>
     </row>
     <row r="25" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I25" s="80"/>
     </row>
     <row r="44" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B44" s="39"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="FY5ABLmxKJroZCmiWQL2Pqt41hZ+ZLgz8HpY23It0FAi4d85sg8uZ28keIZgKeHdP0kOw8F48wDywn65V7C+VQ==" saltValue="oJKlEbTmkzOs6HrjVNDEag==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="3">
     <mergeCell ref="I17:I19"/>
     <mergeCell ref="I20:I22"/>
     <mergeCell ref="I23:I25"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CE1B37B5E654B144928C00AB877D07B9" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cc7afaffe71874472b1a86fb706dec3c">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="261511f3-952e-4487-a2c3-d3d494f384b9" xmlns:ns3="07ba3cd5-8584-4c6d-a324-c5634def3460" xmlns:ns4="6cc97252-1d32-4c53-9750-b6376d974828" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="29cbad5e197233cd4c7fbf121d30dcb1" ns2:_="" ns3:_="" ns4:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Descriptionoffolder xmlns="261511f3-952e-4487-a2c3-d3d494f384b9" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="6cc97252-1d32-4c53-9750-b6376d974828">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CE1B37B5E654B144928C00AB877D07B9" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ae6aaef8868fe3da14217bcf0fb47214">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="261511f3-952e-4487-a2c3-d3d494f384b9" xmlns:ns3="07ba3cd5-8584-4c6d-a324-c5634def3460" xmlns:ns4="6cc97252-1d32-4c53-9750-b6376d974828" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="124bdf85483aed73431ae1fa955f7937" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="261511f3-952e-4487-a2c3-d3d494f384b9"/>
     <xsd:import namespace="07ba3cd5-8584-4c6d-a324-c5634def3460"/>
     <xsd:import namespace="6cc97252-1d32-4c53-9750-b6376d974828"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:Descriptionoffolder" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -11571,112 +11594,92 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27CD6D83-FFB7-4DBE-B6A5-A990EC9DD352}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3F39E92-8B6B-4E6B-B19E-C2F90DF8CF17}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6cc97252-1d32-4c53-9750-b6376d974828"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="07ba3cd5-8584-4c6d-a324-c5634def3460"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="261511f3-952e-4487-a2c3-d3d494f384b9"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C10BC5A-366E-4D0C-81A3-6D7B055A1179}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8A37F39-B22E-400E-AC71-70F1B4A04620}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="261511f3-952e-4487-a2c3-d3d494f384b9"/>
     <ds:schemaRef ds:uri="07ba3cd5-8584-4c6d-a324-c5634def3460"/>
     <ds:schemaRef ds:uri="6cc97252-1d32-4c53-9750-b6376d974828"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...24 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a63c9e9e-b4db-442a-a94f-08718d788e8c}" enabled="0" method="" siteId="{a63c9e9e-b4db-442a-a94f-08718d788e8c}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>2</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>