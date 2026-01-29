--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -30,99 +30,257 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6EEAD467" w14:textId="7F889FF7" w:rsidR="000E1DE7" w:rsidRPr="001438F3" w:rsidRDefault="00B04E25" w:rsidP="001438F3">
       <w:pPr>
         <w:pStyle w:val="DocumentTitle"/>
         <w:framePr w:w="14791" w:wrap="notBeside" w:x="1029" w:y="1778"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:color w:val="650B4E" w:themeColor="text2" w:themeTint="E6"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001438F3">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:color w:val="650B4E" w:themeColor="text2" w:themeTint="E6"/>
         </w:rPr>
         <w:t>CHANGE OF CONTROL POINT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E23138A" w14:textId="77777777" w:rsidR="001438F3" w:rsidRPr="0087208E" w:rsidRDefault="001438F3" w:rsidP="001438F3">
+    <w:p w14:paraId="7E23138A" w14:textId="752EDC70" w:rsidR="001438F3" w:rsidRPr="0087208E" w:rsidRDefault="001438F3" w:rsidP="001438F3">
       <w:pPr>
         <w:pStyle w:val="DocumentSubtitle"/>
         <w:framePr w:w="14962" w:wrap="notBeside" w:x="974" w:y="2414"/>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="650B4E" w:themeColor="text2" w:themeTint="E6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0087208E">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="650B4E" w:themeColor="text2" w:themeTint="E6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve">All empty fields are mandatory. If any blanks are left, the form will not be accepted and will be returned to Lead Party. If you have any questions on the information to be provided, please get in contact with the </w:t>
+        <w:t xml:space="preserve">All </w:t>
+      </w:r>
+      <w:r w:rsidR="003A3A05">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="650B4E" w:themeColor="text2" w:themeTint="E6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>empty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087208E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="650B4E" w:themeColor="text2" w:themeTint="E6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fields are mandatory. If any blanks are left, the form will not be accepted and will be returned to </w:t>
+      </w:r>
+      <w:r w:rsidR="003A3A05">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="650B4E" w:themeColor="text2" w:themeTint="E6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087208E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="650B4E" w:themeColor="text2" w:themeTint="E6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lead Party. If you have any questions on the information </w:t>
+      </w:r>
+      <w:r w:rsidR="008D70A8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="650B4E" w:themeColor="text2" w:themeTint="E6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>requested</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087208E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="650B4E" w:themeColor="text2" w:themeTint="E6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, please get in </w:t>
+      </w:r>
+      <w:r w:rsidR="003A3A05">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="650B4E" w:themeColor="text2" w:themeTint="E6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>touch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087208E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="650B4E" w:themeColor="text2" w:themeTint="E6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="650B4E" w:themeColor="text2" w:themeTint="E6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">NESO </w:t>
       </w:r>
       <w:r w:rsidRPr="0087208E">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="650B4E" w:themeColor="text2" w:themeTint="E6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve">Registration Team. </w:t>
+        <w:t>Registration Team</w:t>
+      </w:r>
+      <w:r w:rsidR="003A3A05">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="650B4E" w:themeColor="text2" w:themeTint="E6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Please return completed forms to </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA42D8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="650B4E" w:themeColor="text2" w:themeTint="E6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the team via </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5F35" w:rsidRPr="00CA5F35">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="650B4E" w:themeColor="text2" w:themeTint="E6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>.box.bmu.registration-neso &lt;</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CA5F35" w:rsidRPr="00CA5F35">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="650B4E" w:themeColor="text2" w:themeTint="E6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>bmu.registration@neso.energy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CA5F35" w:rsidRPr="00CA5F35">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="650B4E" w:themeColor="text2" w:themeTint="E6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable1"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="991" w:tblpY="1064"/>
         <w:tblW w:w="14997" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="3961"/>
         <w:gridCol w:w="62"/>
         <w:gridCol w:w="1786"/>
         <w:gridCol w:w="204"/>
         <w:gridCol w:w="1915"/>
         <w:gridCol w:w="136"/>
         <w:gridCol w:w="4103"/>
       </w:tblGrid>
       <w:tr w:rsidR="00413C2C" w14:paraId="015D8A71" w14:textId="77777777" w:rsidTr="0E3F6091">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="437"/>
         </w:trPr>
         <w:tc>
@@ -2054,58 +2212,64 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A77821">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>(Asset ID)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10017" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="70F6E026" w14:textId="77777777" w:rsidR="001432EA" w:rsidRDefault="001432EA" w:rsidP="001432EA">
+          <w:p w14:paraId="70F6E026" w14:textId="7CAA627A" w:rsidR="001432EA" w:rsidRDefault="00ED3675" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LIST ALL IMPACTED </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00905D75" w14:paraId="1113DE0F" w14:textId="77777777" w:rsidTr="00334B7F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4862" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="423AAB95" w14:textId="77777777" w:rsidR="00905D75" w:rsidRPr="00453D11" w:rsidRDefault="00905D75" w:rsidP="00905D75">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00453D11">
@@ -2263,73 +2427,85 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4862" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="5C17EEC5" w14:textId="77777777" w:rsidR="00334B7F" w:rsidRPr="00A77821" w:rsidRDefault="00334B7F" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5008" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5760AE39" w14:textId="77777777" w:rsidR="00334B7F" w:rsidRDefault="00334B7F" w:rsidP="001432EA">
+          <w:p w14:paraId="5760AE39" w14:textId="036B75E3" w:rsidR="00334B7F" w:rsidRDefault="00ED3675" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">As Registered </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5009" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1D2FE4FE" w14:textId="4F67ACE5" w:rsidR="00334B7F" w:rsidRDefault="00334B7F" w:rsidP="001432EA">
+          <w:p w14:paraId="1D2FE4FE" w14:textId="2A8FD0E4" w:rsidR="00334B7F" w:rsidRDefault="00ED3675" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>As Registered</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001432EA" w14:paraId="061C0BE8" w14:textId="77777777" w:rsidTr="00905D75">
         <w:trPr>
           <w:trHeight w:val="399"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4862" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="38B5C8BC" w14:textId="77777777" w:rsidR="001432EA" w:rsidRDefault="001432EA" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -2481,74 +2657,86 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4862" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="6E7D8911" w14:textId="77777777" w:rsidR="001432EA" w:rsidRDefault="001432EA" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="610030EF" w14:textId="77777777" w:rsidR="001432EA" w:rsidRDefault="001432EA" w:rsidP="001432EA">
+          <w:p w14:paraId="610030EF" w14:textId="0F84A45A" w:rsidR="001432EA" w:rsidRDefault="00ED3675" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>As Registered</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5466" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5F62200E" w14:textId="77777777" w:rsidR="001432EA" w:rsidRDefault="001432EA" w:rsidP="001432EA">
+          <w:p w14:paraId="5F62200E" w14:textId="1B19AEAC" w:rsidR="001432EA" w:rsidRDefault="00ED3675" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>As Registered</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001432EA" w14:paraId="5D124DA6" w14:textId="77777777" w:rsidTr="00905D75">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4862" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="622EC67A" w14:textId="77777777" w:rsidR="001432EA" w:rsidRDefault="001432EA" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -2801,58 +2989,64 @@
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001432EA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>(Gen/Dem/EPM/CAS/PST)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10017" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="043980EB" w14:textId="0B6CF9FC" w:rsidR="001432EA" w:rsidRDefault="001432EA" w:rsidP="001432EA">
+          <w:p w14:paraId="043980EB" w14:textId="05215967" w:rsidR="001432EA" w:rsidRDefault="00ED3675" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>As Registered</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001432EA" w14:paraId="61A18D0B" w14:textId="77777777" w:rsidTr="00905D75">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4862" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E444980" w14:textId="77777777" w:rsidR="001432EA" w:rsidRPr="001432EA" w:rsidRDefault="001432EA" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001432EA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -2898,58 +3092,64 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>If ‘Other’ - please speci</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>fy*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10017" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="5DAD6FA9" w14:textId="6EBEFD54" w:rsidR="001432EA" w:rsidRDefault="001432EA" w:rsidP="001432EA">
+          <w:p w14:paraId="5DAD6FA9" w14:textId="6B6F70FF" w:rsidR="001432EA" w:rsidRDefault="00ED3675" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>As Registered</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001432EA" w14:paraId="02B5FFC9" w14:textId="77777777" w:rsidTr="00334B7F">
         <w:trPr>
           <w:trHeight w:val="575"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4862" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DACD95B" w14:textId="77777777" w:rsidR="001432EA" w:rsidRDefault="001432EA" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -2988,58 +3188,64 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">down </w:t>
             </w:r>
             <w:r w:rsidRPr="001432EA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>to whole number)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10017" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="1FF12F73" w14:textId="300975FB" w:rsidR="001432EA" w:rsidRDefault="001432EA" w:rsidP="001432EA">
+          <w:p w14:paraId="1FF12F73" w14:textId="3A908FFB" w:rsidR="001432EA" w:rsidRDefault="00ED3675" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>As Registered</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001432EA" w14:paraId="3B2B01E3" w14:textId="77777777" w:rsidTr="00905D75">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="609"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4862" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B226D8E" w14:textId="77777777" w:rsidR="001432EA" w:rsidRDefault="001432EA" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -3081,58 +3287,64 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Bolney</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001432EA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> 400kV)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10017" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="103ACF2F" w14:textId="77777777" w:rsidR="001432EA" w:rsidRDefault="001432EA" w:rsidP="001432EA">
+          <w:p w14:paraId="103ACF2F" w14:textId="291FC730" w:rsidR="001432EA" w:rsidRDefault="00ED3675" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>As Registered</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001432EA" w14:paraId="0AAD8420" w14:textId="77777777" w:rsidTr="00334B7F">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4862" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BF423B3" w14:textId="77777777" w:rsidR="001432EA" w:rsidRDefault="001432EA" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -3148,58 +3360,64 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001432EA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>(e.g. WPD)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10017" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="0CED67A3" w14:textId="77777777" w:rsidR="001432EA" w:rsidRDefault="001432EA" w:rsidP="001432EA">
+          <w:p w14:paraId="0CED67A3" w14:textId="0814B7AC" w:rsidR="001432EA" w:rsidRDefault="00ED3675" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>As Registered</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001432EA" w14:paraId="746298EE" w14:textId="77777777" w:rsidTr="00905D75">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4862" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DB28409" w14:textId="77777777" w:rsidR="001432EA" w:rsidRDefault="001432EA" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -3218,58 +3436,64 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001432EA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>(e.g. Brighton 33kV)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10017" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="427A9994" w14:textId="77777777" w:rsidR="001432EA" w:rsidRDefault="001432EA" w:rsidP="001432EA">
+          <w:p w14:paraId="427A9994" w14:textId="759DA437" w:rsidR="001432EA" w:rsidRDefault="00ED3675" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>As Registered</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001432EA" w14:paraId="5C9BE890" w14:textId="77777777" w:rsidTr="00334B7F">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4862" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01529951" w14:textId="047C3467" w:rsidR="001432EA" w:rsidRDefault="00905D75" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -3293,58 +3517,64 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001432EA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>(Elexon BMU ID)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10017" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="480AAD01" w14:textId="77777777" w:rsidR="001432EA" w:rsidRDefault="001432EA" w:rsidP="001432EA">
+          <w:p w14:paraId="480AAD01" w14:textId="397AF021" w:rsidR="001432EA" w:rsidRDefault="00ED3675" w:rsidP="001432EA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>As Registered</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="20A9522F" w14:textId="1FB294EA" w:rsidR="000E1DE7" w:rsidRDefault="000E1DE7" w:rsidP="000E1DE7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="581D0248" w14:textId="77777777" w:rsidR="00AF704E" w:rsidRDefault="00AF704E" w:rsidP="00AF704E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="800080" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F40F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
@@ -3918,71 +4148,71 @@
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F4613D" w:rsidRPr="00A04C4B" w:rsidSect="00BC533C">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="397" w:footer="57" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0227D916" w14:textId="77777777" w:rsidR="0022500B" w:rsidRDefault="0022500B" w:rsidP="00A62BFF">
+    <w:p w14:paraId="140DBEE6" w14:textId="77777777" w:rsidR="008F7345" w:rsidRDefault="008F7345" w:rsidP="00A62BFF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="51E8210B" w14:textId="77777777" w:rsidR="0022500B" w:rsidRDefault="0022500B" w:rsidP="00A62BFF">
+    <w:p w14:paraId="25BEE23F" w14:textId="77777777" w:rsidR="008F7345" w:rsidRDefault="008F7345" w:rsidP="00A62BFF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="68E66180" w14:textId="77777777" w:rsidR="0022500B" w:rsidRDefault="0022500B">
+    <w:p w14:paraId="6D141AF7" w14:textId="77777777" w:rsidR="008F7345" w:rsidRDefault="008F7345">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4196,71 +4426,71 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="1BCDAE54" w14:textId="26A10FAE" w:rsidR="00B26D29" w:rsidRDefault="00B26D29">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0EB2440A" w14:textId="77777777" w:rsidR="0022500B" w:rsidRDefault="0022500B" w:rsidP="00A62BFF">
+    <w:p w14:paraId="5E4D5A36" w14:textId="77777777" w:rsidR="008F7345" w:rsidRDefault="008F7345" w:rsidP="00A62BFF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="708BE596" w14:textId="77777777" w:rsidR="0022500B" w:rsidRDefault="0022500B" w:rsidP="00A62BFF">
+    <w:p w14:paraId="5E2B5D72" w14:textId="77777777" w:rsidR="008F7345" w:rsidRDefault="008F7345" w:rsidP="00A62BFF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3A738FD5" w14:textId="77777777" w:rsidR="0022500B" w:rsidRDefault="0022500B">
+    <w:p w14:paraId="3D4225FE" w14:textId="77777777" w:rsidR="008F7345" w:rsidRDefault="008F7345">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="01A2E01E" w14:textId="5362C252" w:rsidR="00EB2BC1" w:rsidRPr="00FE7A0E" w:rsidRDefault="005D0B83" w:rsidP="00EB2BC1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="HGPMinchoE" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:color w:val="3F0730"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="40"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1713C7A9" wp14:editId="3FD9C62E">
@@ -6635,50 +6865,51 @@
     <w:rsid w:val="003644FB"/>
     <w:rsid w:val="0036495F"/>
     <w:rsid w:val="00365E0F"/>
     <w:rsid w:val="003727C1"/>
     <w:rsid w:val="003738E5"/>
     <w:rsid w:val="00375931"/>
     <w:rsid w:val="00376923"/>
     <w:rsid w:val="00376C61"/>
     <w:rsid w:val="00377291"/>
     <w:rsid w:val="00377A6F"/>
     <w:rsid w:val="00377C1B"/>
     <w:rsid w:val="00382894"/>
     <w:rsid w:val="0038336D"/>
     <w:rsid w:val="003834F0"/>
     <w:rsid w:val="00383D0D"/>
     <w:rsid w:val="003853CD"/>
     <w:rsid w:val="0039264B"/>
     <w:rsid w:val="00392DC9"/>
     <w:rsid w:val="00392E28"/>
     <w:rsid w:val="0039426F"/>
     <w:rsid w:val="0039506D"/>
     <w:rsid w:val="00396BA9"/>
     <w:rsid w:val="00396FEA"/>
     <w:rsid w:val="003A1D19"/>
     <w:rsid w:val="003A2C6E"/>
+    <w:rsid w:val="003A3A05"/>
     <w:rsid w:val="003A458E"/>
     <w:rsid w:val="003A4C44"/>
     <w:rsid w:val="003A69ED"/>
     <w:rsid w:val="003B23D7"/>
     <w:rsid w:val="003B3803"/>
     <w:rsid w:val="003B5C8F"/>
     <w:rsid w:val="003B6831"/>
     <w:rsid w:val="003B6A3F"/>
     <w:rsid w:val="003B6D10"/>
     <w:rsid w:val="003B79DF"/>
     <w:rsid w:val="003C53ED"/>
     <w:rsid w:val="003D01FA"/>
     <w:rsid w:val="003D365A"/>
     <w:rsid w:val="003D42A0"/>
     <w:rsid w:val="003D634B"/>
     <w:rsid w:val="003D6B83"/>
     <w:rsid w:val="003E0A82"/>
     <w:rsid w:val="003E245C"/>
     <w:rsid w:val="003E2DA4"/>
     <w:rsid w:val="003E300B"/>
     <w:rsid w:val="003E3A3B"/>
     <w:rsid w:val="003E4E47"/>
     <w:rsid w:val="003E59AF"/>
     <w:rsid w:val="003E780E"/>
     <w:rsid w:val="003F0415"/>
@@ -6717,50 +6948,51 @@
     <w:rsid w:val="004335BD"/>
     <w:rsid w:val="00435512"/>
     <w:rsid w:val="00436720"/>
     <w:rsid w:val="0043703E"/>
     <w:rsid w:val="004418A1"/>
     <w:rsid w:val="00443555"/>
     <w:rsid w:val="004435E6"/>
     <w:rsid w:val="00443681"/>
     <w:rsid w:val="004436DC"/>
     <w:rsid w:val="00444AE6"/>
     <w:rsid w:val="00445837"/>
     <w:rsid w:val="00446CE9"/>
     <w:rsid w:val="004474EE"/>
     <w:rsid w:val="00450377"/>
     <w:rsid w:val="00450AA5"/>
     <w:rsid w:val="00450AB3"/>
     <w:rsid w:val="00451774"/>
     <w:rsid w:val="00452142"/>
     <w:rsid w:val="004527F5"/>
     <w:rsid w:val="004533DD"/>
     <w:rsid w:val="00453C26"/>
     <w:rsid w:val="0045450A"/>
     <w:rsid w:val="0045595E"/>
     <w:rsid w:val="004602DB"/>
     <w:rsid w:val="0046180F"/>
+    <w:rsid w:val="0046293E"/>
     <w:rsid w:val="00464A3D"/>
     <w:rsid w:val="00466D08"/>
     <w:rsid w:val="00467853"/>
     <w:rsid w:val="00470170"/>
     <w:rsid w:val="004710DC"/>
     <w:rsid w:val="004713FB"/>
     <w:rsid w:val="00473562"/>
     <w:rsid w:val="00473C1A"/>
     <w:rsid w:val="00474271"/>
     <w:rsid w:val="00474678"/>
     <w:rsid w:val="00477C68"/>
     <w:rsid w:val="00480421"/>
     <w:rsid w:val="004808CC"/>
     <w:rsid w:val="0048102A"/>
     <w:rsid w:val="004833B0"/>
     <w:rsid w:val="00483E04"/>
     <w:rsid w:val="0048569C"/>
     <w:rsid w:val="00485B0F"/>
     <w:rsid w:val="00486CB3"/>
     <w:rsid w:val="00486CFC"/>
     <w:rsid w:val="004870CC"/>
     <w:rsid w:val="00490BA7"/>
     <w:rsid w:val="0049205D"/>
     <w:rsid w:val="00493C98"/>
     <w:rsid w:val="00496719"/>
@@ -7142,50 +7374,51 @@
     <w:rsid w:val="00754B6E"/>
     <w:rsid w:val="007554B0"/>
     <w:rsid w:val="007578B1"/>
     <w:rsid w:val="00757CBA"/>
     <w:rsid w:val="00757E52"/>
     <w:rsid w:val="007612FB"/>
     <w:rsid w:val="0076418A"/>
     <w:rsid w:val="007642CB"/>
     <w:rsid w:val="00765226"/>
     <w:rsid w:val="00765520"/>
     <w:rsid w:val="00766879"/>
     <w:rsid w:val="00767CC0"/>
     <w:rsid w:val="00770F29"/>
     <w:rsid w:val="007713DD"/>
     <w:rsid w:val="00773A6C"/>
     <w:rsid w:val="007742FE"/>
     <w:rsid w:val="00774DFB"/>
     <w:rsid w:val="0077660A"/>
     <w:rsid w:val="00780BC3"/>
     <w:rsid w:val="00780EEC"/>
     <w:rsid w:val="007820C9"/>
     <w:rsid w:val="00782244"/>
     <w:rsid w:val="00783E9A"/>
     <w:rsid w:val="007848A7"/>
     <w:rsid w:val="0078549F"/>
+    <w:rsid w:val="00785D31"/>
     <w:rsid w:val="0078636B"/>
     <w:rsid w:val="00787652"/>
     <w:rsid w:val="00790BEF"/>
     <w:rsid w:val="00791919"/>
     <w:rsid w:val="00791BFC"/>
     <w:rsid w:val="00791F31"/>
     <w:rsid w:val="00792077"/>
     <w:rsid w:val="0079312B"/>
     <w:rsid w:val="0079338A"/>
     <w:rsid w:val="007935BA"/>
     <w:rsid w:val="0079416A"/>
     <w:rsid w:val="00794C2B"/>
     <w:rsid w:val="0079523B"/>
     <w:rsid w:val="00795852"/>
     <w:rsid w:val="00797132"/>
     <w:rsid w:val="007972F3"/>
     <w:rsid w:val="00797605"/>
     <w:rsid w:val="00797950"/>
     <w:rsid w:val="007A0004"/>
     <w:rsid w:val="007A0294"/>
     <w:rsid w:val="007A1269"/>
     <w:rsid w:val="007A251E"/>
     <w:rsid w:val="007A259C"/>
     <w:rsid w:val="007A268A"/>
     <w:rsid w:val="007A2F71"/>
@@ -7352,66 +7585,68 @@
     <w:rsid w:val="008B6F49"/>
     <w:rsid w:val="008B76E8"/>
     <w:rsid w:val="008B7714"/>
     <w:rsid w:val="008C046A"/>
     <w:rsid w:val="008C06B9"/>
     <w:rsid w:val="008C0821"/>
     <w:rsid w:val="008C21DA"/>
     <w:rsid w:val="008C3220"/>
     <w:rsid w:val="008C3AFC"/>
     <w:rsid w:val="008C47BB"/>
     <w:rsid w:val="008C4959"/>
     <w:rsid w:val="008C4C42"/>
     <w:rsid w:val="008C4F08"/>
     <w:rsid w:val="008C5A14"/>
     <w:rsid w:val="008C7013"/>
     <w:rsid w:val="008C7401"/>
     <w:rsid w:val="008D00DC"/>
     <w:rsid w:val="008D1455"/>
     <w:rsid w:val="008D21C1"/>
     <w:rsid w:val="008D22AA"/>
     <w:rsid w:val="008D2C83"/>
     <w:rsid w:val="008D3764"/>
     <w:rsid w:val="008D3981"/>
     <w:rsid w:val="008D4443"/>
     <w:rsid w:val="008D6C5C"/>
+    <w:rsid w:val="008D70A8"/>
     <w:rsid w:val="008D7AD5"/>
     <w:rsid w:val="008E0487"/>
     <w:rsid w:val="008E1748"/>
     <w:rsid w:val="008E307B"/>
     <w:rsid w:val="008E3E97"/>
     <w:rsid w:val="008E5E96"/>
     <w:rsid w:val="008E6168"/>
     <w:rsid w:val="008E65FA"/>
     <w:rsid w:val="008E7DBA"/>
     <w:rsid w:val="008F0AD9"/>
     <w:rsid w:val="008F2B43"/>
     <w:rsid w:val="008F2B74"/>
     <w:rsid w:val="008F3498"/>
     <w:rsid w:val="008F3878"/>
     <w:rsid w:val="008F40F9"/>
     <w:rsid w:val="008F5879"/>
+    <w:rsid w:val="008F7345"/>
     <w:rsid w:val="008F766D"/>
     <w:rsid w:val="008F77DF"/>
     <w:rsid w:val="00900693"/>
     <w:rsid w:val="009013FF"/>
     <w:rsid w:val="00905AFB"/>
     <w:rsid w:val="00905D75"/>
     <w:rsid w:val="00906DCA"/>
     <w:rsid w:val="00907A53"/>
     <w:rsid w:val="00910067"/>
     <w:rsid w:val="0091036B"/>
     <w:rsid w:val="00910CE2"/>
     <w:rsid w:val="00911589"/>
     <w:rsid w:val="00912347"/>
     <w:rsid w:val="00915ADB"/>
     <w:rsid w:val="00916FA7"/>
     <w:rsid w:val="0091763D"/>
     <w:rsid w:val="00917FD0"/>
     <w:rsid w:val="009201C2"/>
     <w:rsid w:val="00922001"/>
     <w:rsid w:val="00924256"/>
     <w:rsid w:val="00924420"/>
     <w:rsid w:val="0092544F"/>
     <w:rsid w:val="00927FFD"/>
     <w:rsid w:val="00931300"/>
     <w:rsid w:val="00934158"/>
@@ -7831,54 +8066,56 @@
     <w:rsid w:val="00C66C63"/>
     <w:rsid w:val="00C66C8A"/>
     <w:rsid w:val="00C67396"/>
     <w:rsid w:val="00C6758C"/>
     <w:rsid w:val="00C7150B"/>
     <w:rsid w:val="00C71AF1"/>
     <w:rsid w:val="00C7450A"/>
     <w:rsid w:val="00C74883"/>
     <w:rsid w:val="00C759BC"/>
     <w:rsid w:val="00C75E4C"/>
     <w:rsid w:val="00C7624A"/>
     <w:rsid w:val="00C768D1"/>
     <w:rsid w:val="00C81C68"/>
     <w:rsid w:val="00C82041"/>
     <w:rsid w:val="00C82605"/>
     <w:rsid w:val="00C82966"/>
     <w:rsid w:val="00C847C0"/>
     <w:rsid w:val="00C85CB1"/>
     <w:rsid w:val="00C91224"/>
     <w:rsid w:val="00C950D4"/>
     <w:rsid w:val="00C952D5"/>
     <w:rsid w:val="00CA01C4"/>
     <w:rsid w:val="00CA16A2"/>
     <w:rsid w:val="00CA207B"/>
     <w:rsid w:val="00CA24CB"/>
+    <w:rsid w:val="00CA3869"/>
     <w:rsid w:val="00CA3D0D"/>
     <w:rsid w:val="00CA54AA"/>
     <w:rsid w:val="00CA5B46"/>
     <w:rsid w:val="00CA5CFF"/>
+    <w:rsid w:val="00CA5F35"/>
     <w:rsid w:val="00CA6B5E"/>
     <w:rsid w:val="00CA6CAE"/>
     <w:rsid w:val="00CB1005"/>
     <w:rsid w:val="00CB13B8"/>
     <w:rsid w:val="00CB1A2B"/>
     <w:rsid w:val="00CB5F37"/>
     <w:rsid w:val="00CC089A"/>
     <w:rsid w:val="00CC20BD"/>
     <w:rsid w:val="00CC395E"/>
     <w:rsid w:val="00CC496C"/>
     <w:rsid w:val="00CC5851"/>
     <w:rsid w:val="00CC6CF9"/>
     <w:rsid w:val="00CC79FC"/>
     <w:rsid w:val="00CD1773"/>
     <w:rsid w:val="00CD2FF6"/>
     <w:rsid w:val="00CD7050"/>
     <w:rsid w:val="00CD70A9"/>
     <w:rsid w:val="00CE13FA"/>
     <w:rsid w:val="00CE2694"/>
     <w:rsid w:val="00CE411E"/>
     <w:rsid w:val="00CE4789"/>
     <w:rsid w:val="00CE520B"/>
     <w:rsid w:val="00CE6C61"/>
     <w:rsid w:val="00CE77F6"/>
     <w:rsid w:val="00CE7C68"/>
@@ -7959,50 +8196,51 @@
     <w:rsid w:val="00D771ED"/>
     <w:rsid w:val="00D77C98"/>
     <w:rsid w:val="00D77ECC"/>
     <w:rsid w:val="00D80C54"/>
     <w:rsid w:val="00D81183"/>
     <w:rsid w:val="00D817A1"/>
     <w:rsid w:val="00D819BE"/>
     <w:rsid w:val="00D81DB8"/>
     <w:rsid w:val="00D856B2"/>
     <w:rsid w:val="00D856EB"/>
     <w:rsid w:val="00D857EE"/>
     <w:rsid w:val="00D9034A"/>
     <w:rsid w:val="00D90712"/>
     <w:rsid w:val="00D94027"/>
     <w:rsid w:val="00D94EBE"/>
     <w:rsid w:val="00D95190"/>
     <w:rsid w:val="00D96571"/>
     <w:rsid w:val="00D96C6E"/>
     <w:rsid w:val="00D977E3"/>
     <w:rsid w:val="00DA0444"/>
     <w:rsid w:val="00DA2A5D"/>
     <w:rsid w:val="00DA2B44"/>
     <w:rsid w:val="00DA2D2A"/>
     <w:rsid w:val="00DA303C"/>
     <w:rsid w:val="00DA37BC"/>
+    <w:rsid w:val="00DA42D8"/>
     <w:rsid w:val="00DA4F32"/>
     <w:rsid w:val="00DA5EE8"/>
     <w:rsid w:val="00DA6CFF"/>
     <w:rsid w:val="00DA7175"/>
     <w:rsid w:val="00DA753F"/>
     <w:rsid w:val="00DA7625"/>
     <w:rsid w:val="00DA79A9"/>
     <w:rsid w:val="00DB1ED7"/>
     <w:rsid w:val="00DB304A"/>
     <w:rsid w:val="00DB4920"/>
     <w:rsid w:val="00DB4A0A"/>
     <w:rsid w:val="00DB7E60"/>
     <w:rsid w:val="00DC2EC5"/>
     <w:rsid w:val="00DC6012"/>
     <w:rsid w:val="00DD114E"/>
     <w:rsid w:val="00DD248B"/>
     <w:rsid w:val="00DD2F95"/>
     <w:rsid w:val="00DD3320"/>
     <w:rsid w:val="00DD3D94"/>
     <w:rsid w:val="00DD488A"/>
     <w:rsid w:val="00DD76CF"/>
     <w:rsid w:val="00DD7DC6"/>
     <w:rsid w:val="00DE2149"/>
     <w:rsid w:val="00DE2854"/>
     <w:rsid w:val="00DE29C2"/>
@@ -8103,50 +8341,51 @@
     <w:rsid w:val="00E97DBE"/>
     <w:rsid w:val="00EA1BE6"/>
     <w:rsid w:val="00EA229A"/>
     <w:rsid w:val="00EA2DC7"/>
     <w:rsid w:val="00EA5402"/>
     <w:rsid w:val="00EA5950"/>
     <w:rsid w:val="00EA660C"/>
     <w:rsid w:val="00EA6CF6"/>
     <w:rsid w:val="00EA79DA"/>
     <w:rsid w:val="00EA7B24"/>
     <w:rsid w:val="00EB2129"/>
     <w:rsid w:val="00EB2266"/>
     <w:rsid w:val="00EB2BC1"/>
     <w:rsid w:val="00EB5163"/>
     <w:rsid w:val="00EC01C7"/>
     <w:rsid w:val="00EC0C90"/>
     <w:rsid w:val="00EC4F8F"/>
     <w:rsid w:val="00EC5E60"/>
     <w:rsid w:val="00EC7043"/>
     <w:rsid w:val="00EC7935"/>
     <w:rsid w:val="00EC7B7E"/>
     <w:rsid w:val="00EC7C11"/>
     <w:rsid w:val="00ED07EC"/>
     <w:rsid w:val="00ED0870"/>
     <w:rsid w:val="00ED3627"/>
+    <w:rsid w:val="00ED3675"/>
     <w:rsid w:val="00ED47E6"/>
     <w:rsid w:val="00ED4D3D"/>
     <w:rsid w:val="00ED5D1C"/>
     <w:rsid w:val="00ED6B63"/>
     <w:rsid w:val="00ED76A6"/>
     <w:rsid w:val="00ED7861"/>
     <w:rsid w:val="00ED7DF6"/>
     <w:rsid w:val="00EE1FA3"/>
     <w:rsid w:val="00EE3968"/>
     <w:rsid w:val="00EE403C"/>
     <w:rsid w:val="00EE4DF3"/>
     <w:rsid w:val="00EE7662"/>
     <w:rsid w:val="00EE78A6"/>
     <w:rsid w:val="00EF0EC7"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF2F36"/>
     <w:rsid w:val="00EF6D0B"/>
     <w:rsid w:val="00F00265"/>
     <w:rsid w:val="00F0186C"/>
     <w:rsid w:val="00F024CC"/>
     <w:rsid w:val="00F02534"/>
     <w:rsid w:val="00F04767"/>
     <w:rsid w:val="00F05BBE"/>
     <w:rsid w:val="00F061E5"/>
     <w:rsid w:val="00F06D0B"/>
@@ -8689,51 +8928,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC496C"/>
+    <w:rsid w:val="0046293E"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-GB"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
     <w:rsid w:val="00FE7A0E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
@@ -8928,73 +9167,73 @@
     <w:rsid w:val="00FE7A0E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CC496C"/>
+    <w:rsid w:val="0046293E"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CC496C"/>
+    <w:rsid w:val="0046293E"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableColumnHeading">
     <w:name w:val="Table Column Heading"/>
     <w:basedOn w:val="BodyText"/>
     <w:uiPriority w:val="7"/>
     <w:qFormat/>
     <w:rsid w:val="00FE7A0E"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FE7A0E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
@@ -12032,50 +12271,77 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="NESO_Office_Theme_PPT" id="{1BE572A3-3079-4C34-9F9E-38632D18EA54}" vid="{A5F4C047-3F68-4E86-A5FC-339EFF72BDD0}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="cadce026-d35b-4a62-a2ee-1436bb44fb55" xsi:nil="true"/>
+    <SharedWithUsers xmlns="8fb9298f-339f-4eb3-a9fd-d8f07f6f51b9">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b8aab12a-0e32-4a2a-9b32-180b1806976b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DAFF0DAE338FC7459FBB650D92499400" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2fde901514e14b94b054b37b4ae5c3e5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b8aab12a-0e32-4a2a-9b32-180b1806976b" xmlns:ns3="8fb9298f-339f-4eb3-a9fd-d8f07f6f51b9" xmlns:ns4="cadce026-d35b-4a62-a2ee-1436bb44fb55" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4206c82e5515ea3e837e0aaf7e8ded38" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="b8aab12a-0e32-4a2a-9b32-180b1806976b"/>
     <xsd:import namespace="8fb9298f-339f-4eb3-a9fd-d8f07f6f51b9"/>
     <xsd:import namespace="cadce026-d35b-4a62-a2ee-1436bb44fb55"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
@@ -12291,150 +12557,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47CB7076-659A-4CE5-A08E-465AD77810A2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FDCFE5A-CFAC-436D-B868-45F50530B477}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B44EFE6-547C-46A6-9E02-B11BD741E93E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="cadce026-d35b-4a62-a2ee-1436bb44fb55"/>
     <ds:schemaRef ds:uri="8fb9298f-339f-4eb3-a9fd-d8f07f6f51b9"/>
     <ds:schemaRef ds:uri="b8aab12a-0e32-4a2a-9b32-180b1806976b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FDCFE5A-CFAC-436D-B868-45F50530B477}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47CB7076-659A-4CE5-A08E-465AD77810A2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="b8aab12a-0e32-4a2a-9b32-180b1806976b"/>
+    <ds:schemaRef ds:uri="8fb9298f-339f-4eb3-a9fd-d8f07f6f51b9"/>
+    <ds:schemaRef ds:uri="cadce026-d35b-4a62-a2ee-1436bb44fb55"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7489CE42-23A1-463E-BD83-1AEDF1B1CA59}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a63c9e9e-b4db-442a-a94f-08718d788e8c}" enabled="0" method="" siteId="{a63c9e9e-b4db-442a-a94f-08718d788e8c}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>449</Words>
-  <Characters>2352</Characters>
+  <Words>486</Words>
+  <Characters>2578</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>196</Lines>
-  <Paragraphs>112</Paragraphs>
+  <Lines>214</Lines>
+  <Paragraphs>122</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Hamilton-Brown</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2689</CharactersWithSpaces>
+  <CharactersWithSpaces>2942</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anthony Brooks (ESO)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DAFF0DAE338FC7459FBB650D92499400</vt:lpwstr>