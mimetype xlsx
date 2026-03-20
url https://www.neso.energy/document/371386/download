--- v0 (2025-12-05)
+++ v1 (2026-03-20)
@@ -1,372 +1,447 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/namedSheetViews/namedSheetView1.xml" ContentType="application/vnd.ms-excel.namedsheetviews+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <fileSharing readOnlyRecommended="1"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://nationalenergyso-my.sharepoint.com/personal/isla_martinabel_neso_energy/Documents/Desktop/SSEP Data Transparency Update/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jenny.wignall\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="8_{5BA539F0-6208-4FAD-A81E-649E20BF4AB9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{72656643-36FA-464D-84C6-68C6034699E9}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0F6F0C46-4E4A-4B90-8613-3F5F845EB0A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" activeTab="1" xr2:uid="{8F7F7404-F5DA-43E2-BDFC-6B44EAA76E24}"/>
+    <workbookView xWindow="28680" yWindow="-15" windowWidth="29040" windowHeight="15840" firstSheet="1" xr2:uid="{8F7F7404-F5DA-43E2-BDFC-6B44EAA76E24}"/>
   </bookViews>
   <sheets>
     <sheet name="0. Cover Sheet" sheetId="4" r:id="rId1"/>
     <sheet name="1. SSEP Inputs and Assumptions" sheetId="3" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'1. SSEP Inputs and Assumptions'!$A$3:$H$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'1. SSEP Inputs and Assumptions'!$A$3:$G$26</definedName>
     <definedName name="Importance">[1]!Importance_Weight[Importance]</definedName>
     <definedName name="Priority">[1]!Priority_Weight[Priority]</definedName>
     <definedName name="Priority_">[1]!Priority_Weight[Priority]</definedName>
     <definedName name="Worst_Value">[1]Lookups!$C$18</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="81">
-[...144 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="105">
   <si>
     <t>Strategic Spatial Energy Plan (SSEP) Data Inputs &amp; Assumptions</t>
-  </si>
-[...40 lines deleted...]
-    <t xml:space="preserve">Build cost (£/MW) </t>
   </si>
   <si>
     <t>This workbook is intended to provide additional information about the data inputs and assumptions used in the development of the SSEP. The data and assumptions reflect policies in place and available information when the SSEP modelling was carried out.
 This will be updated regularly to reflect any new data that is published and may be subject to change.
 More information can be found on our website</t>
   </si>
   <si>
-    <t>To be confirmed</t>
-[...23 lines deleted...]
-    <t>Detailed assumptions on hydrogen</t>
+    <t xml:space="preserve"> www.neso.energy/strategic-spatial-energy-planning-ssep</t>
+  </si>
+  <si>
+    <t>Or get in touch:</t>
+  </si>
+  <si>
+    <t>box.ssep@neso.energy</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Poppins"/>
       </rPr>
       <t>Please note:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Poppins"/>
       </rPr>
       <t xml:space="preserve">
 While NESO has not sought to mislead any person as to the contents of this document and whilst such contents represent its best view as at the time of publication, readers of this document should not place any reliance on the contents of this document.
 The contents of this document must be considered as illustrative only and no warranty can be or is made as to the accuracy and completeness of such contents.
 Other than in the event of fraudulent misstatement or fraudulent misrepresentation, NESO does not accept any responsibility for any use which is made of the information contained within this document.
 This workbook contain links to third-party websites that are not owned or controlled by NESO. We have no control over, and assume no responsibility for, the content, privacy policies, or practices of any third-party websites.</t>
     </r>
   </si>
   <si>
-    <t>List of the publicly available data sources used in the Spatial Evaluation Framework. There are other data sources used in the SEF that are not in the public domain, which will be shared in a future release.</t>
-[...15 lines deleted...]
-    <t xml:space="preserve">The latest values are published in the Fossil fuel price assumptions: 2024. Data taken from the September 2024 update. </t>
+    <t>Version</t>
+  </si>
+  <si>
+    <t>Comments</t>
+  </si>
+  <si>
+    <t>Date</t>
+  </si>
+  <si>
+    <t>Initial published version</t>
+  </si>
+  <si>
+    <t>Updated with information on Electricity Network Cost Assumptions - WACC allowance values, Economic and Publication Zones</t>
+  </si>
+  <si>
+    <t>Updated the onshore and offshore publication zones, and associated GIS files.</t>
+  </si>
+  <si>
+    <t>SSEP Data List</t>
+  </si>
+  <si>
+    <t>Category</t>
+  </si>
+  <si>
+    <t>Data type</t>
+  </si>
+  <si>
+    <t>Name</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Owner</t>
+  </si>
+  <si>
+    <t>Publicly available?</t>
+  </si>
+  <si>
+    <t>Comment</t>
+  </si>
+  <si>
+    <t>Link to dataset</t>
+  </si>
+  <si>
+    <t>Geospatial modelling</t>
+  </si>
+  <si>
+    <t>Input</t>
+  </si>
+  <si>
+    <t>Spatial Evaluation Framework - Indicator Categorisation</t>
+  </si>
+  <si>
+    <t>Primary input for the SSEP’s geospatial modelling, helping to identify areas that are potentially suitable for energy infrastructure development. It is applied across four specific spatial pillars; environment, societal, technical engineering design requirements and other spatial uses with categories, subcategories, indicators and their associated metrics sitting within this structure. Indicators are classified as either a spatial exclusion, constraint and/or both an opportunity and exclusion.</t>
+  </si>
+  <si>
+    <t>NESO</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>List of spatial pillars, categories, subcategories and the classification of indicator used in the spatial evaluation framework for input into geospatial modelling.</t>
   </si>
   <si>
     <t>https://www.neso.energy/document/371256/download</t>
+  </si>
+  <si>
+    <t>Spatial Evaluation Framework - Datasets</t>
+  </si>
+  <si>
+    <t xml:space="preserve">List of the public data sources used to spatially represent indicators within geospatial modelling. Datasets were assessed against specific selection criteria to ensure suitability for inclusion in the SSEP. </t>
+  </si>
+  <si>
+    <t>List of the publicly available data sources used in the Spatial Evaluation Framework. There are other data sources used in the SEF that are not in the public domain, which will be shared in a future release.
+An update to this was published on 9 February 2026 which included changes to naming conventions for select indicators.</t>
+  </si>
+  <si>
+    <t>Spatial Evaluation Framework - Scoring</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scored datasets representing indicators used in the geospatial model to analyse spatial suitability (a combined view of the most opportune and least spatially constrained areas). Scoring is only applied to constraints and opportunities (not spatial exclusions which are removed from the process). </t>
+  </si>
+  <si>
+    <t>To be confirmed</t>
+  </si>
+  <si>
+    <t>Datasets are scored based on the magnitude of effect and importance of an indicator for each energy infrastructure type. To be published at an aggregated level in line with the draft SSEP publication</t>
+  </si>
+  <si>
+    <t>Scale of energy infrastructure</t>
+  </si>
+  <si>
+    <t>Standard project descriptions of each in scope energy technology for the spatial evaluation framework to be used in the geospatial modelling.</t>
+  </si>
+  <si>
+    <t>To be published</t>
+  </si>
+  <si>
+    <t>The standard project descriptions used in the spatial evaluation framework will be published.</t>
+  </si>
+  <si>
+    <t>Policy</t>
+  </si>
+  <si>
+    <t>Assumption</t>
+  </si>
+  <si>
+    <t>Policy assumptions used in economic modelling</t>
+  </si>
+  <si>
+    <t xml:space="preserve">List of the government policies that are considered in SSEP pathway assessment process </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The list of policies considered is published in the SSEP data transparency overview document. </t>
+  </si>
+  <si>
+    <t>https://www.neso.energy/document/371391/download</t>
+  </si>
+  <si>
+    <t>Economic modelling</t>
+  </si>
+  <si>
+    <t>Sensitivities</t>
+  </si>
+  <si>
+    <t>Sensitivities considered in the economic modelling.</t>
+  </si>
+  <si>
+    <t>The sensitivities are being determined in the development of the SSEP and will be published once the modelling phase is completed.</t>
+  </si>
+  <si>
+    <t>Baseline</t>
+  </si>
+  <si>
+    <t>High level overview of what has been included in the SSEP baseline.</t>
+  </si>
+  <si>
+    <t>The high level SSEP baseline is from the Clean Power Action Plan. Baseline description can be found in 3.3.1 SSEP baseline (p. 49).</t>
+  </si>
+  <si>
+    <t>https://www.neso.energy/document/360501/download</t>
+  </si>
+  <si>
+    <t>Detailed baseline</t>
+  </si>
+  <si>
+    <t>Detailed description of what has been included in the SSEP baseline.</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Commercially confidential information.</t>
+  </si>
+  <si>
+    <t>Decommissioned plant</t>
+  </si>
+  <si>
+    <t>Data of plant that will be decommissioned during the time period of the SSEP.</t>
+  </si>
+  <si>
+    <t>DESNZ/NESO</t>
+  </si>
+  <si>
+    <t>Carbon emissions and CCC targets</t>
+  </si>
+  <si>
+    <t>Carbon emissions and Climate Change Committee targets used in the economic modelling.</t>
+  </si>
+  <si>
+    <t>DESNZ</t>
+  </si>
+  <si>
+    <t>Assumptions based on carbon budget 6.</t>
+  </si>
+  <si>
+    <t>https://www.theccc.org.uk/publication/sixth-carbon-budget/</t>
+  </si>
+  <si>
+    <t>Commodities</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gas, coal and oil prices are regularly published. </t>
+  </si>
+  <si>
+    <t>The latest values are published in the Energy and Emissions Projections in Annex M.</t>
+  </si>
+  <si>
+    <t>Energy and emissions projections: 2023 to 2050 - GOV.UK</t>
+  </si>
+  <si>
+    <t>Technology Build costs</t>
+  </si>
+  <si>
+    <t>Build cost (£/MW).</t>
+  </si>
+  <si>
+    <t>Cost and technical assumptions published for the majority of electricity generation technologies, though certain costs may remain confidential due to commercially sensitive information.</t>
+  </si>
+  <si>
+    <t>Electricity generation costs 2025 - GOV.UK</t>
+  </si>
+  <si>
+    <t>WACC  for electricity 
+sector technologies</t>
+  </si>
+  <si>
+    <t>Weighted average cost of capital  for electricity 
+sector technologies.</t>
+  </si>
+  <si>
+    <t>Hurdle rate estimates for electricity 
+sector technologies.</t>
+  </si>
+  <si>
+    <t>Hurdle rate estimates for electricity sector technologies - GOV.UK</t>
+  </si>
+  <si>
+    <t>Demand forecasts</t>
+  </si>
+  <si>
+    <t>Demand volumes per year per economic modelling zone.</t>
+  </si>
+  <si>
+    <t>Flexible demand</t>
+  </si>
+  <si>
+    <t>Flexible demand assumptions used in modelling.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Data centre assumptions </t>
+  </si>
+  <si>
+    <t>Data centre assumptions used in modelling.</t>
+  </si>
+  <si>
+    <t>Data centre growth assumptions are embedded in overall demand forecasts (see line 15).
+We also spatially optimise 2GW of data centres on top of these demand forecasts, more information can be found in the methodology.</t>
+  </si>
+  <si>
+    <t>Interconnector assumptions</t>
+  </si>
+  <si>
+    <t>Detailed assumptions on interconnectors.</t>
+  </si>
+  <si>
+    <t>Hydrogen assumptions</t>
+  </si>
+  <si>
+    <t>Detailed assumptions on hydrogen.</t>
+  </si>
+  <si>
+    <t>Electricity Network Cost Assumptions - WACC allowance values</t>
+  </si>
+  <si>
+    <t>Weighted average cost of capital (WACC) for electricity network.</t>
+  </si>
+  <si>
+    <t>Ofgem</t>
+  </si>
+  <si>
+    <t>Weighted average cost of capital (WACC) for electricity network. Data taken as an input to modelling in October 2025.</t>
+  </si>
+  <si>
+    <t>https://www.ofgem.gov.uk/sites/default/files/2025-06/Draft-Determinations-Finance-Annex.pdf</t>
+  </si>
+  <si>
+    <t>Generation and storage build rates</t>
+  </si>
+  <si>
+    <t>The assumptions on new generation and storage capacity installed per unit of time.</t>
+  </si>
+  <si>
+    <t>Electricity Network Build Assumptions</t>
+  </si>
+  <si>
+    <t>Baseline is based on reinforcements required for CP30 or projects with regulatory funding.</t>
+  </si>
+  <si>
+    <t>Economic zones</t>
+  </si>
+  <si>
+    <t>A GIS file showing the economic zones.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Economic zones are an amalgamation of grid supply points (GSPs) and transmission network boundaries. Changes to GSPs could trigger a change to economic zones. </t>
+  </si>
+  <si>
+    <t>Strategic Spatial Energy Plan (SSEP) Onshore Publication Zone Shapefile | National Energy System Operator</t>
+  </si>
+  <si>
+    <t>Publication zones</t>
+  </si>
+  <si>
+    <t>A GIS file showing the land and marine publication zones (updated March 2026).</t>
+  </si>
+  <si>
+    <t>Based on Office for National Statistics (ONS) and Scottish Government public data and the Regional Energy Strategic Plan (RESP) zones, further sub-divided by key electricity transmission network boundaries.
+Contains OS data © Crown copyright and database right 2023
+Source: Office for National Statistics licensed under the Open Government Licence v.3.0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0_ ;\-#,##0.0\ "/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Poppins"/>
     </font>
     <font>
       <sz val="10"/>
@@ -774,250 +849,284 @@
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFill="0">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" applyFont="0">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="66">
+  <cellXfs count="76">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="6" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="23" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="8" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...8 lines deleted...]
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="8" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...51 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Hyperlink" xfId="4" builtinId="8"/>
     <cellStyle name="Linked data" xfId="2" xr:uid="{5D94588D-A82C-4170-B5AC-8D9FD9D32A98}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 56" xfId="1" xr:uid="{F3D07229-18C1-49A9-8733-91E3535DCE46}"/>
     <cellStyle name="Outgoing" xfId="3" xr:uid="{1720C541-5275-4BCA-9547-BB2EB6554D3A}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>53340</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>225777</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>723618</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
@@ -1075,58 +1184,50 @@
       <sheetName val="QA history"/>
       <sheetName val="Issues Log"/>
       <sheetName val="Version Log"/>
       <sheetName val="Lookups"/>
       <sheetName val="Model_Quality_Assurance_Full_Lo"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
       <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
       <sheetData sheetId="11"/>
       <sheetData sheetId="12"/>
       <sheetData sheetId="13"/>
       <sheetData sheetId="14" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
-</file>
-[...6 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -1405,844 +1506,965 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:box.ssep@neso.energy" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2019/04/relationships/namedSheetView" Target="../namedSheetViews/namedSheetView1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/onshore-wind-and-solar-cost-and-technical-assumptions?utm_medium=email&amp;utm_campaign=govuk-notifications-topic&amp;utm_source=c758c568-90e0-4842-94db-80e2c3837ebf&amp;utm_content=daily" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/hurdle-rate-estimates-for-electricity-sector-technologies?utm_medium=email&amp;utm_campaign=govuk-notifications-topic&amp;utm_source=118cd344-74f3-4c53-a529-4c48550b5af2&amp;utm_content=daily" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.neso.energy/document/360501/download" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.neso.energy/document/371256/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.neso.energy/document/371256/download" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/fossil-fuel-price-assumptions-2024" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.neso.energy/data-portal/ssep-onshore-publication-zone-shapefile" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theccc.org.uk/publication/sixth-carbon-budget/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.gov.uk/government/publications/electricity-generation-costs-2025__;!!NPmo!j-tM0Dg4__a09nHUyjs4d1anI360gVy7mqIK2Ndn7i0ZOSi3uWb2WDem9NDVA6-8x0TtvTcAbJ4X7YomNZg5ugBv9KxzvEVtSDkRKgI$" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.neso.energy/document/360501/download" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.neso.energy/document/360501/download" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ofgem.gov.uk/sites/default/files/2025-06/Draft-Determinations-Finance-Annex.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/energy-and-emissions-projections-2023-to-2050" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.neso.energy/document/371256/download" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/hurdle-rate-estimates-for-electricity-sector-technologies?utm_medium=email&amp;utm_campaign=govuk-notifications-topic&amp;utm_source=118cd344-74f3-4c53-a529-4c48550b5af2&amp;utm_content=daily" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.neso.energy/data-portal/ssep-onshore-publication-zone-shapefile" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E142A9D4-F3A1-4984-BD7A-44852DBEE363}">
   <dimension ref="A1:N10"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="P2" sqref="P2"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A4" workbookViewId="0">
+      <selection activeCell="A9" sqref="A9:D9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="6" max="6" width="17" customWidth="1"/>
-    <col min="7" max="7" width="17.88671875" customWidth="1"/>
-    <col min="9" max="9" width="8.77734375" customWidth="1"/>
+    <col min="7" max="7" width="17.81640625" customWidth="1"/>
+    <col min="9" max="9" width="8.81640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="64.2" customHeight="1" x14ac:dyDescent="0.3">
-[...104 lines deleted...]
-      <c r="A7" s="57">
+    <row r="1" spans="1:14" ht="64.400000000000006" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="64" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="65"/>
+      <c r="C1" s="65"/>
+      <c r="D1" s="65"/>
+      <c r="E1" s="66"/>
+      <c r="F1" s="66"/>
+      <c r="G1" s="66"/>
+      <c r="H1" s="66"/>
+      <c r="I1" s="66"/>
+      <c r="J1" s="66"/>
+      <c r="K1" s="66"/>
+      <c r="L1" s="66"/>
+      <c r="M1" s="66"/>
+      <c r="N1" s="67"/>
+    </row>
+    <row r="2" spans="1:14" ht="141.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="68" t="s">
         <v>1</v>
       </c>
-      <c r="B7" s="58"/>
-[...8 lines deleted...]
-      <c r="I7" s="53">
+      <c r="B2" s="69"/>
+      <c r="C2" s="69"/>
+      <c r="D2" s="69"/>
+      <c r="E2" s="70"/>
+      <c r="F2" s="70"/>
+      <c r="G2" s="70"/>
+      <c r="H2" s="70"/>
+      <c r="I2" s="70"/>
+      <c r="J2" s="70"/>
+      <c r="K2" s="70"/>
+      <c r="L2" s="70"/>
+      <c r="M2" s="70"/>
+      <c r="N2" s="71"/>
+    </row>
+    <row r="3" spans="1:14" ht="31.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="16"/>
+      <c r="C3" s="17"/>
+      <c r="D3" s="18"/>
+      <c r="E3" s="19"/>
+      <c r="F3" s="19"/>
+      <c r="G3" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="H3" s="20" t="s">
+        <v>4</v>
+      </c>
+      <c r="I3" s="19"/>
+      <c r="J3" s="19"/>
+      <c r="K3" s="19"/>
+      <c r="L3" s="19"/>
+      <c r="M3" s="19"/>
+      <c r="N3" s="21"/>
+    </row>
+    <row r="4" spans="1:14" ht="277.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="39" t="s">
+        <v>5</v>
+      </c>
+      <c r="B4" s="40"/>
+      <c r="C4" s="40"/>
+      <c r="D4" s="40"/>
+      <c r="E4" s="41"/>
+      <c r="F4" s="41"/>
+      <c r="G4" s="41"/>
+      <c r="H4" s="41"/>
+      <c r="I4" s="41"/>
+      <c r="J4" s="41"/>
+      <c r="K4" s="41"/>
+      <c r="L4" s="41"/>
+      <c r="M4" s="41"/>
+      <c r="N4" s="42"/>
+    </row>
+    <row r="5" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A5" s="51"/>
+      <c r="B5" s="51"/>
+      <c r="C5" s="51"/>
+      <c r="D5" s="51"/>
+    </row>
+    <row r="6" spans="1:14" ht="20.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A6" s="72" t="s">
+        <v>6</v>
+      </c>
+      <c r="B6" s="43"/>
+      <c r="C6" s="43"/>
+      <c r="D6" s="43"/>
+      <c r="E6" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="F6" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="G6" s="43"/>
+      <c r="H6" s="43"/>
+      <c r="I6" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="J6" s="43"/>
+      <c r="K6" s="43"/>
+      <c r="L6" s="44"/>
+    </row>
+    <row r="7" spans="1:14" ht="21.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="52">
+        <v>1</v>
+      </c>
+      <c r="B7" s="53"/>
+      <c r="C7" s="53"/>
+      <c r="D7" s="53"/>
+      <c r="E7" s="45" t="s">
+        <v>9</v>
+      </c>
+      <c r="F7" s="45"/>
+      <c r="G7" s="45"/>
+      <c r="H7" s="45"/>
+      <c r="I7" s="46">
         <v>45967</v>
       </c>
-      <c r="J7" s="54"/>
-[...43 lines deleted...]
-      <c r="L10" s="62"/>
+      <c r="J7" s="47"/>
+      <c r="K7" s="47"/>
+      <c r="L7" s="48"/>
+    </row>
+    <row r="8" spans="1:14" ht="97" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="49">
+        <v>2</v>
+      </c>
+      <c r="B8" s="50"/>
+      <c r="C8" s="50"/>
+      <c r="D8" s="50"/>
+      <c r="E8" s="45" t="s">
+        <v>10</v>
+      </c>
+      <c r="F8" s="45"/>
+      <c r="G8" s="45"/>
+      <c r="H8" s="45"/>
+      <c r="I8" s="61">
+        <v>46062</v>
+      </c>
+      <c r="J8" s="62"/>
+      <c r="K8" s="62"/>
+      <c r="L8" s="63"/>
+    </row>
+    <row r="9" spans="1:14" ht="78.650000000000006" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="49">
+        <v>2.1</v>
+      </c>
+      <c r="B9" s="50"/>
+      <c r="C9" s="50"/>
+      <c r="D9" s="50"/>
+      <c r="E9" s="45" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" s="45"/>
+      <c r="G9" s="45"/>
+      <c r="H9" s="45"/>
+      <c r="I9" s="54">
+        <v>46085</v>
+      </c>
+      <c r="J9" s="55"/>
+      <c r="K9" s="55"/>
+      <c r="L9" s="56"/>
+    </row>
+    <row r="10" spans="1:14" ht="21.5" x14ac:dyDescent="0.35">
+      <c r="A10" s="37"/>
+      <c r="B10" s="38"/>
+      <c r="C10" s="38"/>
+      <c r="D10" s="38"/>
+      <c r="E10" s="57"/>
+      <c r="F10" s="57"/>
+      <c r="G10" s="57"/>
+      <c r="H10" s="57"/>
+      <c r="I10" s="58"/>
+      <c r="J10" s="59"/>
+      <c r="K10" s="59"/>
+      <c r="L10" s="60"/>
     </row>
   </sheetData>
   <mergeCells count="19">
+    <mergeCell ref="A1:N1"/>
+    <mergeCell ref="A2:N2"/>
+    <mergeCell ref="A6:D6"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="E6:H6"/>
     <mergeCell ref="I6:L6"/>
     <mergeCell ref="E7:H7"/>
     <mergeCell ref="I7:L7"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="E9:H9"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="I9:L9"/>
     <mergeCell ref="E10:H10"/>
     <mergeCell ref="I10:L10"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="E8:H8"/>
     <mergeCell ref="I8:L8"/>
-    <mergeCell ref="A1:N1"/>
-[...1 lines deleted...]
-    <mergeCell ref="A6:D6"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="H3" r:id="rId1" display="mailto:box.ssep@neso.energy" xr:uid="{38A95789-EEA9-4079-BEA9-B420DF4E4369}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AEE75917-325E-4641-97F5-D9477CD985B3}">
   <dimension ref="A1:H26"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="57" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J4" sqref="J4"/>
+    <sheetView zoomScale="67" zoomScaleNormal="70" workbookViewId="0">
+      <pane xSplit="3" ySplit="3" topLeftCell="D25" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="D1" sqref="D1"/>
+      <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
+      <selection pane="bottomRight" activeCell="D26" sqref="D26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.7"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.9"/>
   <cols>
-    <col min="1" max="1" width="25.5546875" style="1" customWidth="1"/>
-    <col min="2" max="2" width="13.88671875" style="1" customWidth="1"/>
+    <col min="1" max="1" width="25.54296875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="13.81640625" style="1" customWidth="1"/>
     <col min="3" max="3" width="21" style="1" customWidth="1"/>
-    <col min="4" max="4" width="72.21875" style="1" customWidth="1"/>
+    <col min="4" max="4" width="72.1796875" style="1" customWidth="1"/>
     <col min="5" max="5" width="14" style="1" customWidth="1"/>
-    <col min="6" max="6" width="19.88671875" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="16384" width="8.88671875" style="1"/>
+    <col min="6" max="6" width="19.81640625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="53.453125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="27.1796875" style="36" customWidth="1"/>
+    <col min="9" max="16384" width="8.81640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="29.1" customHeight="1" x14ac:dyDescent="0.7">
-      <c r="A1" s="35" t="s">
+    <row r="1" spans="1:8" ht="29.15" customHeight="1" x14ac:dyDescent="0.9">
+      <c r="A1" s="64" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1" s="65"/>
+      <c r="C1" s="65"/>
+      <c r="D1" s="65"/>
+      <c r="E1" s="73"/>
+      <c r="F1" s="73"/>
+      <c r="G1" s="73"/>
+      <c r="H1" s="73"/>
+    </row>
+    <row r="2" spans="1:8" ht="8.5" customHeight="1" x14ac:dyDescent="0.9">
+      <c r="A2" s="74"/>
+      <c r="B2" s="75"/>
+      <c r="C2" s="75"/>
+      <c r="D2" s="75"/>
+      <c r="E2" s="75"/>
+      <c r="F2" s="75"/>
+      <c r="G2" s="75"/>
+      <c r="H2" s="75"/>
+    </row>
+    <row r="3" spans="1:8" s="4" customFormat="1" ht="38.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B1" s="36"/>
-[...18 lines deleted...]
-      <c r="A3" s="2" t="s">
+      <c r="F3" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="B3" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C3" s="3" t="s">
+      <c r="G3" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="D3" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E3" s="3" t="s">
+      <c r="H3" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="F3" s="2" t="s">
+    </row>
+    <row r="4" spans="1:8" s="7" customFormat="1" ht="186.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G4" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" s="31" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" s="7" customFormat="1" ht="193.5" x14ac:dyDescent="0.35">
+      <c r="A5" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C5" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F5" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G5" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" s="31" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" s="7" customFormat="1" ht="107.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B6" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F6" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" s="32"/>
+    </row>
+    <row r="7" spans="1:8" s="7" customFormat="1" ht="64.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F7" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="G7" s="11" t="s">
         <v>39</v>
       </c>
-      <c r="G3" s="2" t="s">
-[...2 lines deleted...]
-      <c r="H3" s="2" t="s">
+      <c r="H7" s="33"/>
+    </row>
+    <row r="8" spans="1:8" ht="77.5" customHeight="1" x14ac:dyDescent="0.9">
+      <c r="A8" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B8" s="6" t="s">
         <v>41</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="5" t="s">
+      <c r="C8" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="B4" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="6" t="s">
+      <c r="F8" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G8" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8" s="31" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="82.5" customHeight="1" x14ac:dyDescent="0.9">
+      <c r="A9" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" s="11" t="s">
+        <v>48</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F9" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="G9" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="H9" s="33"/>
+    </row>
+    <row r="10" spans="1:8" ht="83.25" customHeight="1" x14ac:dyDescent="0.9">
+      <c r="A10" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G10" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="H10" s="31" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="33" customHeight="1" x14ac:dyDescent="0.9">
+      <c r="A11" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D11" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F11" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G11" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="H11" s="33"/>
+    </row>
+    <row r="12" spans="1:8" ht="43" x14ac:dyDescent="0.9">
+      <c r="A12" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" s="11" t="s">
+        <v>59</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="F12" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G12" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="H12" s="33"/>
+    </row>
+    <row r="13" spans="1:8" ht="64.5" x14ac:dyDescent="0.9">
+      <c r="A13" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="F13" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G13" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="H13" s="34" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="86.15" customHeight="1" x14ac:dyDescent="0.9">
+      <c r="A14" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="C14" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="D14" s="23" t="s">
         <v>67</v>
       </c>
-      <c r="D4" s="14" t="s">
-[...8 lines deleted...]
-      <c r="G4" s="14" t="s">
+      <c r="E14" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="F14" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="G14" s="11" t="s">
         <v>68</v>
       </c>
-      <c r="H4" s="10" t="s">
+      <c r="H14" s="34" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="86" x14ac:dyDescent="0.9">
+      <c r="A15" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C15" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="F15" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G15" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="H15" s="34" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="64.5" x14ac:dyDescent="0.9">
+      <c r="A16" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G16" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="H16" s="31" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="31.4" customHeight="1" x14ac:dyDescent="0.9">
+      <c r="A17" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="D17" s="11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F17" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" s="11"/>
+      <c r="H17" s="33"/>
+    </row>
+    <row r="18" spans="1:8" ht="33" customHeight="1" x14ac:dyDescent="0.9">
+      <c r="A18" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C18" s="6" t="s">
         <v>80</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="D18" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="F18" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G18" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="H18" s="33"/>
+    </row>
+    <row r="19" spans="1:8" ht="104.15" customHeight="1" x14ac:dyDescent="0.9">
+      <c r="A19" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="D19" s="11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F19" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="G19" s="12" t="s">
+        <v>84</v>
+      </c>
+      <c r="H19" s="31" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="43" x14ac:dyDescent="0.9">
+      <c r="A20" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C20" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D20" s="13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E20" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="B5" s="6" t="s">
-[...22 lines deleted...]
-      <c r="A6" s="5" t="s">
+      <c r="F20" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="G20" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H20" s="35"/>
+    </row>
+    <row r="21" spans="1:8" ht="43" x14ac:dyDescent="0.9">
+      <c r="A21" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="D21" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F21" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G21" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="H21" s="33"/>
+    </row>
+    <row r="22" spans="1:8" s="25" customFormat="1" ht="86" x14ac:dyDescent="0.9">
+      <c r="A22" s="27" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="C22" s="27" t="s">
+        <v>89</v>
+      </c>
+      <c r="D22" s="28" t="s">
+        <v>90</v>
+      </c>
+      <c r="E22" s="27" t="s">
+        <v>91</v>
+      </c>
+      <c r="F22" s="27" t="s">
+        <v>26</v>
+      </c>
+      <c r="G22" s="28" t="s">
+        <v>92</v>
+      </c>
+      <c r="H22" s="26" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" s="25" customFormat="1" ht="43" x14ac:dyDescent="0.9">
+      <c r="A23" s="27" t="s">
+        <v>46</v>
+      </c>
+      <c r="B23" s="27" t="s">
+        <v>41</v>
+      </c>
+      <c r="C23" s="27" t="s">
+        <v>94</v>
+      </c>
+      <c r="D23" s="28" t="s">
+        <v>95</v>
+      </c>
+      <c r="E23" s="27" t="s">
+        <v>63</v>
+      </c>
+      <c r="F23" s="27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" s="28"/>
+      <c r="H23" s="27"/>
+    </row>
+    <row r="24" spans="1:8" s="25" customFormat="1" ht="43" x14ac:dyDescent="0.9">
+      <c r="A24" s="27" t="s">
+        <v>46</v>
+      </c>
+      <c r="B24" s="27" t="s">
+        <v>41</v>
+      </c>
+      <c r="C24" s="27" t="s">
+        <v>96</v>
+      </c>
+      <c r="D24" s="28" t="s">
+        <v>97</v>
+      </c>
+      <c r="E24" s="27" t="s">
         <v>25</v>
       </c>
-      <c r="B6" s="6" t="s">
-[...20 lines deleted...]
-      <c r="A7" s="5" t="s">
+      <c r="F24" s="27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" s="28"/>
+      <c r="H24" s="27"/>
+    </row>
+    <row r="25" spans="1:8" ht="107.5" x14ac:dyDescent="0.9">
+      <c r="A25" s="27" t="s">
+        <v>46</v>
+      </c>
+      <c r="B25" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="C25" s="29" t="s">
+        <v>98</v>
+      </c>
+      <c r="D25" s="30" t="s">
+        <v>99</v>
+      </c>
+      <c r="E25" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="6" t="s">
-[...11 lines deleted...]
-      <c r="F7" s="6" t="s">
+      <c r="F25" s="29" t="s">
+        <v>26</v>
+      </c>
+      <c r="G25" s="28" t="s">
+        <v>100</v>
+      </c>
+      <c r="H25" s="34" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="193.5" x14ac:dyDescent="0.9">
+      <c r="A26" s="29" t="s">
         <v>40</v>
       </c>
-      <c r="G7" s="14" t="s">
-[...11 lines deleted...]
-      <c r="C8" s="6" t="s">
+      <c r="B26" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="D8" s="14" t="s">
-[...14 lines deleted...]
-      <c r="A9" s="5" t="s">
+      <c r="C26" s="29" t="s">
+        <v>102</v>
+      </c>
+      <c r="D26" s="28" t="s">
+        <v>103</v>
+      </c>
+      <c r="E26" s="29" t="s">
+        <v>25</v>
+      </c>
+      <c r="F26" s="29" t="s">
         <v>26</v>
       </c>
-      <c r="B9" s="5" t="s">
-[...337 lines deleted...]
-      <c r="G26" s="4"/>
+      <c r="G26" s="28" t="s">
+        <v>104</v>
+      </c>
+      <c r="H26" s="34" t="s">
+        <v>101</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A3:H3" xr:uid="{AEE75917-325E-4641-97F5-D9477CD985B3}"/>
+  <autoFilter ref="A3:G26" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="H10" r:id="rId1" xr:uid="{78C1CC7F-C690-4B3A-A952-F8C99C4D0866}"/>
-    <hyperlink ref="H16" r:id="rId2" display="https://www.gov.uk/government/publications/hurdle-rate-estimates-for-electricity-sector-technologies?utm_medium=email&amp;utm_campaign=govuk-notifications-topic&amp;utm_source=118cd344-74f3-4c53-a529-4c48550b5af2&amp;utm_content=daily" xr:uid="{3EC99DBE-068D-4EB9-946B-E007BA26A4AC}"/>
-[...3 lines deleted...]
-    <hyperlink ref="H5" r:id="rId6" tooltip="https://www.neso.energy/document/371256/download" xr:uid="{53AA77A9-4047-4FFF-B61D-2F36DBFA86B0}"/>
+    <hyperlink ref="H19" r:id="rId2" xr:uid="{C9C3D944-2E75-46BC-9A17-ADAEB4F02884}"/>
+    <hyperlink ref="H13" r:id="rId3" xr:uid="{7CC8E298-477D-4169-860A-336EAF7B2B67}"/>
+    <hyperlink ref="H16" r:id="rId4" display="https://www.gov.uk/government/publications/hurdle-rate-estimates-for-electricity-sector-technologies?utm_medium=email&amp;utm_campaign=govuk-notifications-topic&amp;utm_source=118cd344-74f3-4c53-a529-4c48550b5af2&amp;utm_content=daily" xr:uid="{3EC99DBE-068D-4EB9-946B-E007BA26A4AC}"/>
+    <hyperlink ref="H14" r:id="rId5" display="https://www.gov.uk/government/publications/energy-and-emissions-projections-2023-to-2050" xr:uid="{E97E4CD0-AA11-4F41-9283-174F829B142D}"/>
+    <hyperlink ref="H22" r:id="rId6" xr:uid="{4AAD62DA-A3DE-4804-8359-2B6ED71E6B5D}"/>
+    <hyperlink ref="H15" r:id="rId7" tooltip="Original URL: https://www.gov.uk/government/publications/electricity-generation-costs-2025. Click or tap if you trust this link." display="https://urldefense.com/v3/__https:/www.gov.uk/government/publications/electricity-generation-costs-2025__;!!NPmo!j-tM0Dg4__a09nHUyjs4d1anI360gVy7mqIK2Ndn7i0ZOSi3uWb2WDem9NDVA6-8x0TtvTcAbJ4X7YomNZg5ugBv9KxzvEVtSDkRKgI$" xr:uid="{4C9A85D7-EC2F-4118-A282-28301E569328}"/>
+    <hyperlink ref="H26" r:id="rId8" display="https://www.neso.energy/data-portal/ssep-onshore-publication-zone-shapefile" xr:uid="{D9F1D2A0-62FD-4230-9D90-0801E950654F}"/>
+    <hyperlink ref="H25" r:id="rId9" display="https://www.neso.energy/data-portal/ssep-onshore-publication-zone-shapefile" xr:uid="{B8BE9A30-3B7C-45C3-87AA-7826CCDE11C8}"/>
+    <hyperlink ref="H4" r:id="rId10" xr:uid="{C5A57B4A-E796-4F7A-B2E7-F5A8BE250E94}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId7"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId11"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100152819FEF216BC498394BF507271A1FB" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="57b0e725ca62d7bfe654e4945b58bc13">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e4aac2c8-06d3-485b-9011-bd5403e350eb" xmlns:ns3="22a0d936-b570-474e-a4bf-c5c66a1ee33c" xmlns:ns4="29549874-3330-4941-a002-808165f46730" xmlns:ns5="e9ed8392-de4d-409e-a13a-44b1c0ed4582" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3af6219856a355e5618c613f4c7918be" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100152819FEF216BC498394BF507271A1FB" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="20754b6c91270ddfb4e9b4c4a4da3153">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e4aac2c8-06d3-485b-9011-bd5403e350eb" xmlns:ns3="22a0d936-b570-474e-a4bf-c5c66a1ee33c" xmlns:ns4="29549874-3330-4941-a002-808165f46730" xmlns:ns5="e9ed8392-de4d-409e-a13a-44b1c0ed4582" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="194190d8de9a882a59d71371ff7d21e6" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="e4aac2c8-06d3-485b-9011-bd5403e350eb"/>
     <xsd:import namespace="22a0d936-b570-474e-a4bf-c5c66a1ee33c"/>
     <xsd:import namespace="29549874-3330-4941-a002-808165f46730"/>
     <xsd:import namespace="e9ed8392-de4d-409e-a13a-44b1c0ed4582"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:InternalHRReference" minOccurs="0"/>
                 <xsd:element ref="ns2:Rolename" minOccurs="0"/>
                 <xsd:element ref="ns2:Roleowner" minOccurs="0"/>
                 <xsd:element ref="ns2:HRowner" minOccurs="0"/>
                 <xsd:element ref="ns2:Vacancyprogress" minOccurs="0"/>
                 <xsd:element ref="ns2:Vacancystatus" minOccurs="0"/>
@@ -2570,85 +2792,78 @@
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </HRowner>
     <_Flow_SignoffStatus xmlns="e4aac2c8-06d3-485b-9011-bd5403e350eb" xsi:nil="true"/>
     <Vacancystatus xmlns="e4aac2c8-06d3-485b-9011-bd5403e350eb" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="29549874-3330-4941-a002-808165f46730">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="e9ed8392-de4d-409e-a13a-44b1c0ed4582" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E0ED2D2-E945-42F0-AC6C-BDC284BEC98C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D7C1CB8-D610-4762-A9D5-3950B9626B88}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69CBFF9B-6569-479B-90D7-2A6FCAAC3B3B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e4aac2c8-06d3-485b-9011-bd5403e350eb"/>
     <ds:schemaRef ds:uri="22a0d936-b570-474e-a4bf-c5c66a1ee33c"/>
     <ds:schemaRef ds:uri="29549874-3330-4941-a002-808165f46730"/>
     <ds:schemaRef ds:uri="e9ed8392-de4d-409e-a13a-44b1c0ed4582"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35DC102F-D348-4D7B-894E-0F7E2D3F3DD4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="e4aac2c8-06d3-485b-9011-bd5403e350eb"/>
+    <ds:schemaRef ds:uri="29549874-3330-4941-a002-808165f46730"/>
     <ds:schemaRef ds:uri="e9ed8392-de4d-409e-a13a-44b1c0ed4582"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a63c9e9e-b4db-442a-a94f-08718d788e8c}" enabled="0" method="" siteId="{a63c9e9e-b4db-442a-a94f-08718d788e8c}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>2</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>