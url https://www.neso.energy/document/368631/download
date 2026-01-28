--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -4,94 +4,94 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29518"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29711"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://nationalenergyso.sharepoint.com/sites/GRP-INT-UK-CodeAdministrator/CUSC/3. CUSC Modifications/CMP417 - CUSC Section 15 (NC)/4. Workgroup Meeting/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="254" documentId="8_{EB4789F6-8074-45C7-A5E1-2E7F06E73934}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7645D35C-C635-4AFB-B195-7158A7A705BB}"/>
+  <xr:revisionPtr revIDLastSave="324" documentId="8_{EB4789F6-8074-45C7-A5E1-2E7F06E73934}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5CB8311F-E3C5-4AE9-A14C-93094BB4E7D1}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" firstSheet="1" activeTab="1" xr2:uid="{5A4D7E06-D87E-41AD-B437-8D215934B7C0}"/>
   </bookViews>
   <sheets>
     <sheet name="Pre-Hiatus " sheetId="3" r:id="rId1"/>
     <sheet name="Post-Hiatus" sheetId="1" r:id="rId2"/>
     <sheet name="Sheet1" sheetId="2" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Post-Hiatus'!$A$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Pre-Hiatus '!$A$1:$H$1</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Post-Hiatus'!$A$1:$AA$73</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Pre-Hiatus '!$A$1:$AA$73</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="90">
   <si>
     <t>Action number</t>
   </si>
   <si>
     <t>Workgroup Raised</t>
   </si>
   <si>
     <t>Owner</t>
   </si>
   <si>
     <t>Action</t>
   </si>
   <si>
     <t>Comment</t>
   </si>
   <si>
     <t>Due by</t>
   </si>
   <si>
     <t xml:space="preserve">Status </t>
   </si>
   <si>
     <t>Workgroup Closed</t>
   </si>
   <si>
@@ -230,167 +230,231 @@
     <t>Consider impacts on Grid Code and on changes to security statement timings and the impact this will have.</t>
   </si>
   <si>
     <t xml:space="preserve">The Proposer met with the NESO Customer Solutions and Engineering Team to discuss impacts of changes to security statement timings.  The Team believed there are no impacts on the Grid Code. </t>
   </si>
   <si>
     <t>SN/MC</t>
   </si>
   <si>
     <t>Look into model allocation of capex to investigate whether zonal allocation is cost reflective for both Generation and Demand</t>
   </si>
   <si>
     <t xml:space="preserve">The SME explained their approach, where total CapEx (including both generation and demand-driven works) is reduced by User Risk and Global Asset Reuse Factors before apportioning to ETYS zones using Boundary information. This will then be divided by expected MW connections to set a £/MW tariff. They advised that the method will be an approximation and not based on actual wider spend per zone.  </t>
   </si>
   <si>
     <t xml:space="preserve">Provide example on wider liability and cancellation charge </t>
   </si>
   <si>
     <t>The SME explained the user risk factor splits liability 50/50 between generation and consumers, but only generation faces wider liability currently. Under the proposed change, both Generation and Demand would share this liability, which is expected to reduce securities for Demand sites, especially those with high liabilities</t>
   </si>
   <si>
     <t>Consider in more detail what happens with SIF for Generation, particularly for connection sites and one off works.
 Update: Proposer to look into examples which show financial impact at a future workgroup</t>
   </si>
   <si>
-    <t>Open</t>
+    <t>Worked examples provided and discussed by the Workgroup (see action 16).</t>
+  </si>
+  <si>
+    <t>WG12</t>
   </si>
   <si>
     <t>Consider and finalise solution for DNOs</t>
   </si>
   <si>
     <t>The Proposer met with the DNOs and feedback that most DNO works are driven by large embedded demand projects, but rare cases exist where reinforcement is required due to general load growth. The group agreed on the need for high-level guidelines for such scenarios</t>
   </si>
   <si>
     <t>WG10</t>
   </si>
   <si>
     <t>Discuss use of TORIs with TOs and whether this is required in the solution.
 Update: Proposer to provide a more detailed example for the next Workgroup.</t>
   </si>
   <si>
     <t>It is proposed to still have two security statements as the calculation inputs are still different for Generation and Demand</t>
   </si>
   <si>
     <t>Provide summary of solution within Workgroup Consultation document</t>
   </si>
   <si>
+    <t>Solution summary provided</t>
+  </si>
+  <si>
+    <t>WG11</t>
+  </si>
+  <si>
     <t>MC</t>
   </si>
   <si>
     <t>Further consider how embedded customer information will be collected and provide an example.</t>
   </si>
   <si>
     <t>Multiple embedded demand projects are not grouped in the same DNO Mod App. If a project triggers a Mod App, a single construction agreement covers all required Transmission Works—no need to split liabilities further. For CMP417, a one-to-one mapping is recommended.</t>
-  </si>
-[...1 lines deleted...]
-    <t>WG11</t>
   </si>
   <si>
     <t>Consider whether Demand customers will be included into the Statement of Works document, Appendix G table or other documentation/list.</t>
   </si>
   <si>
     <t>Allowing multiple embedded projects would require a Generation-like process (e.g.Statement of Works, Appendix G).
 Applying this to Generation would greatly expand the modification’s scope.
 Broader process changes should be considered separately as demand grows.</t>
   </si>
   <si>
     <t>Develop a detailed implementation plan for reissuing Construction Agreements</t>
   </si>
   <si>
+    <t>Update provided in Workgroup 13 however further work is still required</t>
+  </si>
+  <si>
     <t>WG13</t>
+  </si>
+  <si>
+    <t>Open</t>
+  </si>
+  <si>
+    <t>Worked examples:
+Investigate whether DNO examples can be provided
+Add MW values
+Include Scottish assets
+Include drop in post-trigger security requirements</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Proposer presented the updated worked examples within the Workgroup. </t>
+  </si>
+  <si>
+    <t>Workgroup Consultation:
+Clarify 10% security requirement
+Include CMP192 diagrams to illustrate changes over project lifetime
+Clarify wider liability calculations
+Include implementation arrangements</t>
+  </si>
+  <si>
+    <t>The Workgroup members agreed the final points within the Workgroup Consultation.</t>
+  </si>
+  <si>
+    <t>Make adjustments to the legal text and review with NESO legal prior to Workgroup Consultation</t>
+  </si>
+  <si>
+    <t>The Proposer received comments from Legal but were unable to review in time for the Workgroup.  The Proposer presented the Legal Text and agreed these  during WG13 and confirmed they would be annexed to the Workgroup Consultation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Query with NESO Representative whether a guidance note was produced for CMP447.  </t>
+  </si>
+  <si>
+    <t>WG14</t>
+  </si>
+  <si>
+    <t>All</t>
+  </si>
+  <si>
+    <t>Workgroup to review how the impact of DNOs effet their contracts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WG14 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="9">
+  <fonts count="10">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color rgb="FF454546"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <color rgb="FF808080"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
+      <b/>
+      <sz val="11"/>
       <color theme="1"/>
-      <name val="Arial"/>
+      <name val="Calibri"/>
       <family val="2"/>
-    </font>
-[...15 lines deleted...]
-      <name val="Arial"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Arial"/>
+      <name val="Poppins"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF454546"/>
+      <name val="Poppins"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Poppins"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Poppins"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF454546"/>
+      <name val="Poppins"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -454,185 +518,159 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="46">
+  <cellXfs count="38">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...58 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1880,1222 +1918,1335 @@
       <c r="B73" s="8"/>
       <c r="C73" s="8"/>
       <c r="D73" s="13"/>
       <c r="E73" s="1"/>
       <c r="F73" s="8"/>
       <c r="G73" s="8"/>
       <c r="H73" s="8"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1" xr:uid="{A65D4B6F-D84B-4596-B7C2-CC8B72B28541}"/>
   <hyperlinks>
     <hyperlink ref="D16" r:id="rId1" display="https://www.nationalgrideso.com/document/188281/download" xr:uid="{36403C74-12FE-42E1-9624-518AA2FE6CBB}"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="49" orientation="landscape" r:id="rId2"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="28" max="26" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A65D4B6F-D84B-4596-B7C2-CC8B72B28541}">
   <dimension ref="A1:H73"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="H16" sqref="A1:H16"/>
+    <sheetView tabSelected="1" topLeftCell="A18" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="70" workbookViewId="0">
+      <selection activeCell="D22" sqref="D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
     <col min="1" max="1" width="20.140625" style="4" customWidth="1"/>
     <col min="2" max="2" width="19.42578125" style="9" customWidth="1"/>
     <col min="3" max="3" width="16.85546875" style="9" customWidth="1"/>
     <col min="4" max="4" width="50" style="10" customWidth="1"/>
-    <col min="5" max="5" width="43.140625" style="24" customWidth="1"/>
+    <col min="5" max="5" width="43.140625" style="16" customWidth="1"/>
     <col min="6" max="6" width="16.140625" customWidth="1"/>
     <col min="7" max="7" width="28.85546875" customWidth="1"/>
     <col min="8" max="8" width="35.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="30.95">
-      <c r="A1" s="25" t="s">
+    <row r="1" spans="1:8" s="37" customFormat="1" ht="42.95">
+      <c r="A1" s="36" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="26" t="s">
+      <c r="B1" s="36" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="26" t="s">
+      <c r="C1" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="26" t="s">
+      <c r="D1" s="36" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="26" t="s">
+      <c r="E1" s="36" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="26" t="s">
+      <c r="F1" s="36" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="26" t="s">
+      <c r="G1" s="36" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="26" t="s">
+      <c r="H1" s="36" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="2" spans="1:8" ht="62.1">
-      <c r="A2" s="15">
+    <row r="2" spans="1:8" ht="86.1">
+      <c r="A2" s="18">
         <v>1</v>
       </c>
-      <c r="B2" s="15" t="s">
+      <c r="B2" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="C2" s="16" t="s">
+      <c r="C2" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="D2" s="16" t="s">
+      <c r="D2" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="E2" s="27" t="s">
+      <c r="E2" s="29" t="s">
         <v>40</v>
       </c>
-      <c r="F2" s="16" t="s">
+      <c r="F2" s="18" t="s">
         <v>41</v>
       </c>
-      <c r="G2" s="18" t="s">
+      <c r="G2" s="30" t="s">
         <v>13</v>
       </c>
-      <c r="H2" s="18" t="s">
+      <c r="H2" s="30" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="3" spans="1:8" ht="62.1">
+    <row r="3" spans="1:8" ht="86.1">
       <c r="A3" s="19">
         <v>2</v>
       </c>
       <c r="B3" s="19" t="s">
         <v>37</v>
       </c>
-      <c r="C3" s="20" t="s">
+      <c r="C3" s="31" t="s">
         <v>42</v>
       </c>
-      <c r="D3" s="21" t="s">
+      <c r="D3" s="19" t="s">
         <v>43</v>
       </c>
-      <c r="E3" s="27" t="s">
+      <c r="E3" s="29" t="s">
         <v>44</v>
       </c>
-      <c r="F3" s="21" t="s">
+      <c r="F3" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="G3" s="18" t="s">
+      <c r="G3" s="30" t="s">
         <v>13</v>
       </c>
-      <c r="H3" s="18" t="s">
+      <c r="H3" s="30" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="4" spans="1:8" ht="62.1">
+    <row r="4" spans="1:8" ht="86.1">
       <c r="A4" s="19">
         <v>3</v>
       </c>
       <c r="B4" s="19" t="s">
         <v>37</v>
       </c>
-      <c r="C4" s="20" t="s">
+      <c r="C4" s="31" t="s">
         <v>42</v>
       </c>
-      <c r="D4" s="21" t="s">
+      <c r="D4" s="19" t="s">
         <v>46</v>
       </c>
-      <c r="E4" s="27" t="s">
+      <c r="E4" s="29" t="s">
         <v>47</v>
       </c>
-      <c r="F4" s="21" t="s">
+      <c r="F4" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="G4" s="18" t="s">
+      <c r="G4" s="30" t="s">
         <v>13</v>
       </c>
-      <c r="H4" s="18" t="s">
+      <c r="H4" s="30" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="39" customHeight="1">
       <c r="A5" s="19">
         <v>4</v>
       </c>
       <c r="B5" s="19" t="s">
         <v>37</v>
       </c>
-      <c r="C5" s="20" t="s">
+      <c r="C5" s="31" t="s">
         <v>42</v>
       </c>
-      <c r="D5" s="20" t="s">
+      <c r="D5" s="31" t="s">
         <v>48</v>
       </c>
-      <c r="E5" s="27" t="s">
+      <c r="E5" s="29" t="s">
         <v>49</v>
       </c>
-      <c r="F5" s="21" t="s">
+      <c r="F5" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="G5" s="18" t="s">
+      <c r="G5" s="30" t="s">
         <v>13</v>
       </c>
-      <c r="H5" s="18" t="s">
+      <c r="H5" s="30" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="6" spans="1:8" ht="139.5">
+    <row r="6" spans="1:8" ht="193.5">
       <c r="A6" s="19">
         <v>5</v>
       </c>
       <c r="B6" s="19" t="s">
         <v>37</v>
       </c>
-      <c r="C6" s="20" t="s">
+      <c r="C6" s="31" t="s">
         <v>42</v>
       </c>
-      <c r="D6" s="21" t="s">
+      <c r="D6" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="E6" s="27" t="s">
+      <c r="E6" s="29" t="s">
         <v>51</v>
       </c>
-      <c r="F6" s="21" t="s">
+      <c r="F6" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="G6" s="18" t="s">
+      <c r="G6" s="30" t="s">
         <v>13</v>
       </c>
-      <c r="H6" s="18" t="s">
+      <c r="H6" s="30" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="7" spans="1:8" ht="93">
+    <row r="7" spans="1:8" ht="129">
       <c r="A7" s="19">
         <v>6</v>
       </c>
       <c r="B7" s="19" t="s">
         <v>37</v>
       </c>
-      <c r="C7" s="20" t="s">
+      <c r="C7" s="31" t="s">
         <v>42</v>
       </c>
-      <c r="D7" s="21" t="s">
+      <c r="D7" s="19" t="s">
         <v>52</v>
       </c>
-      <c r="E7" s="27" t="s">
+      <c r="E7" s="29" t="s">
         <v>53</v>
       </c>
-      <c r="F7" s="21" t="s">
+      <c r="F7" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="G7" s="18" t="s">
+      <c r="G7" s="30" t="s">
         <v>13</v>
       </c>
-      <c r="H7" s="18" t="s">
+      <c r="H7" s="30" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="8" spans="1:8" ht="170.45">
-      <c r="A8" s="15">
+    <row r="8" spans="1:8" ht="236.45">
+      <c r="A8" s="18">
         <v>7</v>
       </c>
-      <c r="B8" s="16" t="s">
+      <c r="B8" s="18" t="s">
         <v>41</v>
       </c>
-      <c r="C8" s="16" t="s">
+      <c r="C8" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="D8" s="16" t="s">
+      <c r="D8" s="18" t="s">
         <v>55</v>
       </c>
-      <c r="E8" s="27" t="s">
+      <c r="E8" s="29" t="s">
         <v>56</v>
       </c>
-      <c r="F8" s="16" t="s">
+      <c r="F8" s="18" t="s">
         <v>45</v>
       </c>
-      <c r="G8" s="18" t="s">
+      <c r="G8" s="30" t="s">
         <v>13</v>
       </c>
-      <c r="H8" s="18" t="s">
+      <c r="H8" s="30" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="9" spans="1:8" ht="139.5">
+    <row r="9" spans="1:8" ht="193.5">
       <c r="A9" s="19">
         <v>8</v>
       </c>
-      <c r="B9" s="21" t="s">
+      <c r="B9" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="C9" s="20" t="s">
+      <c r="C9" s="31" t="s">
         <v>54</v>
       </c>
-      <c r="D9" s="20" t="s">
+      <c r="D9" s="31" t="s">
         <v>57</v>
       </c>
-      <c r="E9" s="27" t="s">
+      <c r="E9" s="29" t="s">
         <v>58</v>
       </c>
-      <c r="F9" s="21" t="s">
+      <c r="F9" s="19" t="s">
         <v>45</v>
       </c>
-      <c r="G9" s="18" t="s">
+      <c r="G9" s="30" t="s">
         <v>13</v>
       </c>
-      <c r="H9" s="18" t="s">
+      <c r="H9" s="30" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="10" spans="1:8" ht="77.45">
+    <row r="10" spans="1:8" ht="107.45">
       <c r="A10" s="19">
         <v>9</v>
       </c>
-      <c r="B10" s="21" t="s">
+      <c r="B10" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="C10" s="20" t="s">
+      <c r="C10" s="31" t="s">
         <v>54</v>
       </c>
-      <c r="D10" s="20" t="s">
+      <c r="D10" s="31" t="s">
         <v>59</v>
       </c>
-      <c r="E10" s="27"/>
-      <c r="F10" s="21" t="s">
+      <c r="E10" s="29" t="s">
+        <v>60</v>
+      </c>
+      <c r="F10" s="19" t="s">
         <v>45</v>
       </c>
-      <c r="G10" s="18" t="s">
-[...4 lines deleted...]
-    <row r="11" spans="1:8" ht="108.6">
+      <c r="G10" s="30" t="s">
+        <v>13</v>
+      </c>
+      <c r="H10" s="30" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="171.95">
       <c r="A11" s="19">
         <v>10</v>
       </c>
-      <c r="B11" s="21" t="s">
+      <c r="B11" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="C11" s="30" t="s">
+      <c r="C11" s="32" t="s">
         <v>54</v>
       </c>
-      <c r="D11" s="20" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="17" t="s">
+      <c r="D11" s="31" t="s">
         <v>62</v>
       </c>
-      <c r="F11" s="21" t="s">
+      <c r="E11" s="20" t="s">
+        <v>63</v>
+      </c>
+      <c r="F11" s="19" t="s">
         <v>45</v>
       </c>
-      <c r="G11" s="18" t="s">
+      <c r="G11" s="30" t="s">
         <v>13</v>
       </c>
-      <c r="H11" s="18" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:8" ht="61.5">
+      <c r="H11" s="30" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="86.1">
       <c r="A12" s="19">
         <v>11</v>
       </c>
-      <c r="B12" s="21" t="s">
+      <c r="B12" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="C12" s="30" t="s">
+      <c r="C12" s="32" t="s">
         <v>54</v>
       </c>
-      <c r="D12" s="20" t="s">
+      <c r="D12" s="31" t="s">
+        <v>65</v>
+      </c>
+      <c r="E12" s="29" t="s">
+        <v>66</v>
+      </c>
+      <c r="F12" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="G12" s="30" t="s">
+        <v>13</v>
+      </c>
+      <c r="H12" s="30" t="s">
         <v>64</v>
       </c>
-      <c r="E12" s="27" t="s">
-[...12 lines deleted...]
-    <row r="13" spans="1:8" ht="30.95">
+    </row>
+    <row r="13" spans="1:8" ht="42.95">
       <c r="A13" s="19">
         <v>12</v>
       </c>
-      <c r="B13" s="21" t="s">
+      <c r="B13" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="C13" s="30" t="s">
+      <c r="C13" s="32" t="s">
         <v>54</v>
       </c>
-      <c r="D13" s="20" t="s">
-[...3 lines deleted...]
-      <c r="F13" s="21" t="s">
+      <c r="D13" s="31" t="s">
+        <v>67</v>
+      </c>
+      <c r="E13" s="20" t="s">
+        <v>68</v>
+      </c>
+      <c r="F13" s="19" t="s">
         <v>45</v>
       </c>
-      <c r="G13" s="18" t="s">
-[...5 lines deleted...]
-      <c r="A14" s="28">
+      <c r="G13" s="30" t="s">
         <v>13</v>
       </c>
-      <c r="B14" s="28" t="s">
-[...8 lines deleted...]
-      <c r="E14" s="17" t="s">
+      <c r="H13" s="30" t="s">
         <v>69</v>
       </c>
-      <c r="F14" s="31" t="s">
-[...2 lines deleted...]
-      <c r="G14" s="29" t="s">
+    </row>
+    <row r="14" spans="1:8" ht="150.6">
+      <c r="A14" s="21">
         <v>13</v>
       </c>
-      <c r="H14" s="29" t="s">
+      <c r="B14" s="21" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" s="22" t="s">
         <v>70</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" s="34">
+      <c r="D14" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="E14" s="20" t="s">
+        <v>72</v>
+      </c>
+      <c r="F14" s="23" t="s">
+        <v>64</v>
+      </c>
+      <c r="G14" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="H14" s="23" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="171.95">
+      <c r="A15" s="24">
         <v>14</v>
       </c>
-      <c r="B15" s="34" t="s">
-[...14 lines deleted...]
-      <c r="G15" s="38" t="s">
+      <c r="B15" s="24" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" s="25" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="E15" s="26" t="s">
+        <v>74</v>
+      </c>
+      <c r="F15" s="27" t="s">
+        <v>64</v>
+      </c>
+      <c r="G15" s="27" t="s">
         <v>13</v>
       </c>
-      <c r="H15" s="38" t="s">
+      <c r="H15" s="27" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="42.95">
+      <c r="A16" s="28">
+        <v>15</v>
+      </c>
+      <c r="B16" s="28" t="s">
+        <v>69</v>
+      </c>
+      <c r="C16" s="28" t="s">
         <v>70</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B16" s="43" t="s">
+      <c r="D16" s="28" t="s">
+        <v>75</v>
+      </c>
+      <c r="E16" s="26" t="s">
+        <v>76</v>
+      </c>
+      <c r="F16" s="28" t="s">
+        <v>77</v>
+      </c>
+      <c r="G16" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="H16" s="34"/>
+    </row>
+    <row r="17" spans="1:8" ht="150.6">
+      <c r="A17" s="28">
+        <v>16</v>
+      </c>
+      <c r="B17" s="28" t="s">
+        <v>61</v>
+      </c>
+      <c r="C17" s="28" t="s">
         <v>70</v>
       </c>
-      <c r="C16" s="43" t="s">
-[...62 lines deleted...]
-      <c r="H21" s="8"/>
+      <c r="D17" s="28" t="s">
+        <v>79</v>
+      </c>
+      <c r="E17" s="28" t="s">
+        <v>80</v>
+      </c>
+      <c r="F17" s="28" t="s">
+        <v>77</v>
+      </c>
+      <c r="G17" s="28" t="s">
+        <v>13</v>
+      </c>
+      <c r="H17" s="28" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="129">
+      <c r="A18" s="28">
+        <v>17</v>
+      </c>
+      <c r="B18" s="28" t="s">
+        <v>61</v>
+      </c>
+      <c r="C18" s="28" t="s">
+        <v>70</v>
+      </c>
+      <c r="D18" s="28" t="s">
+        <v>81</v>
+      </c>
+      <c r="E18" s="28" t="s">
+        <v>82</v>
+      </c>
+      <c r="F18" s="28" t="s">
+        <v>77</v>
+      </c>
+      <c r="G18" s="28" t="s">
+        <v>13</v>
+      </c>
+      <c r="H18" s="28" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="150.6">
+      <c r="A19" s="28">
+        <v>18</v>
+      </c>
+      <c r="B19" s="28" t="s">
+        <v>61</v>
+      </c>
+      <c r="C19" s="28" t="s">
+        <v>70</v>
+      </c>
+      <c r="D19" s="28" t="s">
+        <v>83</v>
+      </c>
+      <c r="E19" s="35" t="s">
+        <v>84</v>
+      </c>
+      <c r="F19" s="28" t="s">
+        <v>77</v>
+      </c>
+      <c r="G19" s="28" t="s">
+        <v>13</v>
+      </c>
+      <c r="H19" s="28" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="42.95">
+      <c r="A20" s="17">
+        <v>19</v>
+      </c>
+      <c r="B20" s="17" t="s">
+        <v>77</v>
+      </c>
+      <c r="C20" s="17" t="s">
+        <v>70</v>
+      </c>
+      <c r="D20" s="19" t="s">
+        <v>85</v>
+      </c>
+      <c r="E20" s="17"/>
+      <c r="F20" s="17" t="s">
+        <v>86</v>
+      </c>
+      <c r="G20" s="17" t="s">
+        <v>78</v>
+      </c>
+      <c r="H20" s="17"/>
+    </row>
+    <row r="21" spans="1:8" ht="37.5">
+      <c r="A21" s="17">
+        <v>20</v>
+      </c>
+      <c r="B21" s="17" t="s">
+        <v>77</v>
+      </c>
+      <c r="C21" s="17" t="s">
+        <v>87</v>
+      </c>
+      <c r="D21" s="19" t="s">
+        <v>88</v>
+      </c>
+      <c r="E21" s="17"/>
+      <c r="F21" s="17" t="s">
+        <v>89</v>
+      </c>
+      <c r="G21" s="17" t="s">
+        <v>78</v>
+      </c>
+      <c r="H21" s="17"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="3"/>
       <c r="B22" s="8"/>
       <c r="C22" s="8"/>
       <c r="D22" s="13"/>
-      <c r="E22" s="22"/>
+      <c r="E22" s="14"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
       <c r="H22" s="8"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="3"/>
       <c r="B23" s="8"/>
       <c r="C23" s="8"/>
       <c r="D23" s="13"/>
-      <c r="E23" s="22"/>
+      <c r="E23" s="14"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="3"/>
       <c r="B24" s="8"/>
       <c r="C24" s="8"/>
       <c r="D24" s="13"/>
-      <c r="E24" s="22"/>
+      <c r="E24" s="14"/>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
       <c r="H24" s="8"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="3"/>
       <c r="B25" s="8"/>
       <c r="C25" s="8"/>
       <c r="D25" s="13"/>
-      <c r="E25" s="22"/>
+      <c r="E25" s="14"/>
       <c r="F25" s="8"/>
       <c r="G25" s="8"/>
       <c r="H25" s="8"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="3"/>
       <c r="B26" s="8"/>
       <c r="C26" s="8"/>
       <c r="D26" s="13"/>
-      <c r="E26" s="22"/>
+      <c r="E26" s="14"/>
       <c r="F26" s="8"/>
       <c r="G26" s="8"/>
       <c r="H26" s="8"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="3"/>
       <c r="B27" s="8"/>
       <c r="C27" s="8"/>
       <c r="D27" s="13"/>
-      <c r="E27" s="22"/>
+      <c r="E27" s="14"/>
       <c r="F27" s="8"/>
       <c r="G27" s="8"/>
       <c r="H27" s="8"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="3"/>
       <c r="B28" s="8"/>
       <c r="C28" s="8"/>
       <c r="D28" s="13"/>
-      <c r="E28" s="22"/>
+      <c r="E28" s="14"/>
       <c r="F28" s="8"/>
       <c r="G28" s="8"/>
       <c r="H28" s="8"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="3"/>
       <c r="B29" s="8"/>
       <c r="C29" s="8"/>
       <c r="D29" s="13"/>
-      <c r="E29" s="22"/>
+      <c r="E29" s="14"/>
       <c r="F29" s="8"/>
       <c r="G29" s="8"/>
       <c r="H29" s="8"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="3"/>
       <c r="B30" s="8"/>
       <c r="C30" s="8"/>
       <c r="D30" s="13"/>
-      <c r="E30" s="22"/>
+      <c r="E30" s="14"/>
       <c r="F30" s="8"/>
       <c r="G30" s="8"/>
       <c r="H30" s="8"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="3"/>
       <c r="B31" s="8"/>
       <c r="C31" s="8"/>
       <c r="D31" s="13"/>
-      <c r="E31" s="22"/>
+      <c r="E31" s="14"/>
       <c r="F31" s="8"/>
       <c r="G31" s="8"/>
       <c r="H31" s="8"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="3"/>
       <c r="B32" s="8"/>
       <c r="C32" s="8"/>
       <c r="D32" s="13"/>
-      <c r="E32" s="22"/>
+      <c r="E32" s="14"/>
       <c r="F32" s="8"/>
       <c r="G32" s="8"/>
       <c r="H32" s="8"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="3"/>
       <c r="B33" s="8"/>
       <c r="C33" s="8"/>
       <c r="D33" s="13"/>
-      <c r="E33" s="22"/>
+      <c r="E33" s="14"/>
       <c r="F33" s="8"/>
       <c r="G33" s="8"/>
       <c r="H33" s="8"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="3"/>
       <c r="B34" s="8"/>
       <c r="C34" s="8"/>
       <c r="D34" s="13"/>
-      <c r="E34" s="22"/>
+      <c r="E34" s="14"/>
       <c r="F34" s="8"/>
       <c r="G34" s="8"/>
       <c r="H34" s="8"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="3"/>
       <c r="B35" s="8"/>
       <c r="C35" s="8"/>
       <c r="D35" s="13"/>
-      <c r="E35" s="22"/>
+      <c r="E35" s="14"/>
       <c r="F35" s="8"/>
       <c r="G35" s="8"/>
       <c r="H35" s="8"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="3"/>
       <c r="B36" s="8"/>
       <c r="C36" s="8"/>
       <c r="D36" s="13"/>
-      <c r="E36" s="22"/>
+      <c r="E36" s="14"/>
       <c r="F36" s="8"/>
       <c r="G36" s="8"/>
       <c r="H36" s="8"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="3"/>
       <c r="B37" s="8"/>
       <c r="C37" s="8"/>
       <c r="D37" s="13"/>
-      <c r="E37" s="22"/>
+      <c r="E37" s="14"/>
       <c r="F37" s="8"/>
       <c r="G37" s="8"/>
       <c r="H37" s="8"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="3"/>
       <c r="B38" s="8"/>
       <c r="C38" s="8"/>
       <c r="D38" s="13"/>
-      <c r="E38" s="22"/>
+      <c r="E38" s="14"/>
       <c r="F38" s="8"/>
       <c r="G38" s="8"/>
       <c r="H38" s="8"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="3"/>
       <c r="B39" s="8"/>
       <c r="C39" s="8"/>
       <c r="D39" s="13"/>
-      <c r="E39" s="22"/>
+      <c r="E39" s="14"/>
       <c r="F39" s="8"/>
       <c r="G39" s="8"/>
       <c r="H39" s="8"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="3"/>
       <c r="B40" s="8"/>
       <c r="C40" s="8"/>
       <c r="D40" s="13"/>
-      <c r="E40" s="22"/>
+      <c r="E40" s="14"/>
       <c r="F40" s="8"/>
       <c r="G40" s="8"/>
       <c r="H40" s="8"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="3"/>
       <c r="B41" s="8"/>
       <c r="C41" s="8"/>
       <c r="D41" s="13"/>
-      <c r="E41" s="22"/>
+      <c r="E41" s="14"/>
       <c r="F41" s="8"/>
       <c r="G41" s="8"/>
       <c r="H41" s="8"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="3"/>
       <c r="B42" s="8"/>
       <c r="C42" s="8"/>
       <c r="D42" s="13"/>
-      <c r="E42" s="22"/>
+      <c r="E42" s="14"/>
       <c r="F42" s="8"/>
       <c r="G42" s="8"/>
       <c r="H42" s="8"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="3"/>
       <c r="B43" s="8"/>
       <c r="C43" s="8"/>
       <c r="D43" s="13"/>
-      <c r="E43" s="22"/>
+      <c r="E43" s="14"/>
       <c r="F43" s="8"/>
       <c r="G43" s="8"/>
       <c r="H43" s="8"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="3"/>
       <c r="B44" s="8"/>
       <c r="C44" s="8"/>
       <c r="D44" s="13"/>
-      <c r="E44" s="22"/>
+      <c r="E44" s="14"/>
       <c r="F44" s="8"/>
       <c r="G44" s="8"/>
       <c r="H44" s="8"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="3"/>
       <c r="B45" s="8"/>
       <c r="C45" s="8"/>
       <c r="D45" s="13"/>
-      <c r="E45" s="22"/>
+      <c r="E45" s="14"/>
       <c r="F45" s="8"/>
       <c r="G45" s="8"/>
       <c r="H45" s="8"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="3"/>
       <c r="B46" s="8"/>
       <c r="C46" s="8"/>
       <c r="D46" s="13"/>
-      <c r="E46" s="22"/>
+      <c r="E46" s="14"/>
       <c r="F46" s="8"/>
       <c r="G46" s="8"/>
       <c r="H46" s="8"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="3"/>
       <c r="B47" s="8"/>
       <c r="C47" s="8"/>
       <c r="D47" s="13"/>
-      <c r="E47" s="22"/>
+      <c r="E47" s="14"/>
       <c r="F47" s="8"/>
       <c r="G47" s="8"/>
       <c r="H47" s="8"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="3"/>
       <c r="B48" s="8"/>
       <c r="C48" s="8"/>
       <c r="D48" s="13"/>
-      <c r="E48" s="22"/>
+      <c r="E48" s="14"/>
       <c r="F48" s="8"/>
       <c r="G48" s="8"/>
       <c r="H48" s="8"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="3"/>
       <c r="B49" s="8"/>
       <c r="C49" s="8"/>
       <c r="D49" s="13"/>
-      <c r="E49" s="22"/>
+      <c r="E49" s="14"/>
       <c r="F49" s="8"/>
       <c r="G49" s="8"/>
       <c r="H49" s="8"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="3"/>
       <c r="B50" s="8"/>
       <c r="C50" s="8"/>
       <c r="D50" s="13"/>
-      <c r="E50" s="22"/>
+      <c r="E50" s="14"/>
       <c r="F50" s="8"/>
       <c r="G50" s="8"/>
       <c r="H50" s="8"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="3"/>
       <c r="B51" s="8"/>
       <c r="C51" s="8"/>
       <c r="D51" s="13"/>
-      <c r="E51" s="22"/>
+      <c r="E51" s="14"/>
       <c r="F51" s="8"/>
       <c r="G51" s="8"/>
       <c r="H51" s="8"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="3"/>
       <c r="B52" s="8"/>
       <c r="C52" s="8"/>
       <c r="D52" s="13"/>
-      <c r="E52" s="22"/>
+      <c r="E52" s="14"/>
       <c r="F52" s="8"/>
       <c r="G52" s="8"/>
       <c r="H52" s="8"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="3"/>
       <c r="B53" s="8"/>
       <c r="C53" s="8"/>
       <c r="D53" s="13"/>
-      <c r="E53" s="22"/>
+      <c r="E53" s="14"/>
       <c r="F53" s="8"/>
       <c r="G53" s="8"/>
       <c r="H53" s="8"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="3"/>
       <c r="B54" s="8"/>
       <c r="C54" s="8"/>
       <c r="D54" s="13"/>
-      <c r="E54" s="22"/>
+      <c r="E54" s="14"/>
       <c r="F54" s="8"/>
       <c r="G54" s="8"/>
       <c r="H54" s="8"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="3"/>
       <c r="B55" s="8"/>
       <c r="C55" s="8"/>
       <c r="D55" s="13"/>
-      <c r="E55" s="22"/>
+      <c r="E55" s="14"/>
       <c r="F55" s="8"/>
       <c r="G55" s="8"/>
       <c r="H55" s="8"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="3"/>
       <c r="B56" s="8"/>
       <c r="C56" s="8"/>
       <c r="D56" s="13"/>
-      <c r="E56" s="22"/>
+      <c r="E56" s="14"/>
       <c r="F56" s="8"/>
       <c r="G56" s="8"/>
       <c r="H56" s="8"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="3"/>
       <c r="B57" s="8"/>
       <c r="C57" s="8"/>
       <c r="D57" s="13"/>
-      <c r="E57" s="22"/>
+      <c r="E57" s="14"/>
       <c r="F57" s="8"/>
       <c r="G57" s="8"/>
       <c r="H57" s="8"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="3"/>
       <c r="B58" s="8"/>
       <c r="C58" s="8"/>
       <c r="D58" s="13"/>
-      <c r="E58" s="22"/>
+      <c r="E58" s="14"/>
       <c r="F58" s="8"/>
       <c r="G58" s="8"/>
       <c r="H58" s="8"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="3"/>
       <c r="B59" s="8"/>
       <c r="C59" s="8"/>
       <c r="D59" s="13"/>
-      <c r="E59" s="22"/>
+      <c r="E59" s="14"/>
       <c r="F59" s="8"/>
       <c r="G59" s="8"/>
       <c r="H59" s="8"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="3"/>
       <c r="B60" s="8"/>
       <c r="C60" s="8"/>
       <c r="D60" s="13"/>
-      <c r="E60" s="22"/>
+      <c r="E60" s="14"/>
       <c r="F60" s="8"/>
       <c r="G60" s="8"/>
       <c r="H60" s="8"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="3"/>
       <c r="B61" s="8"/>
       <c r="C61" s="8"/>
       <c r="D61" s="13"/>
-      <c r="E61" s="22"/>
+      <c r="E61" s="14"/>
       <c r="F61" s="8"/>
       <c r="G61" s="8"/>
       <c r="H61" s="8"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="3"/>
       <c r="B62" s="8"/>
       <c r="C62" s="8"/>
       <c r="D62" s="13"/>
-      <c r="E62" s="22"/>
+      <c r="E62" s="14"/>
       <c r="F62" s="8"/>
       <c r="G62" s="8"/>
       <c r="H62" s="8"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="3"/>
       <c r="B63" s="8"/>
       <c r="C63" s="8"/>
       <c r="D63" s="13"/>
-      <c r="E63" s="22"/>
+      <c r="E63" s="14"/>
       <c r="F63" s="8"/>
       <c r="G63" s="8"/>
       <c r="H63" s="8"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="3"/>
       <c r="B64" s="8"/>
       <c r="C64" s="8"/>
       <c r="D64" s="13"/>
-      <c r="E64" s="22"/>
+      <c r="E64" s="14"/>
       <c r="F64" s="8"/>
       <c r="G64" s="8"/>
       <c r="H64" s="8"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="3"/>
       <c r="B65" s="8"/>
       <c r="C65" s="8"/>
       <c r="D65" s="13"/>
-      <c r="E65" s="22"/>
+      <c r="E65" s="14"/>
       <c r="F65" s="8"/>
       <c r="G65" s="8"/>
       <c r="H65" s="8"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="3"/>
       <c r="B66" s="8"/>
       <c r="C66" s="8"/>
       <c r="D66" s="13"/>
-      <c r="E66" s="22"/>
+      <c r="E66" s="14"/>
       <c r="F66" s="8"/>
       <c r="G66" s="8"/>
       <c r="H66" s="8"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="3"/>
       <c r="B67" s="8"/>
       <c r="C67" s="8"/>
       <c r="D67" s="13"/>
-      <c r="E67" s="22"/>
+      <c r="E67" s="14"/>
       <c r="F67" s="8"/>
       <c r="G67" s="8"/>
       <c r="H67" s="8"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="3"/>
       <c r="B68" s="8"/>
       <c r="C68" s="8"/>
       <c r="D68" s="13"/>
-      <c r="E68" s="22"/>
+      <c r="E68" s="14"/>
       <c r="F68" s="8"/>
       <c r="G68" s="8"/>
       <c r="H68" s="8"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="3"/>
       <c r="B69" s="8"/>
       <c r="C69" s="8"/>
       <c r="D69" s="13"/>
-      <c r="E69" s="22"/>
+      <c r="E69" s="14"/>
       <c r="F69" s="8"/>
       <c r="G69" s="8"/>
       <c r="H69" s="8"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="3"/>
       <c r="B70" s="8"/>
       <c r="C70" s="8"/>
       <c r="D70" s="13"/>
-      <c r="E70" s="22"/>
+      <c r="E70" s="14"/>
       <c r="F70" s="8"/>
       <c r="G70" s="8"/>
       <c r="H70" s="8"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="3"/>
       <c r="B71" s="8"/>
       <c r="C71" s="8"/>
       <c r="D71" s="13"/>
-      <c r="E71" s="22"/>
+      <c r="E71" s="14"/>
       <c r="F71" s="8"/>
       <c r="G71" s="8"/>
       <c r="H71" s="8"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="3"/>
       <c r="B72" s="8"/>
       <c r="C72" s="8"/>
       <c r="D72" s="13"/>
-      <c r="E72" s="22"/>
+      <c r="E72" s="14"/>
       <c r="F72" s="8"/>
       <c r="G72" s="8"/>
       <c r="H72" s="8"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="3"/>
       <c r="B73" s="8"/>
       <c r="C73" s="8"/>
       <c r="D73" s="13"/>
-      <c r="E73" s="23"/>
+      <c r="E73" s="15"/>
       <c r="F73" s="8"/>
       <c r="G73" s="8"/>
       <c r="H73" s="8"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1" xr:uid="{A65D4B6F-D84B-4596-B7C2-CC8B72B28541}"/>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="49" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="28" max="26" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8E13DE33-119B-4E0E-AC9A-9B9E4D7F241B}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.45"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005BC261C8F09564428ABFA751934FCA20" ma:contentTypeVersion="2" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f4e4b81f1b75d004a4940c3134b623d1">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f71abe4e-f5ff-49cd-8eff-5f4949acc510" xmlns:ns3="97b6fe81-1556-4112-94ca-31043ca39b71" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1c00eeb316a8b1a28beda589d96a8629" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <MediaServiceAutoKeyPoints xmlns="f71abe4e-f5ff-49cd-8eff-5f4949acc510" xsi:nil="true"/>
+    <MediaServiceOCR xmlns="f71abe4e-f5ff-49cd-8eff-5f4949acc510" xsi:nil="true"/>
+    <MediaServiceKeyPoints xmlns="f71abe4e-f5ff-49cd-8eff-5f4949acc510" xsi:nil="true"/>
+    <MediaLengthInSeconds xmlns="f71abe4e-f5ff-49cd-8eff-5f4949acc510" xsi:nil="true"/>
+    <MediaServiceSearchProperties xmlns="f71abe4e-f5ff-49cd-8eff-5f4949acc510" xsi:nil="true"/>
+    <MediaServiceMetadata xmlns="f71abe4e-f5ff-49cd-8eff-5f4949acc510" xsi:nil="true"/>
+    <MediaServiceDateTaken xmlns="f71abe4e-f5ff-49cd-8eff-5f4949acc510" xsi:nil="true"/>
+    <MediaServiceGenerationTime xmlns="f71abe4e-f5ff-49cd-8eff-5f4949acc510" xsi:nil="true"/>
+    <SharedWithUsers xmlns="97b6fe81-1556-4112-94ca-31043ca39b71">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <MediaServiceAutoTags xmlns="f71abe4e-f5ff-49cd-8eff-5f4949acc510" xsi:nil="true"/>
+    <MediaServiceObjectDetectorVersions xmlns="f71abe4e-f5ff-49cd-8eff-5f4949acc510" xsi:nil="true"/>
+    <MediaServiceFastMetadata xmlns="f71abe4e-f5ff-49cd-8eff-5f4949acc510" xsi:nil="true"/>
+    <MediaServiceEventHashCode xmlns="f71abe4e-f5ff-49cd-8eff-5f4949acc510" xsi:nil="true"/>
+    <SharedWithDetails xmlns="97b6fe81-1556-4112-94ca-31043ca39b71" xsi:nil="true"/>
+    <MediaServiceLocation xmlns="f71abe4e-f5ff-49cd-8eff-5f4949acc510" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005BC261C8F09564428ABFA751934FCA20" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d6958ce98ea58d51fedaeeac576f72b6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f71abe4e-f5ff-49cd-8eff-5f4949acc510" xmlns:ns3="97b6fe81-1556-4112-94ca-31043ca39b71" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="60189deeda322035a5251218184e0b05" ns2:_="" ns3:_="">
     <xsd:import namespace="f71abe4e-f5ff-49cd-8eff-5f4949acc510"/>
     <xsd:import namespace="97b6fe81-1556-4112-94ca-31043ca39b71"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f71abe4e-f5ff-49cd-8eff-5f4949acc510" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:hidden="true" ma:internalName="MediaServiceKeyPoints" ma:readOnly="false">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note">
-[...1 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:hidden="true" ma:internalName="MediaServiceAutoTags" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:hidden="true" ma:internalName="MediaServiceOCR" ma:readOnly="false">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note">
-[...1 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:hidden="true" ma:internalName="MediaServiceLocation" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97b6fe81-1556-4112-94ca-31043ca39b71" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="false">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="false">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note">
-[...1 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -3140,75 +3291,60 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6155FC6-081E-4D32-A242-04E7C748CC26}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14937937-7F2A-4158-909D-C53104171EE0}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{59B530C6-CD4F-41D2-8E09-EDF9C0F59582}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14937937-7F2A-4158-909D-C53104171EE0}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1BCF166-85EA-4841-A07F-5E5432071F16}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ESO Code Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>