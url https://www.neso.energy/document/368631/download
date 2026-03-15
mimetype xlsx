--- v1 (2026-01-28)
+++ v2 (2026-03-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29711"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://nationalenergyso.sharepoint.com/sites/GRP-INT-UK-CodeAdministrator/CUSC/3. CUSC Modifications/CMP417 - CUSC Section 15 (NC)/4. Workgroup Meeting/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="324" documentId="8_{EB4789F6-8074-45C7-A5E1-2E7F06E73934}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5CB8311F-E3C5-4AE9-A14C-93094BB4E7D1}"/>
+  <xr:revisionPtr revIDLastSave="352" documentId="8_{EB4789F6-8074-45C7-A5E1-2E7F06E73934}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B2CACCA9-6D2C-4D2D-8704-235DE609672F}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" firstSheet="1" activeTab="1" xr2:uid="{5A4D7E06-D87E-41AD-B437-8D215934B7C0}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{5A4D7E06-D87E-41AD-B437-8D215934B7C0}"/>
   </bookViews>
   <sheets>
     <sheet name="Pre-Hiatus " sheetId="3" r:id="rId1"/>
     <sheet name="Post-Hiatus" sheetId="1" r:id="rId2"/>
     <sheet name="Sheet1" sheetId="2" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Post-Hiatus'!$A$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Pre-Hiatus '!$A$1:$H$1</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Post-Hiatus'!$A$1:$AA$73</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Pre-Hiatus '!$A$1:$AA$73</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="96">
   <si>
     <t>Action number</t>
   </si>
   <si>
     <t>Workgroup Raised</t>
   </si>
   <si>
     <t>Owner</t>
   </si>
   <si>
     <t>Action</t>
   </si>
   <si>
     <t>Comment</t>
   </si>
   <si>
     <t>Due by</t>
   </si>
   <si>
     <t xml:space="preserve">Status </t>
   </si>
   <si>
     <t>Workgroup Closed</t>
   </si>
   <si>
@@ -325,61 +325,111 @@
     <t>Workgroup Consultation:
 Clarify 10% security requirement
 Include CMP192 diagrams to illustrate changes over project lifetime
 Clarify wider liability calculations
 Include implementation arrangements</t>
   </si>
   <si>
     <t>The Workgroup members agreed the final points within the Workgroup Consultation.</t>
   </si>
   <si>
     <t>Make adjustments to the legal text and review with NESO legal prior to Workgroup Consultation</t>
   </si>
   <si>
     <t>The Proposer received comments from Legal but were unable to review in time for the Workgroup.  The Proposer presented the Legal Text and agreed these  during WG13 and confirmed they would be annexed to the Workgroup Consultation</t>
   </si>
   <si>
     <t xml:space="preserve">Query with NESO Representative whether a guidance note was produced for CMP447.  </t>
   </si>
   <si>
     <t>WG14</t>
   </si>
   <si>
     <t>All</t>
   </si>
   <si>
-    <t>Workgroup to review how the impact of DNOs effet their contracts</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">WG14 </t>
+  </si>
+  <si>
+    <t>Confirm process for Hybrid Sites</t>
+  </si>
+  <si>
+    <t>The Proposer advised guidance on how schemes will be classed as designated strategic works has not been created as part of CMP447.  The decision will be taken based on a number of factors, with information about which schemes are strategically made available.</t>
+  </si>
+  <si>
+    <t>Workgroup to review how modification impacts DNO’s contracts.</t>
+  </si>
+  <si>
+    <t>WG15</t>
+  </si>
+  <si>
+    <t>Confirm with Connections practical arrangements for abortive works charges in hybrid site scenarios.  Such as how and when Users are informed that such charges may arise following a change in scope and how advance visibility of potential charges is provided.</t>
+  </si>
+  <si>
+    <t>Discuss with Proposer for CM093 and Consider whether similar transitional arrangements may be required in the STC as part of legal text development.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Action to look at wording in Section 6 (clause 6.30.4.4) to distinguish between </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Poppins"/>
+      </rPr>
+      <t>signed</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Poppins"/>
+      </rPr>
+      <t xml:space="preserve"> and </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Poppins"/>
+      </rPr>
+      <t>commissioned</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Poppins"/>
+      </rPr>
+      <t xml:space="preserve"> sites to ensure the intent is accurately reflected</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="10">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color rgb="FF454546"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <color rgb="FF808080"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -394,72 +444,77 @@
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Poppins"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF454546"/>
       <name val="Poppins"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Poppins"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Poppins"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF454546"/>
       <name val="Poppins"/>
     </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <name val="Poppins"/>
+    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="8">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -514,55 +569,79 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="38">
+  <cellXfs count="49">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -620,120 +699,153 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -795,51 +907,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -937,2121 +1049,2173 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalgrideso.com/document/188281/download" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F96D28AF-E93A-4F11-A495-5A6B9B373E61}">
   <dimension ref="A1:H73"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <selection activeCell="B16" sqref="B16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="20.140625" style="4" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16.85546875" style="9" customWidth="1"/>
+    <col min="1" max="1" width="20.1796875" style="4" customWidth="1"/>
+    <col min="2" max="2" width="19.453125" style="9" customWidth="1"/>
+    <col min="3" max="3" width="16.81640625" style="9" customWidth="1"/>
     <col min="4" max="4" width="50" style="10" customWidth="1"/>
-    <col min="5" max="5" width="43.140625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="8" width="35.5703125" customWidth="1"/>
+    <col min="5" max="5" width="43.1796875" customWidth="1"/>
+    <col min="6" max="6" width="16.1796875" customWidth="1"/>
+    <col min="7" max="7" width="28.81640625" customWidth="1"/>
+    <col min="8" max="8" width="35.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="39.950000000000003">
+    <row r="1" spans="1:8" ht="40" x14ac:dyDescent="0.35">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="5" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="5" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="2" spans="1:8" ht="60">
+    <row r="2" spans="1:8" ht="60" x14ac:dyDescent="0.35">
       <c r="A2" s="5">
         <v>1</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="11" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="11" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H2" s="6" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="3" spans="1:8" ht="60">
+    <row r="3" spans="1:8" ht="60" x14ac:dyDescent="0.35">
       <c r="A3" s="5">
         <v>2</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>16</v>
       </c>
       <c r="F3" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G3" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H3" s="6" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="4" spans="1:8" ht="39.950000000000003">
+    <row r="4" spans="1:8" ht="40" x14ac:dyDescent="0.35">
       <c r="A4" s="5">
         <v>3</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>18</v>
       </c>
       <c r="E4" s="11"/>
       <c r="F4" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G4" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H4" s="6" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="5" spans="1:8" ht="39" customHeight="1">
+    <row r="5" spans="1:8" ht="39" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="5">
         <v>4</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="11"/>
       <c r="F5" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="6" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="6" spans="1:8" ht="60">
+    <row r="6" spans="1:8" ht="60" x14ac:dyDescent="0.35">
       <c r="A6" s="5">
         <v>5</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="11"/>
       <c r="F6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H6" s="6" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="1:8" ht="39.950000000000003">
+    <row r="7" spans="1:8" ht="40" x14ac:dyDescent="0.35">
       <c r="A7" s="5">
         <v>6</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="11" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G7" s="6"/>
       <c r="H7" s="6" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="8" spans="1:8" ht="39.950000000000003">
+    <row r="8" spans="1:8" ht="40" x14ac:dyDescent="0.35">
       <c r="A8" s="5">
         <v>7</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D8" s="11" t="s">
         <v>23</v>
       </c>
       <c r="E8" s="11"/>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H8" s="6" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="9" spans="1:8" ht="99.95">
+    <row r="9" spans="1:8" ht="100" x14ac:dyDescent="0.35">
       <c r="A9" s="5">
         <v>8</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="11" t="s">
         <v>24</v>
       </c>
       <c r="E9" s="11" t="s">
         <v>25</v>
       </c>
       <c r="F9" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="6"/>
       <c r="H9" s="6"/>
     </row>
-    <row r="10" spans="1:8" ht="20.100000000000001">
+    <row r="10" spans="1:8" ht="20" x14ac:dyDescent="0.35">
       <c r="A10" s="5">
         <v>9</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D10" s="11" t="s">
         <v>26</v>
       </c>
       <c r="E10" s="11"/>
       <c r="F10" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
     </row>
-    <row r="11" spans="1:8" ht="39.950000000000003">
+    <row r="11" spans="1:8" ht="40" x14ac:dyDescent="0.35">
       <c r="A11" s="5">
         <v>10</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D11" s="11" t="s">
         <v>28</v>
       </c>
       <c r="E11" s="11"/>
       <c r="F11" s="6">
         <v>45190</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="12" spans="1:8" ht="60">
+    <row r="12" spans="1:8" ht="60" x14ac:dyDescent="0.35">
       <c r="A12" s="5">
         <v>11</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="11" t="s">
         <v>29</v>
       </c>
       <c r="E12" s="11"/>
       <c r="F12" s="6"/>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
     </row>
-    <row r="13" spans="1:8" ht="60">
+    <row r="13" spans="1:8" ht="60" x14ac:dyDescent="0.35">
       <c r="A13" s="5">
         <v>12</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="11"/>
       <c r="F13" s="6"/>
       <c r="G13" s="6"/>
       <c r="H13" s="6"/>
     </row>
-    <row r="14" spans="1:8" ht="39.950000000000003">
+    <row r="14" spans="1:8" ht="40" x14ac:dyDescent="0.35">
       <c r="A14" s="5">
         <v>13</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="11" t="s">
         <v>33</v>
       </c>
       <c r="E14" s="11"/>
       <c r="F14" s="6"/>
       <c r="G14" s="6"/>
       <c r="H14" s="6"/>
     </row>
-    <row r="15" spans="1:8" ht="39.950000000000003">
+    <row r="15" spans="1:8" ht="40" x14ac:dyDescent="0.35">
       <c r="A15" s="5">
         <v>14</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D15" s="11" t="s">
         <v>34</v>
       </c>
       <c r="E15" s="11"/>
       <c r="F15" s="6"/>
       <c r="G15" s="6"/>
       <c r="H15" s="6"/>
     </row>
-    <row r="16" spans="1:8" ht="60">
+    <row r="16" spans="1:8" ht="60" x14ac:dyDescent="0.35">
       <c r="A16" s="5">
         <v>15</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="11" t="s">
         <v>35</v>
       </c>
       <c r="E16" s="11" t="s">
         <v>36</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="6"/>
       <c r="H16" s="6"/>
     </row>
-    <row r="17" spans="1:8" ht="20.100000000000001">
+    <row r="17" spans="1:8" ht="20" x14ac:dyDescent="0.35">
       <c r="A17" s="5">
         <v>16</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="6"/>
       <c r="D17" s="11"/>
       <c r="E17" s="11"/>
       <c r="F17" s="6"/>
       <c r="G17" s="6"/>
       <c r="H17" s="6"/>
     </row>
-    <row r="18" spans="1:8" ht="20.100000000000001">
+    <row r="18" spans="1:8" ht="20" x14ac:dyDescent="0.35">
       <c r="A18" s="5">
         <v>17</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="12"/>
       <c r="E18" s="2"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="7"/>
     </row>
-    <row r="19" spans="1:8">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A19" s="8"/>
       <c r="B19" s="8"/>
       <c r="C19" s="8"/>
       <c r="D19" s="13"/>
       <c r="E19" s="3"/>
       <c r="F19" s="8"/>
       <c r="G19" s="8"/>
       <c r="H19" s="8"/>
     </row>
-    <row r="20" spans="1:8">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A20" s="8"/>
       <c r="B20" s="8"/>
       <c r="C20" s="8"/>
       <c r="D20" s="13"/>
       <c r="E20" s="3"/>
       <c r="F20" s="8"/>
       <c r="G20" s="8"/>
       <c r="H20" s="8"/>
     </row>
-    <row r="21" spans="1:8">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A21" s="8"/>
       <c r="B21" s="8"/>
       <c r="C21" s="8"/>
       <c r="D21" s="13"/>
       <c r="E21" s="3"/>
       <c r="F21" s="8"/>
       <c r="G21" s="8"/>
       <c r="H21" s="8"/>
     </row>
-    <row r="22" spans="1:8">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A22" s="8"/>
       <c r="B22" s="8"/>
       <c r="C22" s="8"/>
       <c r="D22" s="13"/>
       <c r="E22" s="3"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
       <c r="H22" s="8"/>
     </row>
-    <row r="23" spans="1:8">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A23" s="8"/>
       <c r="B23" s="8"/>
       <c r="C23" s="8"/>
       <c r="D23" s="13"/>
       <c r="E23" s="3"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
     </row>
-    <row r="24" spans="1:8">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A24" s="8"/>
       <c r="B24" s="8"/>
       <c r="C24" s="8"/>
       <c r="D24" s="13"/>
       <c r="E24" s="3"/>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
       <c r="H24" s="8"/>
     </row>
-    <row r="25" spans="1:8">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A25" s="8"/>
       <c r="B25" s="8"/>
       <c r="C25" s="8"/>
       <c r="D25" s="13"/>
       <c r="E25" s="3"/>
       <c r="F25" s="8"/>
       <c r="G25" s="8"/>
       <c r="H25" s="8"/>
     </row>
-    <row r="26" spans="1:8">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A26" s="8"/>
       <c r="B26" s="8"/>
       <c r="C26" s="8"/>
       <c r="D26" s="13"/>
       <c r="E26" s="3"/>
       <c r="F26" s="8"/>
       <c r="G26" s="8"/>
       <c r="H26" s="8"/>
     </row>
-    <row r="27" spans="1:8">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A27" s="8"/>
       <c r="B27" s="8"/>
       <c r="C27" s="8"/>
       <c r="D27" s="13"/>
       <c r="E27" s="3"/>
       <c r="F27" s="8"/>
       <c r="G27" s="8"/>
       <c r="H27" s="8"/>
     </row>
-    <row r="28" spans="1:8">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A28" s="8"/>
       <c r="B28" s="8"/>
       <c r="C28" s="8"/>
       <c r="D28" s="13"/>
       <c r="E28" s="3"/>
       <c r="F28" s="8"/>
       <c r="G28" s="8"/>
       <c r="H28" s="8"/>
     </row>
-    <row r="29" spans="1:8">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A29" s="8"/>
       <c r="B29" s="8"/>
       <c r="C29" s="8"/>
       <c r="D29" s="13"/>
       <c r="E29" s="3"/>
       <c r="F29" s="8"/>
       <c r="G29" s="8"/>
       <c r="H29" s="8"/>
     </row>
-    <row r="30" spans="1:8">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A30" s="8"/>
       <c r="B30" s="8"/>
       <c r="C30" s="8"/>
       <c r="D30" s="13"/>
       <c r="E30" s="3"/>
       <c r="F30" s="8"/>
       <c r="G30" s="8"/>
       <c r="H30" s="8"/>
     </row>
-    <row r="31" spans="1:8">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A31" s="8"/>
       <c r="B31" s="8"/>
       <c r="C31" s="8"/>
       <c r="D31" s="13"/>
       <c r="E31" s="3"/>
       <c r="F31" s="8"/>
       <c r="G31" s="8"/>
       <c r="H31" s="8"/>
     </row>
-    <row r="32" spans="1:8">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A32" s="8"/>
       <c r="B32" s="8"/>
       <c r="C32" s="8"/>
       <c r="D32" s="13"/>
       <c r="E32" s="3"/>
       <c r="F32" s="8"/>
       <c r="G32" s="8"/>
       <c r="H32" s="8"/>
     </row>
-    <row r="33" spans="1:8">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A33" s="8"/>
       <c r="B33" s="8"/>
       <c r="C33" s="8"/>
       <c r="D33" s="13"/>
       <c r="E33" s="3"/>
       <c r="F33" s="8"/>
       <c r="G33" s="8"/>
       <c r="H33" s="8"/>
     </row>
-    <row r="34" spans="1:8">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A34" s="8"/>
       <c r="B34" s="8"/>
       <c r="C34" s="8"/>
       <c r="D34" s="13"/>
       <c r="E34" s="3"/>
       <c r="F34" s="8"/>
       <c r="G34" s="8"/>
       <c r="H34" s="8"/>
     </row>
-    <row r="35" spans="1:8">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A35" s="8"/>
       <c r="B35" s="8"/>
       <c r="C35" s="8"/>
       <c r="D35" s="13"/>
       <c r="E35" s="3"/>
       <c r="F35" s="8"/>
       <c r="G35" s="8"/>
       <c r="H35" s="8"/>
     </row>
-    <row r="36" spans="1:8">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A36" s="8"/>
       <c r="B36" s="8"/>
       <c r="C36" s="8"/>
       <c r="D36" s="13"/>
       <c r="E36" s="3"/>
       <c r="F36" s="8"/>
       <c r="G36" s="8"/>
       <c r="H36" s="8"/>
     </row>
-    <row r="37" spans="1:8">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A37" s="8"/>
       <c r="B37" s="8"/>
       <c r="C37" s="8"/>
       <c r="D37" s="13"/>
       <c r="E37" s="3"/>
       <c r="F37" s="8"/>
       <c r="G37" s="8"/>
       <c r="H37" s="8"/>
     </row>
-    <row r="38" spans="1:8">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A38" s="8"/>
       <c r="B38" s="8"/>
       <c r="C38" s="8"/>
       <c r="D38" s="13"/>
       <c r="E38" s="3"/>
       <c r="F38" s="8"/>
       <c r="G38" s="8"/>
       <c r="H38" s="8"/>
     </row>
-    <row r="39" spans="1:8">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A39" s="8"/>
       <c r="B39" s="8"/>
       <c r="C39" s="8"/>
       <c r="D39" s="13"/>
       <c r="E39" s="3"/>
       <c r="F39" s="8"/>
       <c r="G39" s="8"/>
       <c r="H39" s="8"/>
     </row>
-    <row r="40" spans="1:8">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A40" s="8"/>
       <c r="B40" s="8"/>
       <c r="C40" s="8"/>
       <c r="D40" s="13"/>
       <c r="E40" s="3"/>
       <c r="F40" s="8"/>
       <c r="G40" s="8"/>
       <c r="H40" s="8"/>
     </row>
-    <row r="41" spans="1:8">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A41" s="8"/>
       <c r="B41" s="8"/>
       <c r="C41" s="8"/>
       <c r="D41" s="13"/>
       <c r="E41" s="3"/>
       <c r="F41" s="8"/>
       <c r="G41" s="8"/>
       <c r="H41" s="8"/>
     </row>
-    <row r="42" spans="1:8">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A42" s="8"/>
       <c r="B42" s="8"/>
       <c r="C42" s="8"/>
       <c r="D42" s="13"/>
       <c r="E42" s="3"/>
       <c r="F42" s="8"/>
       <c r="G42" s="8"/>
       <c r="H42" s="8"/>
     </row>
-    <row r="43" spans="1:8">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A43" s="8"/>
       <c r="B43" s="8"/>
       <c r="C43" s="8"/>
       <c r="D43" s="13"/>
       <c r="E43" s="3"/>
       <c r="F43" s="8"/>
       <c r="G43" s="8"/>
       <c r="H43" s="8"/>
     </row>
-    <row r="44" spans="1:8">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A44" s="8"/>
       <c r="B44" s="8"/>
       <c r="C44" s="8"/>
       <c r="D44" s="13"/>
       <c r="E44" s="3"/>
       <c r="F44" s="8"/>
       <c r="G44" s="8"/>
       <c r="H44" s="8"/>
     </row>
-    <row r="45" spans="1:8">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A45" s="8"/>
       <c r="B45" s="8"/>
       <c r="C45" s="8"/>
       <c r="D45" s="13"/>
       <c r="E45" s="3"/>
       <c r="F45" s="8"/>
       <c r="G45" s="8"/>
       <c r="H45" s="8"/>
     </row>
-    <row r="46" spans="1:8">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A46" s="8"/>
       <c r="B46" s="8"/>
       <c r="C46" s="8"/>
       <c r="D46" s="13"/>
       <c r="E46" s="3"/>
       <c r="F46" s="8"/>
       <c r="G46" s="8"/>
       <c r="H46" s="8"/>
     </row>
-    <row r="47" spans="1:8">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A47" s="8"/>
       <c r="B47" s="8"/>
       <c r="C47" s="8"/>
       <c r="D47" s="13"/>
       <c r="E47" s="3"/>
       <c r="F47" s="8"/>
       <c r="G47" s="8"/>
       <c r="H47" s="8"/>
     </row>
-    <row r="48" spans="1:8">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A48" s="8"/>
       <c r="B48" s="8"/>
       <c r="C48" s="8"/>
       <c r="D48" s="13"/>
       <c r="E48" s="3"/>
       <c r="F48" s="8"/>
       <c r="G48" s="8"/>
       <c r="H48" s="8"/>
     </row>
-    <row r="49" spans="1:8">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A49" s="8"/>
       <c r="B49" s="8"/>
       <c r="C49" s="8"/>
       <c r="D49" s="13"/>
       <c r="E49" s="3"/>
       <c r="F49" s="8"/>
       <c r="G49" s="8"/>
       <c r="H49" s="8"/>
     </row>
-    <row r="50" spans="1:8">
+    <row r="50" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A50" s="8"/>
       <c r="B50" s="8"/>
       <c r="C50" s="8"/>
       <c r="D50" s="13"/>
       <c r="E50" s="3"/>
       <c r="F50" s="8"/>
       <c r="G50" s="8"/>
       <c r="H50" s="8"/>
     </row>
-    <row r="51" spans="1:8">
+    <row r="51" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A51" s="8"/>
       <c r="B51" s="8"/>
       <c r="C51" s="8"/>
       <c r="D51" s="13"/>
       <c r="E51" s="3"/>
       <c r="F51" s="8"/>
       <c r="G51" s="8"/>
       <c r="H51" s="8"/>
     </row>
-    <row r="52" spans="1:8">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A52" s="8"/>
       <c r="B52" s="8"/>
       <c r="C52" s="8"/>
       <c r="D52" s="13"/>
       <c r="E52" s="3"/>
       <c r="F52" s="8"/>
       <c r="G52" s="8"/>
       <c r="H52" s="8"/>
     </row>
-    <row r="53" spans="1:8">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A53" s="8"/>
       <c r="B53" s="8"/>
       <c r="C53" s="8"/>
       <c r="D53" s="13"/>
       <c r="E53" s="3"/>
       <c r="F53" s="8"/>
       <c r="G53" s="8"/>
       <c r="H53" s="8"/>
     </row>
-    <row r="54" spans="1:8">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A54" s="8"/>
       <c r="B54" s="8"/>
       <c r="C54" s="8"/>
       <c r="D54" s="13"/>
       <c r="E54" s="3"/>
       <c r="F54" s="8"/>
       <c r="G54" s="8"/>
       <c r="H54" s="8"/>
     </row>
-    <row r="55" spans="1:8">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A55" s="8"/>
       <c r="B55" s="8"/>
       <c r="C55" s="8"/>
       <c r="D55" s="13"/>
       <c r="E55" s="3"/>
       <c r="F55" s="8"/>
       <c r="G55" s="8"/>
       <c r="H55" s="8"/>
     </row>
-    <row r="56" spans="1:8">
+    <row r="56" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A56" s="8"/>
       <c r="B56" s="8"/>
       <c r="C56" s="8"/>
       <c r="D56" s="13"/>
       <c r="E56" s="3"/>
       <c r="F56" s="8"/>
       <c r="G56" s="8"/>
       <c r="H56" s="8"/>
     </row>
-    <row r="57" spans="1:8">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A57" s="8"/>
       <c r="B57" s="8"/>
       <c r="C57" s="8"/>
       <c r="D57" s="13"/>
       <c r="E57" s="3"/>
       <c r="F57" s="8"/>
       <c r="G57" s="8"/>
       <c r="H57" s="8"/>
     </row>
-    <row r="58" spans="1:8">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A58" s="8"/>
       <c r="B58" s="8"/>
       <c r="C58" s="8"/>
       <c r="D58" s="13"/>
       <c r="E58" s="3"/>
       <c r="F58" s="8"/>
       <c r="G58" s="8"/>
       <c r="H58" s="8"/>
     </row>
-    <row r="59" spans="1:8">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A59" s="8"/>
       <c r="B59" s="8"/>
       <c r="C59" s="8"/>
       <c r="D59" s="13"/>
       <c r="E59" s="3"/>
       <c r="F59" s="8"/>
       <c r="G59" s="8"/>
       <c r="H59" s="8"/>
     </row>
-    <row r="60" spans="1:8">
+    <row r="60" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A60" s="8"/>
       <c r="B60" s="8"/>
       <c r="C60" s="8"/>
       <c r="D60" s="13"/>
       <c r="E60" s="3"/>
       <c r="F60" s="8"/>
       <c r="G60" s="8"/>
       <c r="H60" s="8"/>
     </row>
-    <row r="61" spans="1:8">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A61" s="8"/>
       <c r="B61" s="8"/>
       <c r="C61" s="8"/>
       <c r="D61" s="13"/>
       <c r="E61" s="3"/>
       <c r="F61" s="8"/>
       <c r="G61" s="8"/>
       <c r="H61" s="8"/>
     </row>
-    <row r="62" spans="1:8">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A62" s="8"/>
       <c r="B62" s="8"/>
       <c r="C62" s="8"/>
       <c r="D62" s="13"/>
       <c r="E62" s="3"/>
       <c r="F62" s="8"/>
       <c r="G62" s="8"/>
       <c r="H62" s="8"/>
     </row>
-    <row r="63" spans="1:8">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A63" s="8"/>
       <c r="B63" s="8"/>
       <c r="C63" s="8"/>
       <c r="D63" s="13"/>
       <c r="E63" s="3"/>
       <c r="F63" s="8"/>
       <c r="G63" s="8"/>
       <c r="H63" s="8"/>
     </row>
-    <row r="64" spans="1:8">
+    <row r="64" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A64" s="8"/>
       <c r="B64" s="8"/>
       <c r="C64" s="8"/>
       <c r="D64" s="13"/>
       <c r="E64" s="3"/>
       <c r="F64" s="8"/>
       <c r="G64" s="8"/>
       <c r="H64" s="8"/>
     </row>
-    <row r="65" spans="1:8">
+    <row r="65" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A65" s="8"/>
       <c r="B65" s="8"/>
       <c r="C65" s="8"/>
       <c r="D65" s="13"/>
       <c r="E65" s="3"/>
       <c r="F65" s="8"/>
       <c r="G65" s="8"/>
       <c r="H65" s="8"/>
     </row>
-    <row r="66" spans="1:8">
+    <row r="66" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A66" s="8"/>
       <c r="B66" s="8"/>
       <c r="C66" s="8"/>
       <c r="D66" s="13"/>
       <c r="E66" s="3"/>
       <c r="F66" s="8"/>
       <c r="G66" s="8"/>
       <c r="H66" s="8"/>
     </row>
-    <row r="67" spans="1:8">
+    <row r="67" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A67" s="8"/>
       <c r="B67" s="8"/>
       <c r="C67" s="8"/>
       <c r="D67" s="13"/>
       <c r="E67" s="3"/>
       <c r="F67" s="8"/>
       <c r="G67" s="8"/>
       <c r="H67" s="8"/>
     </row>
-    <row r="68" spans="1:8">
+    <row r="68" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A68" s="8"/>
       <c r="B68" s="8"/>
       <c r="C68" s="8"/>
       <c r="D68" s="13"/>
       <c r="E68" s="3"/>
       <c r="F68" s="8"/>
       <c r="G68" s="8"/>
       <c r="H68" s="8"/>
     </row>
-    <row r="69" spans="1:8">
+    <row r="69" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A69" s="8"/>
       <c r="B69" s="8"/>
       <c r="C69" s="8"/>
       <c r="D69" s="13"/>
       <c r="E69" s="3"/>
       <c r="F69" s="8"/>
       <c r="G69" s="8"/>
       <c r="H69" s="8"/>
     </row>
-    <row r="70" spans="1:8">
+    <row r="70" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A70" s="8"/>
       <c r="B70" s="8"/>
       <c r="C70" s="8"/>
       <c r="D70" s="13"/>
       <c r="E70" s="3"/>
       <c r="F70" s="8"/>
       <c r="G70" s="8"/>
       <c r="H70" s="8"/>
     </row>
-    <row r="71" spans="1:8">
+    <row r="71" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A71" s="8"/>
       <c r="B71" s="8"/>
       <c r="C71" s="8"/>
       <c r="D71" s="13"/>
       <c r="E71" s="3"/>
       <c r="F71" s="8"/>
       <c r="G71" s="8"/>
       <c r="H71" s="8"/>
     </row>
-    <row r="72" spans="1:8">
+    <row r="72" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A72" s="8"/>
       <c r="B72" s="8"/>
       <c r="C72" s="8"/>
       <c r="D72" s="13"/>
       <c r="E72" s="3"/>
       <c r="F72" s="8"/>
       <c r="G72" s="8"/>
       <c r="H72" s="8"/>
     </row>
-    <row r="73" spans="1:8">
+    <row r="73" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A73" s="3"/>
       <c r="B73" s="8"/>
       <c r="C73" s="8"/>
       <c r="D73" s="13"/>
       <c r="E73" s="1"/>
       <c r="F73" s="8"/>
       <c r="G73" s="8"/>
       <c r="H73" s="8"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1" xr:uid="{A65D4B6F-D84B-4596-B7C2-CC8B72B28541}"/>
   <hyperlinks>
     <hyperlink ref="D16" r:id="rId1" display="https://www.nationalgrideso.com/document/188281/download" xr:uid="{36403C74-12FE-42E1-9624-518AA2FE6CBB}"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="49" orientation="landscape" r:id="rId2"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="28" max="26" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A65D4B6F-D84B-4596-B7C2-CC8B72B28541}">
   <dimension ref="A1:H73"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A18" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="D22" sqref="D22"/>
+    <sheetView tabSelected="1" topLeftCell="A19" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="70" workbookViewId="0">
+      <selection activeCell="H24" sqref="H24"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="20.140625" style="4" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="16.85546875" style="9" customWidth="1"/>
+    <col min="1" max="1" width="20.1796875" style="4" customWidth="1"/>
+    <col min="2" max="2" width="19.453125" style="9" customWidth="1"/>
+    <col min="3" max="3" width="16.81640625" style="9" customWidth="1"/>
     <col min="4" max="4" width="50" style="10" customWidth="1"/>
-    <col min="5" max="5" width="43.140625" style="16" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="8" width="35.5703125" customWidth="1"/>
+    <col min="5" max="5" width="43.1796875" style="16" customWidth="1"/>
+    <col min="6" max="6" width="16.1796875" customWidth="1"/>
+    <col min="7" max="7" width="28.81640625" customWidth="1"/>
+    <col min="8" max="8" width="35.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" s="37" customFormat="1" ht="42.95">
-      <c r="A1" s="36" t="s">
+    <row r="1" spans="1:8" s="36" customFormat="1" ht="43" x14ac:dyDescent="0.35">
+      <c r="A1" s="35" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="36" t="s">
+      <c r="B1" s="35" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="36" t="s">
+      <c r="C1" s="35" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="36" t="s">
+      <c r="D1" s="35" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="36" t="s">
+      <c r="E1" s="35" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="36" t="s">
+      <c r="F1" s="35" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="36" t="s">
+      <c r="G1" s="35" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="36" t="s">
+      <c r="H1" s="35" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="2" spans="1:8" ht="86.1">
+    <row r="2" spans="1:8" ht="86" x14ac:dyDescent="0.9">
       <c r="A2" s="18">
         <v>1</v>
       </c>
       <c r="B2" s="18" t="s">
         <v>37</v>
       </c>
       <c r="C2" s="18" t="s">
         <v>38</v>
       </c>
       <c r="D2" s="18" t="s">
         <v>39</v>
       </c>
       <c r="E2" s="29" t="s">
         <v>40</v>
       </c>
       <c r="F2" s="18" t="s">
         <v>41</v>
       </c>
       <c r="G2" s="30" t="s">
         <v>13</v>
       </c>
       <c r="H2" s="30" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="3" spans="1:8" ht="86.1">
+    <row r="3" spans="1:8" ht="86" x14ac:dyDescent="0.9">
       <c r="A3" s="19">
         <v>2</v>
       </c>
       <c r="B3" s="19" t="s">
         <v>37</v>
       </c>
       <c r="C3" s="31" t="s">
         <v>42</v>
       </c>
       <c r="D3" s="19" t="s">
         <v>43</v>
       </c>
       <c r="E3" s="29" t="s">
         <v>44</v>
       </c>
       <c r="F3" s="19" t="s">
         <v>41</v>
       </c>
       <c r="G3" s="30" t="s">
         <v>13</v>
       </c>
       <c r="H3" s="30" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="4" spans="1:8" ht="86.1">
+    <row r="4" spans="1:8" ht="86" x14ac:dyDescent="0.9">
       <c r="A4" s="19">
         <v>3</v>
       </c>
       <c r="B4" s="19" t="s">
         <v>37</v>
       </c>
       <c r="C4" s="31" t="s">
         <v>42</v>
       </c>
       <c r="D4" s="19" t="s">
         <v>46</v>
       </c>
       <c r="E4" s="29" t="s">
         <v>47</v>
       </c>
       <c r="F4" s="19" t="s">
         <v>41</v>
       </c>
       <c r="G4" s="30" t="s">
         <v>13</v>
       </c>
       <c r="H4" s="30" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="5" spans="1:8" ht="39" customHeight="1">
+    <row r="5" spans="1:8" ht="39" customHeight="1" x14ac:dyDescent="0.9">
       <c r="A5" s="19">
         <v>4</v>
       </c>
       <c r="B5" s="19" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="31" t="s">
         <v>42</v>
       </c>
       <c r="D5" s="31" t="s">
         <v>48</v>
       </c>
       <c r="E5" s="29" t="s">
         <v>49</v>
       </c>
       <c r="F5" s="19" t="s">
         <v>41</v>
       </c>
       <c r="G5" s="30" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="30" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="6" spans="1:8" ht="193.5">
+    <row r="6" spans="1:8" ht="193.5" x14ac:dyDescent="0.9">
       <c r="A6" s="19">
         <v>5</v>
       </c>
       <c r="B6" s="19" t="s">
         <v>37</v>
       </c>
       <c r="C6" s="31" t="s">
         <v>42</v>
       </c>
       <c r="D6" s="19" t="s">
         <v>50</v>
       </c>
       <c r="E6" s="29" t="s">
         <v>51</v>
       </c>
       <c r="F6" s="19" t="s">
         <v>41</v>
       </c>
       <c r="G6" s="30" t="s">
         <v>13</v>
       </c>
       <c r="H6" s="30" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="7" spans="1:8" ht="129">
+    <row r="7" spans="1:8" ht="129" x14ac:dyDescent="0.9">
       <c r="A7" s="19">
         <v>6</v>
       </c>
       <c r="B7" s="19" t="s">
         <v>37</v>
       </c>
       <c r="C7" s="31" t="s">
         <v>42</v>
       </c>
       <c r="D7" s="19" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="29" t="s">
         <v>53</v>
       </c>
       <c r="F7" s="19" t="s">
         <v>41</v>
       </c>
       <c r="G7" s="30" t="s">
         <v>13</v>
       </c>
       <c r="H7" s="30" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="8" spans="1:8" ht="236.45">
+    <row r="8" spans="1:8" ht="236.5" x14ac:dyDescent="0.9">
       <c r="A8" s="18">
         <v>7</v>
       </c>
       <c r="B8" s="18" t="s">
         <v>41</v>
       </c>
       <c r="C8" s="18" t="s">
         <v>54</v>
       </c>
       <c r="D8" s="18" t="s">
         <v>55</v>
       </c>
       <c r="E8" s="29" t="s">
         <v>56</v>
       </c>
       <c r="F8" s="18" t="s">
         <v>45</v>
       </c>
       <c r="G8" s="30" t="s">
         <v>13</v>
       </c>
       <c r="H8" s="30" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="9" spans="1:8" ht="193.5">
+    <row r="9" spans="1:8" ht="193.5" x14ac:dyDescent="0.9">
       <c r="A9" s="19">
         <v>8</v>
       </c>
       <c r="B9" s="19" t="s">
         <v>41</v>
       </c>
       <c r="C9" s="31" t="s">
         <v>54</v>
       </c>
       <c r="D9" s="31" t="s">
         <v>57</v>
       </c>
       <c r="E9" s="29" t="s">
         <v>58</v>
       </c>
       <c r="F9" s="19" t="s">
         <v>45</v>
       </c>
       <c r="G9" s="30" t="s">
         <v>13</v>
       </c>
       <c r="H9" s="30" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="10" spans="1:8" ht="107.45">
+    <row r="10" spans="1:8" ht="107.5" x14ac:dyDescent="0.9">
       <c r="A10" s="19">
         <v>9</v>
       </c>
       <c r="B10" s="19" t="s">
         <v>41</v>
       </c>
       <c r="C10" s="31" t="s">
         <v>54</v>
       </c>
       <c r="D10" s="31" t="s">
         <v>59</v>
       </c>
       <c r="E10" s="29" t="s">
         <v>60</v>
       </c>
       <c r="F10" s="19" t="s">
         <v>45</v>
       </c>
       <c r="G10" s="30" t="s">
         <v>13</v>
       </c>
       <c r="H10" s="30" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="11" spans="1:8" ht="171.95">
+    <row r="11" spans="1:8" ht="172" x14ac:dyDescent="0.35">
       <c r="A11" s="19">
         <v>10</v>
       </c>
       <c r="B11" s="19" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="32" t="s">
         <v>54</v>
       </c>
       <c r="D11" s="31" t="s">
         <v>62</v>
       </c>
       <c r="E11" s="20" t="s">
         <v>63</v>
       </c>
       <c r="F11" s="19" t="s">
         <v>45</v>
       </c>
       <c r="G11" s="30" t="s">
         <v>13</v>
       </c>
       <c r="H11" s="30" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="12" spans="1:8" ht="86.1">
+    <row r="12" spans="1:8" ht="86" x14ac:dyDescent="0.9">
       <c r="A12" s="19">
         <v>11</v>
       </c>
       <c r="B12" s="19" t="s">
         <v>41</v>
       </c>
       <c r="C12" s="32" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="31" t="s">
         <v>65</v>
       </c>
       <c r="E12" s="29" t="s">
         <v>66</v>
       </c>
       <c r="F12" s="19" t="s">
         <v>45</v>
       </c>
       <c r="G12" s="30" t="s">
         <v>13</v>
       </c>
       <c r="H12" s="30" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="13" spans="1:8" ht="42.95">
+    <row r="13" spans="1:8" ht="43" x14ac:dyDescent="0.35">
       <c r="A13" s="19">
         <v>12</v>
       </c>
       <c r="B13" s="19" t="s">
         <v>41</v>
       </c>
       <c r="C13" s="32" t="s">
         <v>54</v>
       </c>
       <c r="D13" s="31" t="s">
         <v>67</v>
       </c>
       <c r="E13" s="20" t="s">
         <v>68</v>
       </c>
       <c r="F13" s="19" t="s">
         <v>45</v>
       </c>
       <c r="G13" s="30" t="s">
         <v>13</v>
       </c>
       <c r="H13" s="30" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="14" spans="1:8" ht="150.6">
+    <row r="14" spans="1:8" ht="150.5" x14ac:dyDescent="0.35">
       <c r="A14" s="21">
         <v>13</v>
       </c>
       <c r="B14" s="21" t="s">
         <v>64</v>
       </c>
       <c r="C14" s="22" t="s">
         <v>70</v>
       </c>
       <c r="D14" s="18" t="s">
         <v>71</v>
       </c>
       <c r="E14" s="20" t="s">
         <v>72</v>
       </c>
       <c r="F14" s="23" t="s">
         <v>64</v>
       </c>
       <c r="G14" s="23" t="s">
         <v>13</v>
       </c>
       <c r="H14" s="23" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="15" spans="1:8" ht="171.95">
+    <row r="15" spans="1:8" ht="172" x14ac:dyDescent="0.35">
       <c r="A15" s="24">
         <v>14</v>
       </c>
       <c r="B15" s="24" t="s">
         <v>64</v>
       </c>
       <c r="C15" s="25" t="s">
         <v>70</v>
       </c>
       <c r="D15" s="33" t="s">
         <v>73</v>
       </c>
       <c r="E15" s="26" t="s">
         <v>74</v>
       </c>
       <c r="F15" s="27" t="s">
         <v>64</v>
       </c>
       <c r="G15" s="27" t="s">
         <v>13</v>
       </c>
       <c r="H15" s="27" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="16" spans="1:8" ht="42.95">
+    <row r="16" spans="1:8" ht="43" x14ac:dyDescent="0.35">
       <c r="A16" s="28">
         <v>15</v>
       </c>
       <c r="B16" s="28" t="s">
         <v>69</v>
       </c>
       <c r="C16" s="28" t="s">
         <v>70</v>
       </c>
       <c r="D16" s="28" t="s">
         <v>75</v>
       </c>
       <c r="E16" s="26" t="s">
         <v>76</v>
       </c>
       <c r="F16" s="28" t="s">
         <v>77</v>
       </c>
       <c r="G16" s="28" t="s">
         <v>78</v>
       </c>
       <c r="H16" s="34"/>
     </row>
-    <row r="17" spans="1:8" ht="150.6">
+    <row r="17" spans="1:8" ht="150.5" x14ac:dyDescent="0.35">
       <c r="A17" s="28">
         <v>16</v>
       </c>
       <c r="B17" s="28" t="s">
         <v>61</v>
       </c>
       <c r="C17" s="28" t="s">
         <v>70</v>
       </c>
       <c r="D17" s="28" t="s">
         <v>79</v>
       </c>
       <c r="E17" s="28" t="s">
         <v>80</v>
       </c>
       <c r="F17" s="28" t="s">
         <v>77</v>
       </c>
       <c r="G17" s="28" t="s">
         <v>13</v>
       </c>
       <c r="H17" s="28" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="18" spans="1:8" ht="129">
+    <row r="18" spans="1:8" ht="129" x14ac:dyDescent="0.35">
       <c r="A18" s="28">
         <v>17</v>
       </c>
       <c r="B18" s="28" t="s">
         <v>61</v>
       </c>
       <c r="C18" s="28" t="s">
         <v>70</v>
       </c>
-      <c r="D18" s="28" t="s">
+      <c r="D18" s="37" t="s">
         <v>81</v>
       </c>
-      <c r="E18" s="28" t="s">
+      <c r="E18" s="37" t="s">
         <v>82</v>
       </c>
-      <c r="F18" s="28" t="s">
+      <c r="F18" s="37" t="s">
         <v>77</v>
       </c>
-      <c r="G18" s="28" t="s">
+      <c r="G18" s="37" t="s">
         <v>13</v>
       </c>
-      <c r="H18" s="28" t="s">
+      <c r="H18" s="37" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="19" spans="1:8" ht="150.6">
-      <c r="A19" s="28">
+    <row r="19" spans="1:8" ht="150.5" x14ac:dyDescent="0.9">
+      <c r="A19" s="37">
         <v>18</v>
       </c>
-      <c r="B19" s="28" t="s">
+      <c r="B19" s="37" t="s">
         <v>61</v>
       </c>
-      <c r="C19" s="28" t="s">
+      <c r="C19" s="38" t="s">
         <v>70</v>
       </c>
-      <c r="D19" s="28" t="s">
+      <c r="D19" s="39" t="s">
         <v>83</v>
       </c>
-      <c r="E19" s="35" t="s">
+      <c r="E19" s="40" t="s">
         <v>84</v>
       </c>
-      <c r="F19" s="28" t="s">
+      <c r="F19" s="39" t="s">
         <v>77</v>
       </c>
-      <c r="G19" s="28" t="s">
+      <c r="G19" s="39" t="s">
         <v>13</v>
       </c>
-      <c r="H19" s="28" t="s">
+      <c r="H19" s="18" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="20" spans="1:8" ht="42.95">
-      <c r="A20" s="17">
+    <row r="20" spans="1:8" ht="150.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="19">
         <v>19</v>
       </c>
-      <c r="B20" s="17" t="s">
+      <c r="B20" s="19" t="s">
         <v>77</v>
       </c>
-      <c r="C20" s="17" t="s">
+      <c r="C20" s="19" t="s">
         <v>70</v>
       </c>
       <c r="D20" s="19" t="s">
         <v>85</v>
       </c>
-      <c r="E20" s="17"/>
-      <c r="F20" s="17" t="s">
+      <c r="E20" s="19" t="s">
+        <v>90</v>
+      </c>
+      <c r="F20" s="19" t="s">
         <v>86</v>
       </c>
-      <c r="G20" s="17" t="s">
+      <c r="G20" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="H20" s="19" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="43" x14ac:dyDescent="0.9">
+      <c r="A21" s="19">
+        <v>20</v>
+      </c>
+      <c r="B21" s="19" t="s">
+        <v>77</v>
+      </c>
+      <c r="C21" s="19" t="s">
+        <v>87</v>
+      </c>
+      <c r="D21" s="41" t="s">
+        <v>91</v>
+      </c>
+      <c r="E21" s="19"/>
+      <c r="F21" s="19" t="s">
+        <v>88</v>
+      </c>
+      <c r="G21" s="19" t="s">
         <v>78</v>
       </c>
-      <c r="H20" s="17"/>
-[...15 lines deleted...]
-      <c r="F21" s="17" t="s">
+      <c r="H21" s="19"/>
+    </row>
+    <row r="22" spans="1:8" ht="21.5" x14ac:dyDescent="0.9">
+      <c r="A22" s="42">
+        <v>21</v>
+      </c>
+      <c r="B22" s="42" t="s">
+        <v>86</v>
+      </c>
+      <c r="C22" s="42" t="s">
+        <v>70</v>
+      </c>
+      <c r="D22" s="43" t="s">
         <v>89</v>
       </c>
-      <c r="G21" s="17" t="s">
+      <c r="E22" s="17"/>
+      <c r="F22" s="42" t="s">
+        <v>86</v>
+      </c>
+      <c r="G22" s="19" t="s">
         <v>78</v>
       </c>
-      <c r="H21" s="17"/>
-[...51 lines deleted...]
-    <row r="27" spans="1:8">
+      <c r="H22" s="42"/>
+    </row>
+    <row r="23" spans="1:8" ht="150.5" x14ac:dyDescent="0.9">
+      <c r="A23" s="18">
+        <v>22</v>
+      </c>
+      <c r="B23" s="18" t="s">
+        <v>92</v>
+      </c>
+      <c r="C23" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="D23" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="E23" s="17"/>
+      <c r="F23" s="42" t="s">
+        <v>92</v>
+      </c>
+      <c r="G23" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="H23" s="42"/>
+    </row>
+    <row r="24" spans="1:8" ht="86" x14ac:dyDescent="0.9">
+      <c r="A24" s="19">
+        <v>23</v>
+      </c>
+      <c r="B24" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="C24" s="31" t="s">
+        <v>70</v>
+      </c>
+      <c r="D24" s="19" t="s">
+        <v>94</v>
+      </c>
+      <c r="E24" s="17"/>
+      <c r="F24" s="42" t="s">
+        <v>92</v>
+      </c>
+      <c r="G24" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="H24" s="42"/>
+    </row>
+    <row r="25" spans="1:8" ht="86" x14ac:dyDescent="0.9">
+      <c r="A25" s="19">
+        <v>24</v>
+      </c>
+      <c r="B25" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="C25" s="31" t="s">
+        <v>70</v>
+      </c>
+      <c r="D25" s="48" t="s">
+        <v>95</v>
+      </c>
+      <c r="E25" s="17"/>
+      <c r="F25" s="42" t="s">
+        <v>92</v>
+      </c>
+      <c r="G25" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="H25" s="42"/>
+    </row>
+    <row r="26" spans="1:8" ht="21.5" x14ac:dyDescent="0.9">
+      <c r="A26" s="44"/>
+      <c r="B26" s="45"/>
+      <c r="C26" s="45"/>
+      <c r="D26" s="46"/>
+      <c r="E26" s="47"/>
+      <c r="F26" s="45"/>
+      <c r="G26" s="45"/>
+      <c r="H26" s="45"/>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A27" s="3"/>
       <c r="B27" s="8"/>
       <c r="C27" s="8"/>
       <c r="D27" s="13"/>
       <c r="E27" s="14"/>
       <c r="F27" s="8"/>
       <c r="G27" s="8"/>
       <c r="H27" s="8"/>
     </row>
-    <row r="28" spans="1:8">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A28" s="3"/>
       <c r="B28" s="8"/>
       <c r="C28" s="8"/>
       <c r="D28" s="13"/>
       <c r="E28" s="14"/>
       <c r="F28" s="8"/>
       <c r="G28" s="8"/>
       <c r="H28" s="8"/>
     </row>
-    <row r="29" spans="1:8">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A29" s="3"/>
       <c r="B29" s="8"/>
       <c r="C29" s="8"/>
       <c r="D29" s="13"/>
       <c r="E29" s="14"/>
       <c r="F29" s="8"/>
       <c r="G29" s="8"/>
       <c r="H29" s="8"/>
     </row>
-    <row r="30" spans="1:8">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A30" s="3"/>
       <c r="B30" s="8"/>
       <c r="C30" s="8"/>
       <c r="D30" s="13"/>
       <c r="E30" s="14"/>
       <c r="F30" s="8"/>
       <c r="G30" s="8"/>
       <c r="H30" s="8"/>
     </row>
-    <row r="31" spans="1:8">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A31" s="3"/>
       <c r="B31" s="8"/>
       <c r="C31" s="8"/>
       <c r="D31" s="13"/>
       <c r="E31" s="14"/>
       <c r="F31" s="8"/>
       <c r="G31" s="8"/>
       <c r="H31" s="8"/>
     </row>
-    <row r="32" spans="1:8">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A32" s="3"/>
       <c r="B32" s="8"/>
       <c r="C32" s="8"/>
       <c r="D32" s="13"/>
       <c r="E32" s="14"/>
       <c r="F32" s="8"/>
       <c r="G32" s="8"/>
       <c r="H32" s="8"/>
     </row>
-    <row r="33" spans="1:8">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A33" s="3"/>
       <c r="B33" s="8"/>
       <c r="C33" s="8"/>
       <c r="D33" s="13"/>
       <c r="E33" s="14"/>
       <c r="F33" s="8"/>
       <c r="G33" s="8"/>
       <c r="H33" s="8"/>
     </row>
-    <row r="34" spans="1:8">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A34" s="3"/>
       <c r="B34" s="8"/>
       <c r="C34" s="8"/>
       <c r="D34" s="13"/>
       <c r="E34" s="14"/>
       <c r="F34" s="8"/>
       <c r="G34" s="8"/>
       <c r="H34" s="8"/>
     </row>
-    <row r="35" spans="1:8">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A35" s="3"/>
       <c r="B35" s="8"/>
       <c r="C35" s="8"/>
       <c r="D35" s="13"/>
       <c r="E35" s="14"/>
       <c r="F35" s="8"/>
       <c r="G35" s="8"/>
       <c r="H35" s="8"/>
     </row>
-    <row r="36" spans="1:8">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A36" s="3"/>
       <c r="B36" s="8"/>
       <c r="C36" s="8"/>
       <c r="D36" s="13"/>
       <c r="E36" s="14"/>
       <c r="F36" s="8"/>
       <c r="G36" s="8"/>
       <c r="H36" s="8"/>
     </row>
-    <row r="37" spans="1:8">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A37" s="3"/>
       <c r="B37" s="8"/>
       <c r="C37" s="8"/>
       <c r="D37" s="13"/>
       <c r="E37" s="14"/>
       <c r="F37" s="8"/>
       <c r="G37" s="8"/>
       <c r="H37" s="8"/>
     </row>
-    <row r="38" spans="1:8">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A38" s="3"/>
       <c r="B38" s="8"/>
       <c r="C38" s="8"/>
       <c r="D38" s="13"/>
       <c r="E38" s="14"/>
       <c r="F38" s="8"/>
       <c r="G38" s="8"/>
       <c r="H38" s="8"/>
     </row>
-    <row r="39" spans="1:8">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A39" s="3"/>
       <c r="B39" s="8"/>
       <c r="C39" s="8"/>
       <c r="D39" s="13"/>
       <c r="E39" s="14"/>
       <c r="F39" s="8"/>
       <c r="G39" s="8"/>
       <c r="H39" s="8"/>
     </row>
-    <row r="40" spans="1:8">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A40" s="3"/>
       <c r="B40" s="8"/>
       <c r="C40" s="8"/>
       <c r="D40" s="13"/>
       <c r="E40" s="14"/>
       <c r="F40" s="8"/>
       <c r="G40" s="8"/>
       <c r="H40" s="8"/>
     </row>
-    <row r="41" spans="1:8">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A41" s="3"/>
       <c r="B41" s="8"/>
       <c r="C41" s="8"/>
       <c r="D41" s="13"/>
       <c r="E41" s="14"/>
       <c r="F41" s="8"/>
       <c r="G41" s="8"/>
       <c r="H41" s="8"/>
     </row>
-    <row r="42" spans="1:8">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A42" s="3"/>
       <c r="B42" s="8"/>
       <c r="C42" s="8"/>
       <c r="D42" s="13"/>
       <c r="E42" s="14"/>
       <c r="F42" s="8"/>
       <c r="G42" s="8"/>
       <c r="H42" s="8"/>
     </row>
-    <row r="43" spans="1:8">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A43" s="3"/>
       <c r="B43" s="8"/>
       <c r="C43" s="8"/>
       <c r="D43" s="13"/>
       <c r="E43" s="14"/>
       <c r="F43" s="8"/>
       <c r="G43" s="8"/>
       <c r="H43" s="8"/>
     </row>
-    <row r="44" spans="1:8">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A44" s="3"/>
       <c r="B44" s="8"/>
       <c r="C44" s="8"/>
       <c r="D44" s="13"/>
       <c r="E44" s="14"/>
       <c r="F44" s="8"/>
       <c r="G44" s="8"/>
       <c r="H44" s="8"/>
     </row>
-    <row r="45" spans="1:8">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A45" s="3"/>
       <c r="B45" s="8"/>
       <c r="C45" s="8"/>
       <c r="D45" s="13"/>
       <c r="E45" s="14"/>
       <c r="F45" s="8"/>
       <c r="G45" s="8"/>
       <c r="H45" s="8"/>
     </row>
-    <row r="46" spans="1:8">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A46" s="3"/>
       <c r="B46" s="8"/>
       <c r="C46" s="8"/>
       <c r="D46" s="13"/>
       <c r="E46" s="14"/>
       <c r="F46" s="8"/>
       <c r="G46" s="8"/>
       <c r="H46" s="8"/>
     </row>
-    <row r="47" spans="1:8">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A47" s="3"/>
       <c r="B47" s="8"/>
       <c r="C47" s="8"/>
       <c r="D47" s="13"/>
       <c r="E47" s="14"/>
       <c r="F47" s="8"/>
       <c r="G47" s="8"/>
       <c r="H47" s="8"/>
     </row>
-    <row r="48" spans="1:8">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A48" s="3"/>
       <c r="B48" s="8"/>
       <c r="C48" s="8"/>
       <c r="D48" s="13"/>
       <c r="E48" s="14"/>
       <c r="F48" s="8"/>
       <c r="G48" s="8"/>
       <c r="H48" s="8"/>
     </row>
-    <row r="49" spans="1:8">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A49" s="3"/>
       <c r="B49" s="8"/>
       <c r="C49" s="8"/>
       <c r="D49" s="13"/>
       <c r="E49" s="14"/>
       <c r="F49" s="8"/>
       <c r="G49" s="8"/>
       <c r="H49" s="8"/>
     </row>
-    <row r="50" spans="1:8">
+    <row r="50" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A50" s="3"/>
       <c r="B50" s="8"/>
       <c r="C50" s="8"/>
       <c r="D50" s="13"/>
       <c r="E50" s="14"/>
       <c r="F50" s="8"/>
       <c r="G50" s="8"/>
       <c r="H50" s="8"/>
     </row>
-    <row r="51" spans="1:8">
+    <row r="51" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A51" s="3"/>
       <c r="B51" s="8"/>
       <c r="C51" s="8"/>
       <c r="D51" s="13"/>
       <c r="E51" s="14"/>
       <c r="F51" s="8"/>
       <c r="G51" s="8"/>
       <c r="H51" s="8"/>
     </row>
-    <row r="52" spans="1:8">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A52" s="3"/>
       <c r="B52" s="8"/>
       <c r="C52" s="8"/>
       <c r="D52" s="13"/>
       <c r="E52" s="14"/>
       <c r="F52" s="8"/>
       <c r="G52" s="8"/>
       <c r="H52" s="8"/>
     </row>
-    <row r="53" spans="1:8">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A53" s="3"/>
       <c r="B53" s="8"/>
       <c r="C53" s="8"/>
       <c r="D53" s="13"/>
       <c r="E53" s="14"/>
       <c r="F53" s="8"/>
       <c r="G53" s="8"/>
       <c r="H53" s="8"/>
     </row>
-    <row r="54" spans="1:8">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A54" s="3"/>
       <c r="B54" s="8"/>
       <c r="C54" s="8"/>
       <c r="D54" s="13"/>
       <c r="E54" s="14"/>
       <c r="F54" s="8"/>
       <c r="G54" s="8"/>
       <c r="H54" s="8"/>
     </row>
-    <row r="55" spans="1:8">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A55" s="3"/>
       <c r="B55" s="8"/>
       <c r="C55" s="8"/>
       <c r="D55" s="13"/>
       <c r="E55" s="14"/>
       <c r="F55" s="8"/>
       <c r="G55" s="8"/>
       <c r="H55" s="8"/>
     </row>
-    <row r="56" spans="1:8">
+    <row r="56" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A56" s="3"/>
       <c r="B56" s="8"/>
       <c r="C56" s="8"/>
       <c r="D56" s="13"/>
       <c r="E56" s="14"/>
       <c r="F56" s="8"/>
       <c r="G56" s="8"/>
       <c r="H56" s="8"/>
     </row>
-    <row r="57" spans="1:8">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A57" s="3"/>
       <c r="B57" s="8"/>
       <c r="C57" s="8"/>
       <c r="D57" s="13"/>
       <c r="E57" s="14"/>
       <c r="F57" s="8"/>
       <c r="G57" s="8"/>
       <c r="H57" s="8"/>
     </row>
-    <row r="58" spans="1:8">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A58" s="3"/>
       <c r="B58" s="8"/>
       <c r="C58" s="8"/>
       <c r="D58" s="13"/>
       <c r="E58" s="14"/>
       <c r="F58" s="8"/>
       <c r="G58" s="8"/>
       <c r="H58" s="8"/>
     </row>
-    <row r="59" spans="1:8">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A59" s="3"/>
       <c r="B59" s="8"/>
       <c r="C59" s="8"/>
       <c r="D59" s="13"/>
       <c r="E59" s="14"/>
       <c r="F59" s="8"/>
       <c r="G59" s="8"/>
       <c r="H59" s="8"/>
     </row>
-    <row r="60" spans="1:8">
+    <row r="60" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A60" s="3"/>
       <c r="B60" s="8"/>
       <c r="C60" s="8"/>
       <c r="D60" s="13"/>
       <c r="E60" s="14"/>
       <c r="F60" s="8"/>
       <c r="G60" s="8"/>
       <c r="H60" s="8"/>
     </row>
-    <row r="61" spans="1:8">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A61" s="3"/>
       <c r="B61" s="8"/>
       <c r="C61" s="8"/>
       <c r="D61" s="13"/>
       <c r="E61" s="14"/>
       <c r="F61" s="8"/>
       <c r="G61" s="8"/>
       <c r="H61" s="8"/>
     </row>
-    <row r="62" spans="1:8">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A62" s="3"/>
       <c r="B62" s="8"/>
       <c r="C62" s="8"/>
       <c r="D62" s="13"/>
       <c r="E62" s="14"/>
       <c r="F62" s="8"/>
       <c r="G62" s="8"/>
       <c r="H62" s="8"/>
     </row>
-    <row r="63" spans="1:8">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A63" s="3"/>
       <c r="B63" s="8"/>
       <c r="C63" s="8"/>
       <c r="D63" s="13"/>
       <c r="E63" s="14"/>
       <c r="F63" s="8"/>
       <c r="G63" s="8"/>
       <c r="H63" s="8"/>
     </row>
-    <row r="64" spans="1:8">
+    <row r="64" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A64" s="3"/>
       <c r="B64" s="8"/>
       <c r="C64" s="8"/>
       <c r="D64" s="13"/>
       <c r="E64" s="14"/>
       <c r="F64" s="8"/>
       <c r="G64" s="8"/>
       <c r="H64" s="8"/>
     </row>
-    <row r="65" spans="1:8">
+    <row r="65" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A65" s="3"/>
       <c r="B65" s="8"/>
       <c r="C65" s="8"/>
       <c r="D65" s="13"/>
       <c r="E65" s="14"/>
       <c r="F65" s="8"/>
       <c r="G65" s="8"/>
       <c r="H65" s="8"/>
     </row>
-    <row r="66" spans="1:8">
+    <row r="66" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A66" s="3"/>
       <c r="B66" s="8"/>
       <c r="C66" s="8"/>
       <c r="D66" s="13"/>
       <c r="E66" s="14"/>
       <c r="F66" s="8"/>
       <c r="G66" s="8"/>
       <c r="H66" s="8"/>
     </row>
-    <row r="67" spans="1:8">
+    <row r="67" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A67" s="3"/>
       <c r="B67" s="8"/>
       <c r="C67" s="8"/>
       <c r="D67" s="13"/>
       <c r="E67" s="14"/>
       <c r="F67" s="8"/>
       <c r="G67" s="8"/>
       <c r="H67" s="8"/>
     </row>
-    <row r="68" spans="1:8">
+    <row r="68" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A68" s="3"/>
       <c r="B68" s="8"/>
       <c r="C68" s="8"/>
       <c r="D68" s="13"/>
       <c r="E68" s="14"/>
       <c r="F68" s="8"/>
       <c r="G68" s="8"/>
       <c r="H68" s="8"/>
     </row>
-    <row r="69" spans="1:8">
+    <row r="69" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A69" s="3"/>
       <c r="B69" s="8"/>
       <c r="C69" s="8"/>
       <c r="D69" s="13"/>
       <c r="E69" s="14"/>
       <c r="F69" s="8"/>
       <c r="G69" s="8"/>
       <c r="H69" s="8"/>
     </row>
-    <row r="70" spans="1:8">
+    <row r="70" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A70" s="3"/>
       <c r="B70" s="8"/>
       <c r="C70" s="8"/>
       <c r="D70" s="13"/>
       <c r="E70" s="14"/>
       <c r="F70" s="8"/>
       <c r="G70" s="8"/>
       <c r="H70" s="8"/>
     </row>
-    <row r="71" spans="1:8">
+    <row r="71" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A71" s="3"/>
       <c r="B71" s="8"/>
       <c r="C71" s="8"/>
       <c r="D71" s="13"/>
       <c r="E71" s="14"/>
       <c r="F71" s="8"/>
       <c r="G71" s="8"/>
       <c r="H71" s="8"/>
     </row>
-    <row r="72" spans="1:8">
+    <row r="72" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A72" s="3"/>
       <c r="B72" s="8"/>
       <c r="C72" s="8"/>
       <c r="D72" s="13"/>
       <c r="E72" s="14"/>
       <c r="F72" s="8"/>
       <c r="G72" s="8"/>
       <c r="H72" s="8"/>
     </row>
-    <row r="73" spans="1:8">
+    <row r="73" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A73" s="3"/>
       <c r="B73" s="8"/>
       <c r="C73" s="8"/>
       <c r="D73" s="13"/>
       <c r="E73" s="15"/>
       <c r="F73" s="8"/>
       <c r="G73" s="8"/>
       <c r="H73" s="8"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1" xr:uid="{A65D4B6F-D84B-4596-B7C2-CC8B72B28541}"/>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="49" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="28" max="26" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8E13DE33-119B-4E0E-AC9A-9B9E4D7F241B}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <MediaServiceAutoKeyPoints xmlns="f71abe4e-f5ff-49cd-8eff-5f4949acc510" xsi:nil="true"/>
     <MediaServiceOCR xmlns="f71abe4e-f5ff-49cd-8eff-5f4949acc510" xsi:nil="true"/>
     <MediaServiceKeyPoints xmlns="f71abe4e-f5ff-49cd-8eff-5f4949acc510" xsi:nil="true"/>
     <MediaLengthInSeconds xmlns="f71abe4e-f5ff-49cd-8eff-5f4949acc510" xsi:nil="true"/>
     <MediaServiceSearchProperties xmlns="f71abe4e-f5ff-49cd-8eff-5f4949acc510" xsi:nil="true"/>
@@ -3292,67 +3456,129 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14937937-7F2A-4158-909D-C53104171EE0}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14937937-7F2A-4158-909D-C53104171EE0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="97b6fe81-1556-4112-94ca-31043ca39b71"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="f71abe4e-f5ff-49cd-8eff-5f4949acc510"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{59B530C6-CD4F-41D2-8E09-EDF9C0F59582}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{59B530C6-CD4F-41D2-8E09-EDF9C0F59582}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1BCF166-85EA-4841-A07F-5E5432071F16}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1BCF166-85EA-4841-A07F-5E5432071F16}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="f71abe4e-f5ff-49cd-8eff-5f4949acc510"/>
+    <ds:schemaRef ds:uri="97b6fe81-1556-4112-94ca-31043ca39b71"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="5" baseType="lpstr">
+      <vt:lpstr>Pre-Hiatus </vt:lpstr>
+      <vt:lpstr>Post-Hiatus</vt:lpstr>
+      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>'Post-Hiatus'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Pre-Hiatus '!Print_Area</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ESO Code Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101005BC261C8F09564428ABFA751934FCA20</vt:lpwstr>
   </property>