--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -1,116 +1,115 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet34.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet35.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet36.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29711"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\alexandra.millar\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://nationalenergyso.sharepoint.com/sites/GRP-INT-UK-NOAPathfinderProjects/Shared Documents/Voltage/008 - Long-term 2029 Tender/02 Build Tender Docs/ITT Stage/ITT - FINAL/2 Tender Information/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CF991488-903B-4F8C-AB29-D06514BC195E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="zGq5YX1Zr4XLBBOhi+lbZamIrAzSi8+i4aO1uGQzBTvLxD1K4AFET3zvcy9CgzjGBeLuvh/r9Pz7WBaviUzFbA==" workbookSaltValue="PwKn0K7Q8JgohJUbkF8+Ig==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="2013" documentId="8_{C0F4AAF3-B576-443C-A24F-9D9CBE46D501}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7F76958C-B363-49A6-BBA4-689C2C337C15}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17640" xr2:uid="{8A32255B-1A75-40F4-B4D0-EDF5AF7A17CA}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="38640" windowHeight="21840" xr2:uid="{8A32255B-1A75-40F4-B4D0-EDF5AF7A17CA}"/>
   </bookViews>
   <sheets>
     <sheet name="Note" sheetId="25" r:id="rId1"/>
     <sheet name="Menu" sheetId="24" r:id="rId2"/>
     <sheet name="Sheet1" sheetId="36" state="hidden" r:id="rId3"/>
     <sheet name="1 - Grimsby West 400kV" sheetId="5" r:id="rId4"/>
     <sheet name="2 - Harker 400kV" sheetId="9" r:id="rId5"/>
     <sheet name="3 - Heysham 400kV" sheetId="10" r:id="rId6"/>
     <sheet name="4 - Penwortham 400kV" sheetId="11" r:id="rId7"/>
     <sheet name="5 - Birkenhead 275kV" sheetId="8" r:id="rId8"/>
     <sheet name="6 - Brinsworth 400kV" sheetId="19" r:id="rId9"/>
     <sheet name="7 - Chesterfield 400kV" sheetId="20" r:id="rId10"/>
-    <sheet name="8 - Grendon 275kV" sheetId="2" r:id="rId11"/>
+    <sheet name="8 - Grendon 400kV" sheetId="2" r:id="rId11"/>
     <sheet name="9 - Enderby 400kV" sheetId="3" r:id="rId12"/>
     <sheet name="10 - Eaton Socon 400kV" sheetId="4" r:id="rId13"/>
     <sheet name="11 - Kitwell 275kV" sheetId="22" r:id="rId14"/>
     <sheet name="12 - Feckenham 400kV" sheetId="21" r:id="rId15"/>
     <sheet name="13 - Rugeley 400kV" sheetId="23" r:id="rId16"/>
     <sheet name="14 - Tilbury 275kV" sheetId="6" r:id="rId17"/>
     <sheet name="15 - Amersham Main R 400kV" sheetId="7" r:id="rId18"/>
     <sheet name="16 - Bramley 400kV" sheetId="16" r:id="rId19"/>
     <sheet name="17 - Didcot 400kV" sheetId="17" r:id="rId20"/>
     <sheet name="18 - Fleet 400kV" sheetId="18" r:id="rId21"/>
     <sheet name="19 - Hinkley Point 400kV" sheetId="12" r:id="rId22"/>
     <sheet name="20 - Imperial Park 400kV" sheetId="13" r:id="rId23"/>
     <sheet name="21 - Iron Acton 275kV" sheetId="1" r:id="rId24"/>
     <sheet name="22 - Minety 400kV" sheetId="14" r:id="rId25"/>
     <sheet name="23 - Seabank 400kV" sheetId="15" r:id="rId26"/>
     <sheet name="24 - Chesterfield 400kV (2)" sheetId="35" r:id="rId27"/>
     <sheet name="25 - Ryhall MC1 400kV" sheetId="28" r:id="rId28"/>
     <sheet name="26 - Ryhall 4B 400kV" sheetId="29" r:id="rId29"/>
     <sheet name="27 - Enderby 400kV (I)" sheetId="32" r:id="rId30"/>
     <sheet name="28 - Stoke Bardolph 400kV" sheetId="26" r:id="rId31"/>
     <sheet name="29 - Staythorpe 400kV" sheetId="27" r:id="rId32"/>
     <sheet name="30 - Patford Bridge 4B 400kV" sheetId="30" r:id="rId33"/>
     <sheet name="31 - Patford Bridge 4A 400kV" sheetId="31" r:id="rId34"/>
     <sheet name="32 - Amersham Main R 400kV (I)" sheetId="33" r:id="rId35"/>
     <sheet name="33 - Amersham Main M 400kV" sheetId="34" r:id="rId36"/>
@@ -123,123 +122,123 @@
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'1 - Grimsby West 400kV'!$A$1:$C$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="1">'10 - Eaton Socon 400kV'!$A$1:$C$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="1">'11 - Kitwell 275kV'!$A$1:$C$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="1">'12 - Feckenham 400kV'!$A$1:$C$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="15" hidden="1">'13 - Rugeley 400kV'!$A$1:$C$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="17" hidden="1">'15 - Amersham Main R 400kV'!$A$1:$C$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="18" hidden="1">'16 - Bramley 400kV'!$A$1:$C$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="19" hidden="1">'17 - Didcot 400kV'!$A$1:$C$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="21" hidden="1">'19 - Hinkley Point 400kV'!$A$1:$C$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'2 - Harker 400kV'!$A$1:$C$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="23" hidden="1">'21 - Iron Acton 275kV'!$A$1:$D$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="24" hidden="1">'22 - Minety 400kV'!$A$1:$C$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="25" hidden="1">'23 - Seabank 400kV'!$A$1:$C$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="26" hidden="1">'24 - Chesterfield 400kV (2)'!$A$1:$C$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="27" hidden="1">'25 - Ryhall MC1 400kV'!$A$1:$C$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="29" hidden="1">'27 - Enderby 400kV (I)'!$A$1:$C$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="30" hidden="1">'28 - Stoke Bardolph 400kV'!$A$1:$C$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="31" hidden="1">'29 - Staythorpe 400kV'!$A$1:$C$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">'3 - Heysham 400kV'!$A$1:$C$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="33" hidden="1">'31 - Patford Bridge 4A 400kV'!$A$1:$C$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="35" hidden="1">'33 - Amersham Main M 400kV'!$A$1:$C$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">'4 - Penwortham 400kV'!$A$1:$F$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="1">'6 - Brinsworth 400kV'!$A$1:$C$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="1">'7 - Chesterfield 400kV'!$A$1:$C$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="1">'8 - Grendon 275kV'!$A$1:$C$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="1">'8 - Grendon 400kV'!$A$1:$C$1</definedName>
     <definedName name="BMU_PF">'[1]PF Units1-6 V.Regions'!$A$3:$A$104</definedName>
     <definedName name="effectiveness_132">[2]National!$B$25</definedName>
     <definedName name="effectiveness_275">[2]National!$B$24</definedName>
     <definedName name="effectiveness_400">[2]National!$B$23</definedName>
     <definedName name="EffSubs">[3]Region!$A$2:$A$42</definedName>
     <definedName name="Gen_Region">'[1]PF Units1-6 V.Regions'!$C$3:$C$104</definedName>
     <definedName name="Regions">[3]Region!$B$2:$B$42</definedName>
     <definedName name="S_Sub">'[1]PF Units1-6 V.Regions'!$B$3:$B$104</definedName>
     <definedName name="V_effectiveness_132">[2]National!$B$29</definedName>
     <definedName name="V_effectiveness_275">[2]National!$B$28</definedName>
     <definedName name="V_effectiveness_400">[2]National!$B$27</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G6" i="24" l="1"/>
+  <c r="C13" i="24" l="1"/>
+  <c r="G6" i="24"/>
   <c r="G7" i="24"/>
   <c r="G8" i="24"/>
   <c r="G9" i="24"/>
   <c r="G10" i="24"/>
   <c r="G11" i="24"/>
   <c r="G12" i="24"/>
   <c r="G13" i="24"/>
   <c r="G14" i="24"/>
   <c r="G15" i="24"/>
   <c r="C7" i="24"/>
   <c r="C8" i="24"/>
   <c r="C9" i="24"/>
   <c r="C10" i="24"/>
   <c r="C11" i="24"/>
   <c r="C12" i="24"/>
-  <c r="C13" i="24"/>
   <c r="C14" i="24"/>
   <c r="C15" i="24"/>
   <c r="C16" i="24"/>
   <c r="C17" i="24"/>
   <c r="C18" i="24"/>
   <c r="C19" i="24"/>
   <c r="C20" i="24"/>
   <c r="C21" i="24"/>
   <c r="C22" i="24"/>
   <c r="C23" i="24"/>
   <c r="C24" i="24"/>
   <c r="C25" i="24"/>
   <c r="C26" i="24"/>
   <c r="C27" i="24"/>
   <c r="C28" i="24"/>
   <c r="C6" i="24"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2878" uniqueCount="769">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2892" uniqueCount="777">
   <si>
     <t xml:space="preserve">Voltage Effectiveness Data Tables </t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>V1</t>
   </si>
   <si>
     <t>24 March 2025</t>
   </si>
   <si>
     <t xml:space="preserve">Effectivess data for the Voltage Requirements. Initial publication at EOI stage. </t>
   </si>
   <si>
     <t>V2</t>
   </si>
   <si>
@@ -251,2313 +250,2340 @@
 Connahs Quay effectiveness added to HV requirement locations Rugeley 400kV and Penwortham 400kV</t>
   </si>
   <si>
     <t>V3</t>
   </si>
   <si>
     <t>22 August 2025</t>
   </si>
   <si>
     <t>Updated Version Published during the ITT window with clarification for split substations added.</t>
   </si>
   <si>
     <t>V4</t>
   </si>
   <si>
     <t>12 September 2025</t>
   </si>
   <si>
     <t>Updated Version Published during the ITT window with site effectiveness factors clarified in the following tabs following clarification queries: Fleet 400kV, Rugely 400kV, Bramley 400kV, Eaton Soccon 400kV.</t>
   </si>
   <si>
     <t>V5</t>
   </si>
   <si>
     <t>18 November 2025</t>
-  </si>
-[...2248 lines deleted...]
-    <t>WISD2 R2</t>
   </si>
   <si>
     <t>Updated Version Published during the ITT window with site effectiveness factors clarified in the following tabs following clarification queries: 
 Capenhurst 275/132kV SGT 1/2/3A tertiary connection effectiveness added to the HV requirement location: Penwortham 400kV.
 Indian Queens 33kV Grid Park effectiveness added to the HV requirement location Seabank 400kV.
 Jersey Farm 400kV effectiveness added to the HV requirement locations: Fleet 400kV, Seabank 400kV.</t>
+  </si>
+  <si>
+    <t>V6</t>
+  </si>
+  <si>
+    <t>8 December 2025</t>
+  </si>
+  <si>
+    <t>Updated Version Published during the ITT window with site effectiveness factors clarified in the following tabs following clarification queries: 
+Typo correction to reflect Grendon 275kV tab name to be Grendon 400kV. 
+Sundon 33kV Grid Park effectiveness added to the HV requirement location Grendon 400kV and Eaton Socon 400kV.</t>
+  </si>
+  <si>
+    <t>V7</t>
+  </si>
+  <si>
+    <t>16 January 2026</t>
+  </si>
+  <si>
+    <t>Updated Version Published during the ITT window with site effectiveness factors clarified in the following tabs following clarification queries: 
+Sundon 400kV Main Busbar 1 and Reserve Busbar 1 effectiveness added to the HV requirement location Eaton Socon 400kV.</t>
+  </si>
+  <si>
+    <t>Effectiveness Data Menu</t>
+  </si>
+  <si>
+    <t>Reactive Power Absorption</t>
+  </si>
+  <si>
+    <t>Reactive Power Injection</t>
+  </si>
+  <si>
+    <t>Table</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Reference Substation </t>
+  </si>
+  <si>
+    <t>Region</t>
+  </si>
+  <si>
+    <t>Humber</t>
+  </si>
+  <si>
+    <t>South Yorkshire</t>
+  </si>
+  <si>
+    <t>North West England</t>
+  </si>
+  <si>
+    <t>East England</t>
+  </si>
+  <si>
+    <t>Mersey</t>
+  </si>
+  <si>
+    <t>East Midlands</t>
+  </si>
+  <si>
+    <t>West Midlands</t>
+  </si>
+  <si>
+    <t>London</t>
+  </si>
+  <si>
+    <t>South Central</t>
+  </si>
+  <si>
+    <t>South Wales and West England</t>
+  </si>
+  <si>
+    <t>1 - Grimsby West 400kV</t>
+  </si>
+  <si>
+    <t>Grimsby West 400kV</t>
+  </si>
+  <si>
+    <t>2 - Harker 400kV</t>
+  </si>
+  <si>
+    <t>Harker 400kV</t>
+  </si>
+  <si>
+    <t>3 - Heysham 400kV</t>
+  </si>
+  <si>
+    <t>Heysham 400kV</t>
+  </si>
+  <si>
+    <t>4 - Penwortham 400kV</t>
+  </si>
+  <si>
+    <t>Penwortham 400kV</t>
+  </si>
+  <si>
+    <t>5 - Birkenhead 275kV</t>
+  </si>
+  <si>
+    <t>Birkenhead 275kV</t>
+  </si>
+  <si>
+    <t>6 - Brinsworth 400kV</t>
+  </si>
+  <si>
+    <t>Brinsworth 400kV</t>
+  </si>
+  <si>
+    <t>7 - Chesterfield 400kV</t>
+  </si>
+  <si>
+    <t>Chesterfield 400kV</t>
+  </si>
+  <si>
+    <t>8 - Grendon 275kV</t>
+  </si>
+  <si>
+    <t>Grendon 400kV</t>
+  </si>
+  <si>
+    <t>9 - Enderby 400kV</t>
+  </si>
+  <si>
+    <t>Enderby 400kV</t>
+  </si>
+  <si>
+    <t>10 - Eaton Socon 400kV</t>
+  </si>
+  <si>
+    <t>Eaton Socon 400kV</t>
+  </si>
+  <si>
+    <t>11 - Kitwell 275kV</t>
+  </si>
+  <si>
+    <t>Kitwell 275kV</t>
+  </si>
+  <si>
+    <t>12 - Feckenham 400kV</t>
+  </si>
+  <si>
+    <t>Feckenham 400kV</t>
+  </si>
+  <si>
+    <t>13 - Rugeley 400kV</t>
+  </si>
+  <si>
+    <t>Rugeley 400kV</t>
+  </si>
+  <si>
+    <t>14 - Tilbury 275kV</t>
+  </si>
+  <si>
+    <t>Tilbury 275kV</t>
+  </si>
+  <si>
+    <t>15 - Amersham Main R 400kV</t>
+  </si>
+  <si>
+    <t>Amersham Main R 400kV</t>
+  </si>
+  <si>
+    <t>16 - Bramley 400kV</t>
+  </si>
+  <si>
+    <t>Bramley 400kV</t>
+  </si>
+  <si>
+    <t>17 - Didcot 400kV</t>
+  </si>
+  <si>
+    <t>Didcot 400kV</t>
+  </si>
+  <si>
+    <t>18 - Fleet 400kV</t>
+  </si>
+  <si>
+    <t>Fleet 400kV</t>
+  </si>
+  <si>
+    <t>19 - Hinkley Point 400kV</t>
+  </si>
+  <si>
+    <t>Hinkley Point 400kV</t>
+  </si>
+  <si>
+    <t>20 - Imperial Park 400kV</t>
+  </si>
+  <si>
+    <t>Imperial Park 400kV</t>
+  </si>
+  <si>
+    <t>21 - Iron Acton 275kV</t>
+  </si>
+  <si>
+    <t>Iron Acton 275kV</t>
+  </si>
+  <si>
+    <t>22 - Minety 400kV</t>
+  </si>
+  <si>
+    <t>Minety 400kV</t>
+  </si>
+  <si>
+    <t>23 - Seabank 400kV</t>
+  </si>
+  <si>
+    <t>Seabank 400kV</t>
+  </si>
+  <si>
+    <t>24 - Chesterfield 400kV (2)</t>
+  </si>
+  <si>
+    <t>25 - Ryhall MC1 400kV</t>
+  </si>
+  <si>
+    <t>Ryhall MC1 400kV</t>
+  </si>
+  <si>
+    <t>26 - Ryhall 4B 400kV</t>
+  </si>
+  <si>
+    <t>Ryhall 4B 400kV</t>
+  </si>
+  <si>
+    <t>27 - Enderby 400kV (I)</t>
+  </si>
+  <si>
+    <t>28 - Stoke Bardolph 400kV</t>
+  </si>
+  <si>
+    <t>Stoke Bardolph 400kV</t>
+  </si>
+  <si>
+    <t>29 - Staythorpe 400kV</t>
+  </si>
+  <si>
+    <t>Staythorpe 400kV</t>
+  </si>
+  <si>
+    <t>30 - Patford Bridge 4B 400kV</t>
+  </si>
+  <si>
+    <t>Patford Bridge 4B 400kV</t>
+  </si>
+  <si>
+    <t>31 - Patford Bridge 4A 400kV</t>
+  </si>
+  <si>
+    <t>Patford Bridge 4A 400kV</t>
+  </si>
+  <si>
+    <t>32 - Amersham Main R 400kV (I)</t>
+  </si>
+  <si>
+    <t>33 - Amersham Main M 400kV</t>
+  </si>
+  <si>
+    <t>Amersham Main M 400kV</t>
+  </si>
+  <si>
+    <t>Bus Bar Name</t>
+  </si>
+  <si>
+    <t>Substation Name</t>
+  </si>
+  <si>
+    <t>Effectiveness (%)</t>
+  </si>
+  <si>
+    <t>GRIW4 MC1</t>
+  </si>
+  <si>
+    <t>Return to Menu</t>
+  </si>
+  <si>
+    <t>GRIW4 MC2</t>
+  </si>
+  <si>
+    <t>SHBA4 M1</t>
+  </si>
+  <si>
+    <t>South Humber Bank 400kV</t>
+  </si>
+  <si>
+    <t>SHBA4 M2</t>
+  </si>
+  <si>
+    <t>SHBA4 R1</t>
+  </si>
+  <si>
+    <t>SHBA4 R2</t>
+  </si>
+  <si>
+    <t>KILL4 M1</t>
+  </si>
+  <si>
+    <t>Killingholme 400kV</t>
+  </si>
+  <si>
+    <t>KILL4 M2</t>
+  </si>
+  <si>
+    <t>KILL4 M3</t>
+  </si>
+  <si>
+    <t>KILL4 M4</t>
+  </si>
+  <si>
+    <t>KILL4 M5</t>
+  </si>
+  <si>
+    <t>KILL4 M9</t>
+  </si>
+  <si>
+    <t>KILL4 R1/2</t>
+  </si>
+  <si>
+    <t>KILL4 R3/4</t>
+  </si>
+  <si>
+    <t>KILL4 R5</t>
+  </si>
+  <si>
+    <t>KILL4 R9</t>
+  </si>
+  <si>
+    <t>KEAD4 M2</t>
+  </si>
+  <si>
+    <t>Keadby 400kV</t>
+  </si>
+  <si>
+    <t>KEAD4 R2</t>
+  </si>
+  <si>
+    <t>KEAD4 M3</t>
+  </si>
+  <si>
+    <t>HARKG M3</t>
+  </si>
+  <si>
+    <t>HARKG M4</t>
+  </si>
+  <si>
+    <t>HARKG M6</t>
+  </si>
+  <si>
+    <t>HARKG R3</t>
+  </si>
+  <si>
+    <t>HARKG R4</t>
+  </si>
+  <si>
+    <t>HARKG R6</t>
+  </si>
+  <si>
+    <t>HUTT4 MC1</t>
+  </si>
+  <si>
+    <t>Hutton 400kV</t>
+  </si>
+  <si>
+    <t>HUTT4 MC2</t>
+  </si>
+  <si>
+    <t>HUTT4 MC3</t>
+  </si>
+  <si>
+    <t>HUTT4 MC4</t>
+  </si>
+  <si>
+    <t>HEYS4 M1</t>
+  </si>
+  <si>
+    <t>HEYS4 M2</t>
+  </si>
+  <si>
+    <t>HEYS4 M3</t>
+  </si>
+  <si>
+    <t>HEYS4 M4</t>
+  </si>
+  <si>
+    <t>HEYS4 M5</t>
+  </si>
+  <si>
+    <t>HEYS4 R1/2</t>
+  </si>
+  <si>
+    <t>HEYS4 R3/4</t>
+  </si>
+  <si>
+    <t>HEYS4 R5</t>
+  </si>
+  <si>
+    <t>MIDL4 M1</t>
+  </si>
+  <si>
+    <t>Middleton 400 kV</t>
+  </si>
+  <si>
+    <t>MIDL4 R1</t>
+  </si>
+  <si>
+    <t>Middleton 400kV</t>
+  </si>
+  <si>
+    <t>PEWO4 M1</t>
+  </si>
+  <si>
+    <t>PEWO4 M2</t>
+  </si>
+  <si>
+    <t>PEWO4 M3</t>
+  </si>
+  <si>
+    <t>PEWO4 M4</t>
+  </si>
+  <si>
+    <t>PEWO4 R1/2</t>
+  </si>
+  <si>
+    <t>PEWO4 R3/4</t>
+  </si>
+  <si>
+    <t>KIBY2 M1</t>
+  </si>
+  <si>
+    <t>Kirkby 275kV</t>
+  </si>
+  <si>
+    <t>KIBY2 M2</t>
+  </si>
+  <si>
+    <t>KIBY2 R1</t>
+  </si>
+  <si>
+    <t>KIBY2 R2</t>
+  </si>
+  <si>
+    <t>LISD2 M1</t>
+  </si>
+  <si>
+    <t>Lister Drive 275kV</t>
+  </si>
+  <si>
+    <t>LISD2 M2</t>
+  </si>
+  <si>
+    <t>LISD2 R1</t>
+  </si>
+  <si>
+    <t>LISD2 R2</t>
+  </si>
+  <si>
+    <t>RAIN2 MC1</t>
+  </si>
+  <si>
+    <t>Rainhill 275kV</t>
+  </si>
+  <si>
+    <t>RAIN2 MC2</t>
+  </si>
+  <si>
+    <t>RAIN2 MC3</t>
+  </si>
+  <si>
+    <t>RAIN2 MC4</t>
+  </si>
+  <si>
+    <t>FIDF2 M1</t>
+  </si>
+  <si>
+    <t>Fiddlers Ferry 275kV</t>
+  </si>
+  <si>
+    <t>FIDF2 M2</t>
+  </si>
+  <si>
+    <t>FIDF2 M3</t>
+  </si>
+  <si>
+    <t>FIDF2 M4</t>
+  </si>
+  <si>
+    <t>FIDF2 R1</t>
+  </si>
+  <si>
+    <t>FIDF2 R2</t>
+  </si>
+  <si>
+    <t>FROD2 MC1</t>
+  </si>
+  <si>
+    <t>Frodsham 275kV</t>
+  </si>
+  <si>
+    <t>FROD2 MC3</t>
+  </si>
+  <si>
+    <t>BIRK2 MC1</t>
+  </si>
+  <si>
+    <t>BIRK2 MC2</t>
+  </si>
+  <si>
+    <t>BIRK2 MC3</t>
+  </si>
+  <si>
+    <t>BIRK2 MC4</t>
+  </si>
+  <si>
+    <t>CAPE2 M1</t>
+  </si>
+  <si>
+    <t>Capenhurst 275kV</t>
+  </si>
+  <si>
+    <t>CAPE2 M2</t>
+  </si>
+  <si>
+    <t>CAPE2 R1</t>
+  </si>
+  <si>
+    <t>CAPE2 R2</t>
+  </si>
+  <si>
+    <t>DINO4 M1</t>
+  </si>
+  <si>
+    <t>Dinorwig 400kV</t>
+  </si>
+  <si>
+    <t>DINO4 M2</t>
+  </si>
+  <si>
+    <t>DINO4 R1</t>
+  </si>
+  <si>
+    <t>DINO4 R2</t>
+  </si>
+  <si>
+    <t>PENT4 M1</t>
+  </si>
+  <si>
+    <t>Pentir 400kV</t>
+  </si>
+  <si>
+    <t>PENT4 M2</t>
+  </si>
+  <si>
+    <t>PENT4 R1</t>
+  </si>
+  <si>
+    <t>PENT4 R2</t>
+  </si>
+  <si>
+    <t>FROD4 M1</t>
+  </si>
+  <si>
+    <t>Frodsham 400kV</t>
+  </si>
+  <si>
+    <t>FROD4 R1</t>
+  </si>
+  <si>
+    <t>WYLF4 M1</t>
+  </si>
+  <si>
+    <t>Wylfa 400kV</t>
+  </si>
+  <si>
+    <t>WYLF4 M2</t>
+  </si>
+  <si>
+    <t>WYLF4 R1</t>
+  </si>
+  <si>
+    <t>WYLF4 R2</t>
+  </si>
+  <si>
+    <t>PADI4 MC1</t>
+  </si>
+  <si>
+    <t>Padiham 400kV</t>
+  </si>
+  <si>
+    <t>PADI4 MC2</t>
+  </si>
+  <si>
+    <t>PADI4 MC3</t>
+  </si>
+  <si>
+    <t>PADI4 MC4</t>
+  </si>
+  <si>
+    <t>FFES2 MC1</t>
+  </si>
+  <si>
+    <t>Ffestiniog 275kV</t>
+  </si>
+  <si>
+    <t>FFES2 MC2</t>
+  </si>
+  <si>
+    <t>TRAW2 M1</t>
+  </si>
+  <si>
+    <t>Trawsfynydd 275kV</t>
+  </si>
+  <si>
+    <t>TRAW2 M2</t>
+  </si>
+  <si>
+    <t>TRAW2 R1</t>
+  </si>
+  <si>
+    <t>TRAW2 R2</t>
+  </si>
+  <si>
+    <t>BODE4 M1</t>
+  </si>
+  <si>
+    <t>Bodelwyddan 400kV</t>
+  </si>
+  <si>
+    <t>BODE4 M2</t>
+  </si>
+  <si>
+    <t>BODE4 R1</t>
+  </si>
+  <si>
+    <t>BODE4 R2</t>
+  </si>
+  <si>
+    <t>CAPE2 Tertiary</t>
+  </si>
+  <si>
+    <t>Capenhurst 33kV 275/132kV SGT 1/2/3A tertiary connection</t>
+  </si>
+  <si>
+    <t>CONQ4 M1</t>
+  </si>
+  <si>
+    <t>Connahs Quay 400kV</t>
+  </si>
+  <si>
+    <t>CONQ4 M2</t>
+  </si>
+  <si>
+    <t>CONQ M3</t>
+  </si>
+  <si>
+    <t>CONQ M4</t>
+  </si>
+  <si>
+    <t>CONQ4 R1/R3</t>
+  </si>
+  <si>
+    <t>CONQ4 R2/R4</t>
+  </si>
+  <si>
+    <t>CARR4 M1</t>
+  </si>
+  <si>
+    <t>Carrington 400kV</t>
+  </si>
+  <si>
+    <t>CARR4 M2/4</t>
+  </si>
+  <si>
+    <t>CARR4 R1</t>
+  </si>
+  <si>
+    <t>CARR4 R1/2</t>
+  </si>
+  <si>
+    <t>CARR4 R2</t>
+  </si>
+  <si>
+    <t>CARR4 R4</t>
+  </si>
+  <si>
+    <t>DAIN4 M1</t>
+  </si>
+  <si>
+    <t>Daines 400kV</t>
+  </si>
+  <si>
+    <t>DAIN4 M2</t>
+  </si>
+  <si>
+    <t>DAIN4 R1</t>
+  </si>
+  <si>
+    <t>DAIN4 R2</t>
+  </si>
+  <si>
+    <t>MACC4 MC1</t>
+  </si>
+  <si>
+    <t>Macclesfield 400kV</t>
+  </si>
+  <si>
+    <t>MACC4 MC2</t>
+  </si>
+  <si>
+    <t>MACC4 MC3</t>
+  </si>
+  <si>
+    <t>MACC4 MC4</t>
+  </si>
+  <si>
+    <t>BRIN4_M1</t>
+  </si>
+  <si>
+    <t>BRIN4_M2</t>
+  </si>
+  <si>
+    <t>BRIN4_R1</t>
+  </si>
+  <si>
+    <t>BRIN4_R2</t>
+  </si>
+  <si>
+    <t>CHTE4_M1</t>
+  </si>
+  <si>
+    <t>CHTE4_M2</t>
+  </si>
+  <si>
+    <t>CHTE4_R1</t>
+  </si>
+  <si>
+    <t>CHTE4_R2</t>
+  </si>
+  <si>
+    <t>BRIN2 M2</t>
+  </si>
+  <si>
+    <t>Brinsworth 275kV</t>
+  </si>
+  <si>
+    <t>BRIN2 R2</t>
+  </si>
+  <si>
+    <t>TINP2 M1</t>
+  </si>
+  <si>
+    <t>Tinsley Park 275kV</t>
+  </si>
+  <si>
+    <t>TINP2 M2</t>
+  </si>
+  <si>
+    <t>THUR2 MC1</t>
+  </si>
+  <si>
+    <t>Thurcroft 275kV</t>
+  </si>
+  <si>
+    <t>THUR2 MC2</t>
+  </si>
+  <si>
+    <t>THUR2 MC3</t>
+  </si>
+  <si>
+    <t>THUR2 MC4</t>
+  </si>
+  <si>
+    <t>BRIN2 M1</t>
+  </si>
+  <si>
+    <t>TEMP2 MC1</t>
+  </si>
+  <si>
+    <t>Templeborough 275kV</t>
+  </si>
+  <si>
+    <t>TEMP2 MC2</t>
+  </si>
+  <si>
+    <t>ALDW2 MC2</t>
+  </si>
+  <si>
+    <t>Aldwarke 275kV</t>
+  </si>
+  <si>
+    <t>ALDW2 MC3</t>
+  </si>
+  <si>
+    <t>ALDW2 MC4</t>
+  </si>
+  <si>
+    <t>PITS2 MC1</t>
+  </si>
+  <si>
+    <t>Pitsmoor 275kV</t>
+  </si>
+  <si>
+    <t>PITS2 MC2</t>
+  </si>
+  <si>
+    <t>PITS2 MC3</t>
+  </si>
+  <si>
+    <t>PITS2 MC4</t>
+  </si>
+  <si>
+    <t>TEMP2 MC3</t>
+  </si>
+  <si>
+    <t>WIBA2 MC1</t>
+  </si>
+  <si>
+    <t>Wincobank 275kV</t>
+  </si>
+  <si>
+    <t>WIBA2 MC2</t>
+  </si>
+  <si>
+    <t>WMEL2 MC1</t>
+  </si>
+  <si>
+    <t>West Melton 275kV</t>
+  </si>
+  <si>
+    <t>WMEL2 MC2</t>
+  </si>
+  <si>
+    <t>WMEL2 MC3</t>
+  </si>
+  <si>
+    <t>WMEL2 MC4</t>
+  </si>
+  <si>
+    <t>BRIN2 R1</t>
+  </si>
+  <si>
+    <t>JORD2 MC1</t>
+  </si>
+  <si>
+    <t>Jordanthorpe 275kV</t>
+  </si>
+  <si>
+    <t>JORD2 MC2</t>
+  </si>
+  <si>
+    <t>NEEP2 M1</t>
+  </si>
+  <si>
+    <t>Neepsend 275kV</t>
+  </si>
+  <si>
+    <t>NEEP2 M2</t>
+  </si>
+  <si>
+    <t>NEEP2 R1/R2</t>
+  </si>
+  <si>
+    <t>SHEC2 MC1</t>
+  </si>
+  <si>
+    <t>Sheffield City 275kV</t>
+  </si>
+  <si>
+    <t>SHEC2 MC2</t>
+  </si>
+  <si>
+    <t>HIGM2 M1</t>
+  </si>
+  <si>
+    <t>High Marnham 275kV</t>
+  </si>
+  <si>
+    <t>HIGM2 M2</t>
+  </si>
+  <si>
+    <t>HIGM2 M3</t>
+  </si>
+  <si>
+    <t>HIGM2 R1</t>
+  </si>
+  <si>
+    <t>HIGM2 R4</t>
+  </si>
+  <si>
+    <t>HIGM2 R5</t>
+  </si>
+  <si>
+    <t>HIGM2 R6</t>
+  </si>
+  <si>
+    <t>THOM2 M1</t>
+  </si>
+  <si>
+    <t>Thorpe Marsh 275kV</t>
+  </si>
+  <si>
+    <t>THOM2 R1</t>
+  </si>
+  <si>
+    <t>THOM4 M6</t>
+  </si>
+  <si>
+    <t>Thorpe Marsh 400kV</t>
+  </si>
+  <si>
+    <t>GREN4 M1</t>
+  </si>
+  <si>
+    <t>GREN4 M2</t>
+  </si>
+  <si>
+    <t>GREN4 R1</t>
+  </si>
+  <si>
+    <t>GREN4 R2</t>
+  </si>
+  <si>
+    <t>MILL4 M1</t>
+  </si>
+  <si>
+    <t>Millbrook 400kV</t>
+  </si>
+  <si>
+    <t>MILL4 R1</t>
+  </si>
+  <si>
+    <t>SUND4 M2</t>
+  </si>
+  <si>
+    <t>Sundon 400kV</t>
+  </si>
+  <si>
+    <t>SUND4 R2</t>
+  </si>
+  <si>
+    <t>SUND4 M1</t>
+  </si>
+  <si>
+    <t>SUND4 R1</t>
+  </si>
+  <si>
+    <t>COTT4 M3</t>
+  </si>
+  <si>
+    <t>Cottam 400kV</t>
+  </si>
+  <si>
+    <t>COTT4 M4</t>
+  </si>
+  <si>
+    <t>COTT4 R1/2</t>
+  </si>
+  <si>
+    <t>COTT4 R3/4</t>
+  </si>
+  <si>
+    <t>SUNDGridPark</t>
+  </si>
+  <si>
+    <t>Sundon 33kV</t>
+  </si>
+  <si>
+    <t>WYMO4 M1</t>
+  </si>
+  <si>
+    <t>Wymondley 400kV</t>
+  </si>
+  <si>
+    <t>WYMO4 M2</t>
+  </si>
+  <si>
+    <t>WYMO4 R1</t>
+  </si>
+  <si>
+    <t>WYMO4 R2</t>
+  </si>
+  <si>
+    <t>EASO4 M1</t>
+  </si>
+  <si>
+    <t>EASO4 M2</t>
+  </si>
+  <si>
+    <t>EASO4 R1</t>
+  </si>
+  <si>
+    <t>EASO4 R2</t>
+  </si>
+  <si>
+    <t>RYHA4 MC1</t>
+  </si>
+  <si>
+    <t>Ryhall 400kV</t>
+  </si>
+  <si>
+    <t>STAY4 M1</t>
+  </si>
+  <si>
+    <t>STAY4 M2</t>
+  </si>
+  <si>
+    <t>STAY4 R1</t>
+  </si>
+  <si>
+    <t>STAY4 R2</t>
+  </si>
+  <si>
+    <t>ENDE4 MC1</t>
+  </si>
+  <si>
+    <t>ENDE4 MC2</t>
+  </si>
+  <si>
+    <t>ENDE4 MC3</t>
+  </si>
+  <si>
+    <t>ENDE4 MC4</t>
+  </si>
+  <si>
+    <t>RATS4 M1</t>
+  </si>
+  <si>
+    <t>Ratcliffe-On-Soar 400kV</t>
+  </si>
+  <si>
+    <t>RATS4 M2</t>
+  </si>
+  <si>
+    <t>RATS4 M3</t>
+  </si>
+  <si>
+    <t>RATS4 M4</t>
+  </si>
+  <si>
+    <t>RATS4 R1/2</t>
+  </si>
+  <si>
+    <t>RATS4 R3/4</t>
+  </si>
+  <si>
+    <t>WILE4 M1</t>
+  </si>
+  <si>
+    <t>Willington East 400kV</t>
+  </si>
+  <si>
+    <t>WILE4 M2</t>
+  </si>
+  <si>
+    <t>WILE4 R1</t>
+  </si>
+  <si>
+    <t>WILE4 R2</t>
+  </si>
+  <si>
+    <t>STOB4 M1</t>
+  </si>
+  <si>
+    <t>STOB4 R1</t>
+  </si>
+  <si>
+    <t>DRAK4 M1</t>
+  </si>
+  <si>
+    <t>Drakelow 400kV</t>
+  </si>
+  <si>
+    <t>DRAK4 M2</t>
+  </si>
+  <si>
+    <t>DRAK4 M3</t>
+  </si>
+  <si>
+    <t>DRAK4 R1/3</t>
+  </si>
+  <si>
+    <t>DRAK4 R2</t>
+  </si>
+  <si>
+    <t>RUGE4 M1</t>
+  </si>
+  <si>
+    <t>RUGE4 M2</t>
+  </si>
+  <si>
+    <t>RUGE4 R1</t>
+  </si>
+  <si>
+    <t>RUGE4 R2</t>
+  </si>
+  <si>
+    <t>PELH4 M1</t>
+  </si>
+  <si>
+    <t>Pelham 400kV</t>
+  </si>
+  <si>
+    <t>PELH4 M2</t>
+  </si>
+  <si>
+    <t>PELH4 R1</t>
+  </si>
+  <si>
+    <t>PELH4 R2</t>
+  </si>
+  <si>
+    <t>BURW4 MC1</t>
+  </si>
+  <si>
+    <t>Burwell 400kV</t>
+  </si>
+  <si>
+    <t>BURW4 MC2</t>
+  </si>
+  <si>
+    <t>BURW4 MC3</t>
+  </si>
+  <si>
+    <t>BURW4 MC4</t>
+  </si>
+  <si>
+    <t>YAXL4 M1</t>
+  </si>
+  <si>
+    <t>Yaxley</t>
+  </si>
+  <si>
+    <t>YAXL4 R1</t>
+  </si>
+  <si>
+    <t>BRFO4 M3</t>
+  </si>
+  <si>
+    <t>Bramford 400kV</t>
+  </si>
+  <si>
+    <t>BRFO4 M5</t>
+  </si>
+  <si>
+    <t>BRFO4 M6</t>
+  </si>
+  <si>
+    <t>BRFO4 M7</t>
+  </si>
+  <si>
+    <t>BRFO4 R3</t>
+  </si>
+  <si>
+    <t>BRFO4 R5</t>
+  </si>
+  <si>
+    <t>BRFO4 R6</t>
+  </si>
+  <si>
+    <t>BRFO4 R7</t>
+  </si>
+  <si>
+    <t>M1</t>
+  </si>
+  <si>
+    <t>Friston 400kV</t>
+  </si>
+  <si>
+    <t>M2</t>
+  </si>
+  <si>
+    <t>R1</t>
+  </si>
+  <si>
+    <t>R2</t>
+  </si>
+  <si>
+    <t>KITW2 MC1</t>
+  </si>
+  <si>
+    <t>KITW2 MC2</t>
+  </si>
+  <si>
+    <t>KITW2 MC3</t>
+  </si>
+  <si>
+    <t>KITW2 MC4</t>
+  </si>
+  <si>
+    <t>OCKH2 MC1</t>
+  </si>
+  <si>
+    <t>Ocker Hill 275kV</t>
+  </si>
+  <si>
+    <t>OCKH2 MC2</t>
+  </si>
+  <si>
+    <t>OCKH2 MC3</t>
+  </si>
+  <si>
+    <t>OCKH2 MC4</t>
+  </si>
+  <si>
+    <t>OLDB2 MC1</t>
+  </si>
+  <si>
+    <t>Oldbury 275kV</t>
+  </si>
+  <si>
+    <t>OLDB2 MC2</t>
+  </si>
+  <si>
+    <t>BUSH2 MC1</t>
+  </si>
+  <si>
+    <t>Bushbury 275kV</t>
+  </si>
+  <si>
+    <t>BUSH2 MC2</t>
+  </si>
+  <si>
+    <t>BUSH2 MC3</t>
+  </si>
+  <si>
+    <t>BUSH2 MC4</t>
+  </si>
+  <si>
+    <t>BISW2 MC1</t>
+  </si>
+  <si>
+    <t>Bishops Wood 275kV</t>
+  </si>
+  <si>
+    <t>BISW2 MC2</t>
+  </si>
+  <si>
+    <t>BISW2 MC3</t>
+  </si>
+  <si>
+    <t>BISW2 MC4</t>
+  </si>
+  <si>
+    <t>FECK2 M1</t>
+  </si>
+  <si>
+    <t>Feckenham 275kV</t>
+  </si>
+  <si>
+    <t>FECK2 M2</t>
+  </si>
+  <si>
+    <t>FECK2 R</t>
+  </si>
+  <si>
+    <t>BESW2 MC1</t>
+  </si>
+  <si>
+    <t>Berkswell 275kV</t>
+  </si>
+  <si>
+    <t>BESW2 MC2</t>
+  </si>
+  <si>
+    <t>BESW2 MC3</t>
+  </si>
+  <si>
+    <t>BESW2 MC4</t>
+  </si>
+  <si>
+    <t>BESW2 MC6</t>
+  </si>
+  <si>
+    <t>PENN2 MC1</t>
+  </si>
+  <si>
+    <t>Penn 275kV</t>
+  </si>
+  <si>
+    <t>PENN2 MC2</t>
+  </si>
+  <si>
+    <t>PENN2 MC3</t>
+  </si>
+  <si>
+    <t>PENN2 MC4</t>
+  </si>
+  <si>
+    <t>FECK4 M1</t>
+  </si>
+  <si>
+    <t>FECK4 M2</t>
+  </si>
+  <si>
+    <t>FECK4 M3</t>
+  </si>
+  <si>
+    <t>FECK4 R1</t>
+  </si>
+  <si>
+    <t>FECK4 R2</t>
+  </si>
+  <si>
+    <t>FECK4 R3</t>
+  </si>
+  <si>
+    <t>HAMH4 M1</t>
+  </si>
+  <si>
+    <t>Hams Hall 400kV</t>
+  </si>
+  <si>
+    <t>HAMH4 M2</t>
+  </si>
+  <si>
+    <t>HAMH4 R1</t>
+  </si>
+  <si>
+    <t>HAMH4 R2</t>
+  </si>
+  <si>
+    <t>IRON4 M1</t>
+  </si>
+  <si>
+    <t>Ironbridge 400kV</t>
+  </si>
+  <si>
+    <t>IRON4 M2</t>
+  </si>
+  <si>
+    <t>IRON4 R1</t>
+  </si>
+  <si>
+    <t>IRON4 R2</t>
+  </si>
+  <si>
+    <t>WALH4 MC1</t>
+  </si>
+  <si>
+    <t>Walham 400kV</t>
+  </si>
+  <si>
+    <t>WALH4 MC2</t>
+  </si>
+  <si>
+    <t>WALH4 MC3</t>
+  </si>
+  <si>
+    <t>WALH4 MC4</t>
+  </si>
+  <si>
+    <t>PEMB4 M1</t>
+  </si>
+  <si>
+    <t>Pembroke 400kV</t>
+  </si>
+  <si>
+    <t>PEMB4 M2</t>
+  </si>
+  <si>
+    <t>PEMB4 M3</t>
+  </si>
+  <si>
+    <t>PEMB4 M4</t>
+  </si>
+  <si>
+    <t>PEMB4 R1/2</t>
+  </si>
+  <si>
+    <t>PEMB4 R3/4</t>
+  </si>
+  <si>
+    <t>POAB4 M1</t>
+  </si>
+  <si>
+    <t>Pont Abraham 400kV</t>
+  </si>
+  <si>
+    <t>POAB4 M2</t>
+  </si>
+  <si>
+    <t>POAB4 R1</t>
+  </si>
+  <si>
+    <t>POAB4 R2</t>
+  </si>
+  <si>
+    <t>SWAN4 M3</t>
+  </si>
+  <si>
+    <t>Swansea North 400kV</t>
+  </si>
+  <si>
+    <t>SWAN4 M4</t>
+  </si>
+  <si>
+    <t>SWAN4 R3</t>
+  </si>
+  <si>
+    <t>SWAN4 R4</t>
+  </si>
+  <si>
+    <t>COVE2 MC1</t>
+  </si>
+  <si>
+    <t>Coventry 275kV</t>
+  </si>
+  <si>
+    <t>COVE2 MC2</t>
+  </si>
+  <si>
+    <t>COVE2 MC3</t>
+  </si>
+  <si>
+    <t>COVE2 MC4</t>
+  </si>
+  <si>
+    <t>RASS4 M1</t>
+  </si>
+  <si>
+    <t>Rassau 400kV</t>
+  </si>
+  <si>
+    <t>RASS4 M2</t>
+  </si>
+  <si>
+    <t>RASS4 R1</t>
+  </si>
+  <si>
+    <t>RASS4 R2</t>
+  </si>
+  <si>
+    <t>RHIG4 M1</t>
+  </si>
+  <si>
+    <t>Rhigos 400KV</t>
+  </si>
+  <si>
+    <t>RHIG4 M2</t>
+  </si>
+  <si>
+    <t>RHIG4 R1</t>
+  </si>
+  <si>
+    <t>SWAN2 MC3</t>
+  </si>
+  <si>
+    <t>Swansea North 275kV</t>
+  </si>
+  <si>
+    <t>SWAN2 MC4</t>
+  </si>
+  <si>
+    <t>SWAN4 M1</t>
+  </si>
+  <si>
+    <t>SWAN4 M2</t>
+  </si>
+  <si>
+    <t>MITY4 MC1</t>
+  </si>
+  <si>
+    <t>MITY4 MC2</t>
+  </si>
+  <si>
+    <t>MITY4 MC3</t>
+  </si>
+  <si>
+    <t>MITY4 MC4</t>
+  </si>
+  <si>
+    <t>UPPB2 MC1</t>
+  </si>
+  <si>
+    <t>Upper Boat 275kV</t>
+  </si>
+  <si>
+    <t>UPPB2 MC4</t>
+  </si>
+  <si>
+    <t>BAGB2 M1</t>
+  </si>
+  <si>
+    <t>Baglan Bay 275kV</t>
+  </si>
+  <si>
+    <t>BAGB2 M2</t>
+  </si>
+  <si>
+    <t>BAGB2 R1</t>
+  </si>
+  <si>
+    <t>BAGB2 R2</t>
+  </si>
+  <si>
+    <t>BUST2 M1</t>
+  </si>
+  <si>
+    <t>Bustleholme 275kV</t>
+  </si>
+  <si>
+    <t>BUST2 M2</t>
+  </si>
+  <si>
+    <t>BUST2 R1</t>
+  </si>
+  <si>
+    <t>BUST2 R2</t>
+  </si>
+  <si>
+    <t>CILF4 M1</t>
+  </si>
+  <si>
+    <t>Cilfynydd 400kV</t>
+  </si>
+  <si>
+    <t>CILF4 M2</t>
+  </si>
+  <si>
+    <t>CILF4 R1</t>
+  </si>
+  <si>
+    <t>CILF4 R2</t>
+  </si>
+  <si>
+    <t>MAGA2 MC1</t>
+  </si>
+  <si>
+    <t>Margam 275kV</t>
+  </si>
+  <si>
+    <t>MAGA2 MC2</t>
+  </si>
+  <si>
+    <t>NECH2 MC1</t>
+  </si>
+  <si>
+    <t>Nechells 275kV</t>
+  </si>
+  <si>
+    <t>NECH2 MC2</t>
+  </si>
+  <si>
+    <t>NECH2 MC3</t>
+  </si>
+  <si>
+    <t>NECH2 MC4</t>
+  </si>
+  <si>
+    <t>LEGA4 M1</t>
+  </si>
+  <si>
+    <t>Legacy 400kV</t>
+  </si>
+  <si>
+    <t>LEGA4 M2</t>
+  </si>
+  <si>
+    <t>LEGA4 R1</t>
+  </si>
+  <si>
+    <t>LEGA4 R2</t>
+  </si>
+  <si>
+    <t>CELL4 M1</t>
+  </si>
+  <si>
+    <t>Cellarhead 400kV</t>
+  </si>
+  <si>
+    <t>CELL4 M2</t>
+  </si>
+  <si>
+    <t>CELL4 R1</t>
+  </si>
+  <si>
+    <t>CELL4 R2</t>
+  </si>
+  <si>
+    <t>TILB2 M1</t>
+  </si>
+  <si>
+    <t>TILB2 M2</t>
+  </si>
+  <si>
+    <t>TILB2 R1</t>
+  </si>
+  <si>
+    <t>TILB2 R2</t>
+  </si>
+  <si>
+    <t>WARL2 MC1</t>
+  </si>
+  <si>
+    <t>Warley 275kV</t>
+  </si>
+  <si>
+    <t>WARL2 MC2</t>
+  </si>
+  <si>
+    <t>WARL2 MC3</t>
+  </si>
+  <si>
+    <t>WARL2 MC4</t>
+  </si>
+  <si>
+    <t>AMEM4 R</t>
+  </si>
+  <si>
+    <t>Amersham Main 400kV</t>
+  </si>
+  <si>
+    <t>IVER2 M1</t>
+  </si>
+  <si>
+    <t>Iver 275kV</t>
+  </si>
+  <si>
+    <t>IVER2 M2</t>
+  </si>
+  <si>
+    <t>IVER2 R1</t>
+  </si>
+  <si>
+    <t>ECLA4 M1</t>
+  </si>
+  <si>
+    <t>East Claydon 400kV</t>
+  </si>
+  <si>
+    <t>ECLA4 M2</t>
+  </si>
+  <si>
+    <t>ECLA4 R1</t>
+  </si>
+  <si>
+    <t>ECLA4 R2</t>
+  </si>
+  <si>
+    <t>IVER2 R2</t>
+  </si>
+  <si>
+    <t>AMEM4 M</t>
+  </si>
+  <si>
+    <t>WATS2 MC2</t>
+  </si>
+  <si>
+    <t>Watford South 275kV</t>
+  </si>
+  <si>
+    <t>WATS2 MC3</t>
+  </si>
+  <si>
+    <t>WATS2 MC1</t>
+  </si>
+  <si>
+    <t>WATS2 MC4</t>
+  </si>
+  <si>
+    <t>ELST2 M2</t>
+  </si>
+  <si>
+    <t>Elstree 275kV</t>
+  </si>
+  <si>
+    <t>ELST2 R2</t>
+  </si>
+  <si>
+    <t>BRLE4 M1</t>
+  </si>
+  <si>
+    <t>BRLE4 M2</t>
+  </si>
+  <si>
+    <t>BRLE4 R1</t>
+  </si>
+  <si>
+    <t>BRLE4 R2</t>
+  </si>
+  <si>
+    <t>FLEE4 MC1</t>
+  </si>
+  <si>
+    <t>FLEE4 MC2</t>
+  </si>
+  <si>
+    <t>FLEE4 MC3</t>
+  </si>
+  <si>
+    <t>FLEE4 MC4</t>
+  </si>
+  <si>
+    <t>DIDC4 M1</t>
+  </si>
+  <si>
+    <t>DIDC4 M2</t>
+  </si>
+  <si>
+    <t>DIDC4 M3</t>
+  </si>
+  <si>
+    <t>DIDC4 M4</t>
+  </si>
+  <si>
+    <t>DIDC4 M5</t>
+  </si>
+  <si>
+    <t>DIDC4 M6</t>
+  </si>
+  <si>
+    <t>DIDC4 R1/2</t>
+  </si>
+  <si>
+    <t>DIDC4 R3/4</t>
+  </si>
+  <si>
+    <t>DIDC4 R5</t>
+  </si>
+  <si>
+    <t>DIDC4 R6</t>
+  </si>
+  <si>
+    <t>MELK4 M1</t>
+  </si>
+  <si>
+    <t>Melksham 400kV</t>
+  </si>
+  <si>
+    <t>MELK4 M2</t>
+  </si>
+  <si>
+    <t>MELK4 M3</t>
+  </si>
+  <si>
+    <t>MELK4 R1</t>
+  </si>
+  <si>
+    <t>MELK4 R2</t>
+  </si>
+  <si>
+    <t>MELK4 R3</t>
+  </si>
+  <si>
+    <t>CULJ4 M</t>
+  </si>
+  <si>
+    <t>Culham Jet 400kV</t>
+  </si>
+  <si>
+    <t>SHUR4 M1</t>
+  </si>
+  <si>
+    <t>Shurton 400kV</t>
+  </si>
+  <si>
+    <t>SHUR4 M2</t>
+  </si>
+  <si>
+    <t>SHUR4 M3</t>
+  </si>
+  <si>
+    <t>SHUR4 M4</t>
+  </si>
+  <si>
+    <t>SHUR4 R1/3</t>
+  </si>
+  <si>
+    <t>SHUR4 R2/4</t>
+  </si>
+  <si>
+    <t>COWL4 M1</t>
+  </si>
+  <si>
+    <t>Cowley 400kV</t>
+  </si>
+  <si>
+    <t>COWL4 M2</t>
+  </si>
+  <si>
+    <t>COWL4 R1</t>
+  </si>
+  <si>
+    <t>COWL4 R2</t>
+  </si>
+  <si>
+    <t>LOVE4 M1</t>
+  </si>
+  <si>
+    <t>Lovedean 400kV</t>
+  </si>
+  <si>
+    <t>LOVE4 M2</t>
+  </si>
+  <si>
+    <t>LOVE4 R1</t>
+  </si>
+  <si>
+    <t>LOVE4 R2</t>
+  </si>
+  <si>
+    <t>BOTW4 MC1</t>
+  </si>
+  <si>
+    <t>Botley Wood 400kV</t>
+  </si>
+  <si>
+    <t>BOTW4 MC2</t>
+  </si>
+  <si>
+    <t>FAWL4 M1/3_1</t>
+  </si>
+  <si>
+    <t>Fawley 400kV</t>
+  </si>
+  <si>
+    <t>FAWL4 M1/3_2</t>
+  </si>
+  <si>
+    <t>FAWL4 M2/4_1</t>
+  </si>
+  <si>
+    <t>FAWL4 M2/4_2</t>
+  </si>
+  <si>
+    <t>FAWL4 R1/3</t>
+  </si>
+  <si>
+    <t>FAWL4 R2/4</t>
+  </si>
+  <si>
+    <t>MAWO4 M</t>
+  </si>
+  <si>
+    <t>Marchwood 400kV</t>
+  </si>
+  <si>
+    <t>MAWO4 R</t>
+  </si>
+  <si>
+    <t>NURS4 MC1</t>
+  </si>
+  <si>
+    <t>Nursling 400kV</t>
+  </si>
+  <si>
+    <t>NURS4 MC2</t>
+  </si>
+  <si>
+    <t>MANN4 M5</t>
+  </si>
+  <si>
+    <t>Mannington 400kV</t>
+  </si>
+  <si>
+    <t>MANN4 MC1</t>
+  </si>
+  <si>
+    <t>MANN4 MC2</t>
+  </si>
+  <si>
+    <t>MANN4 MC3</t>
+  </si>
+  <si>
+    <t>MANN4 MC4</t>
+  </si>
+  <si>
+    <t>MANN4 R5</t>
+  </si>
+  <si>
+    <t>CHIC4 MB1</t>
+  </si>
+  <si>
+    <t>Chickerell 400kV</t>
+  </si>
+  <si>
+    <t>CHIC4 MB2</t>
+  </si>
+  <si>
+    <t>CHIC4 R1/2</t>
+  </si>
+  <si>
+    <t>AXMI4 MC1</t>
+  </si>
+  <si>
+    <t>Axminster 400kV</t>
+  </si>
+  <si>
+    <t>AXMI4 MC2</t>
+  </si>
+  <si>
+    <t>EXET4 M1</t>
+  </si>
+  <si>
+    <t>Exeter Main 400kV</t>
+  </si>
+  <si>
+    <t>EXET4 M2</t>
+  </si>
+  <si>
+    <t>EXET4 R1</t>
+  </si>
+  <si>
+    <t>EXET4 R2</t>
+  </si>
+  <si>
+    <t>Jersey Farm</t>
+  </si>
+  <si>
+    <t>Jersey Farm 400kV</t>
+  </si>
+  <si>
+    <t>ALVE4 M1</t>
+  </si>
+  <si>
+    <t>Alverdiscott 400kV GIS</t>
+  </si>
+  <si>
+    <t>ALVE4 M2</t>
+  </si>
+  <si>
+    <t>ALVE4 M3</t>
+  </si>
+  <si>
+    <t>ALVE4 M4</t>
+  </si>
+  <si>
+    <t>ALVE4 R1</t>
+  </si>
+  <si>
+    <t>ALVE4 R2</t>
+  </si>
+  <si>
+    <t>ALVE4 R3</t>
+  </si>
+  <si>
+    <t>ALVE4 R4</t>
+  </si>
+  <si>
+    <t>INDQ4 MC1</t>
+  </si>
+  <si>
+    <t>Indian Queens 400kV</t>
+  </si>
+  <si>
+    <t>INDQ4 MC2</t>
+  </si>
+  <si>
+    <t>INDQ4 MC3</t>
+  </si>
+  <si>
+    <t>INDQ4 MC4</t>
+  </si>
+  <si>
+    <t>LAGA4 M1</t>
+  </si>
+  <si>
+    <t>Langage 400kV</t>
+  </si>
+  <si>
+    <t>LAGA4 M2</t>
+  </si>
+  <si>
+    <t>LAGA4 R1</t>
+  </si>
+  <si>
+    <t>LAGA4 R2</t>
+  </si>
+  <si>
+    <t>LAND4 MC1</t>
+  </si>
+  <si>
+    <t>Landulph 400kV</t>
+  </si>
+  <si>
+    <t>LAND4 MC2</t>
+  </si>
+  <si>
+    <t>LAND4 MC3</t>
+  </si>
+  <si>
+    <t>TAUN4 M1</t>
+  </si>
+  <si>
+    <t>Taunton 400kV</t>
+  </si>
+  <si>
+    <t>TAUN4 M2</t>
+  </si>
+  <si>
+    <t>HINP2 M1</t>
+  </si>
+  <si>
+    <t>Hinkley Point 275kV</t>
+  </si>
+  <si>
+    <t>HINP2 M2</t>
+  </si>
+  <si>
+    <t>HINP2 R1</t>
+  </si>
+  <si>
+    <t>HINP2 R2</t>
+  </si>
+  <si>
+    <t>HINP4 M1</t>
+  </si>
+  <si>
+    <t>HINP4 M2</t>
+  </si>
+  <si>
+    <t>HINP4 M3</t>
+  </si>
+  <si>
+    <t>HINP4 M4</t>
+  </si>
+  <si>
+    <t>HINP4 R1/2</t>
+  </si>
+  <si>
+    <t>HINP4 R3/4</t>
+  </si>
+  <si>
+    <t>SAFO4 M1</t>
+  </si>
+  <si>
+    <t>Sandford 400kV</t>
+  </si>
+  <si>
+    <t>SAFO4 M2</t>
+  </si>
+  <si>
+    <t>NWLV4 M</t>
+  </si>
+  <si>
+    <t>New Woolavington 400kV</t>
+  </si>
+  <si>
+    <t>NWLV4 R</t>
+  </si>
+  <si>
+    <t>SEAB4 M1</t>
+  </si>
+  <si>
+    <t>SEAB4 M2</t>
+  </si>
+  <si>
+    <t>SEAB4 R1</t>
+  </si>
+  <si>
+    <t>SEAB4 R2</t>
+  </si>
+  <si>
+    <t>WHSO2 R1</t>
+  </si>
+  <si>
+    <t>Whitson 275kV</t>
+  </si>
+  <si>
+    <t>WHSO2 R2</t>
+  </si>
+  <si>
+    <t>ABTH2 M1</t>
+  </si>
+  <si>
+    <t>Aberthaw 275kV</t>
+  </si>
+  <si>
+    <t>ABTH2 M2</t>
+  </si>
+  <si>
+    <t>ABTH2 M4</t>
+  </si>
+  <si>
+    <t>ABTH2 R</t>
+  </si>
+  <si>
+    <t>CARE2 MC1</t>
+  </si>
+  <si>
+    <t>Cardiff East 275kV</t>
+  </si>
+  <si>
+    <t>CARE2 MC2</t>
+  </si>
+  <si>
+    <t>IMPP4 MC1</t>
+  </si>
+  <si>
+    <t>IMPP4 MC2</t>
+  </si>
+  <si>
+    <t>PYLE2 MC1</t>
+  </si>
+  <si>
+    <t>Pyle 275kV</t>
+  </si>
+  <si>
+    <t>PYLE2 MC2</t>
+  </si>
+  <si>
+    <t>TREM2 MC1</t>
+  </si>
+  <si>
+    <t>Tremorfa 275kV</t>
+  </si>
+  <si>
+    <t>TREM2 MC2</t>
+  </si>
+  <si>
+    <t>UPPB2 MC2</t>
+  </si>
+  <si>
+    <t>UPPB2 MC3</t>
+  </si>
+  <si>
+    <t>USKM2 M1</t>
+  </si>
+  <si>
+    <t>Uskmouth 275kV</t>
+  </si>
+  <si>
+    <t>USKM2 M2</t>
+  </si>
+  <si>
+    <t>USKM2 R1</t>
+  </si>
+  <si>
+    <t>USKM2 R2</t>
+  </si>
+  <si>
+    <t>WHSO2 M1</t>
+  </si>
+  <si>
+    <t>WHSO2 M2</t>
+  </si>
+  <si>
+    <t>IROA2 MC1</t>
+  </si>
+  <si>
+    <t>IROA2 MC2</t>
+  </si>
+  <si>
+    <t>IROA2 MC3</t>
+  </si>
+  <si>
+    <t>IROA2 MC4</t>
+  </si>
+  <si>
+    <t>IROA2 MC5</t>
+  </si>
+  <si>
+    <t>IROA2 MC6</t>
+  </si>
+  <si>
+    <t>Alverdiscott 400kV</t>
+  </si>
+  <si>
+    <t>INDQGridPark</t>
+  </si>
+  <si>
+    <t>Indian Queens 33kV</t>
+  </si>
+  <si>
+    <t>PAFB4A</t>
+  </si>
+  <si>
+    <t>Patford Bridge 400kV</t>
+  </si>
+  <si>
+    <t>PAFB4B</t>
+  </si>
+  <si>
+    <t>HIGMB M1</t>
+  </si>
+  <si>
+    <t>High Marnham-B 400kV</t>
+  </si>
+  <si>
+    <t>HIGMB M2</t>
+  </si>
+  <si>
+    <t>HIGMB R1</t>
+  </si>
+  <si>
+    <t>HIGMB R2</t>
+  </si>
+  <si>
+    <t>RYHA4 MC1 </t>
+  </si>
+  <si>
+    <t>RYHA4B </t>
+  </si>
+  <si>
+    <t>COTT4 M1</t>
+  </si>
+  <si>
+    <t>COTT4 M2</t>
+  </si>
+  <si>
+    <t>PAF4A</t>
+  </si>
+  <si>
+    <t>PAF4B</t>
+  </si>
+  <si>
+    <t>WBUR4 R1/2</t>
+  </si>
+  <si>
+    <t>West Burton 400kV</t>
+  </si>
+  <si>
+    <t>WBUR4 R3/4</t>
+  </si>
+  <si>
+    <t>PAFB4B </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAFB4A </t>
+  </si>
+  <si>
+    <t>ELST2 M1</t>
+  </si>
+  <si>
+    <t>ELST2 R1</t>
+  </si>
+  <si>
+    <t>WWEY2 R1</t>
+  </si>
+  <si>
+    <t>West Weybridge 275kV</t>
+  </si>
+  <si>
+    <t>WWEY2 R2</t>
+  </si>
+  <si>
+    <t>EALI2 MC1</t>
+  </si>
+  <si>
+    <t>Ealing 275kV</t>
+  </si>
+  <si>
+    <t>EALI2 MC2</t>
+  </si>
+  <si>
+    <t>EALI2 MC3</t>
+  </si>
+  <si>
+    <t>EALI2 MC4</t>
+  </si>
+  <si>
+    <t>LALE2 MC1</t>
+  </si>
+  <si>
+    <t>Laleham 275kV</t>
+  </si>
+  <si>
+    <t>LALE2 MC2</t>
+  </si>
+  <si>
+    <t>LALE2 MC3</t>
+  </si>
+  <si>
+    <t>LALE2 MC4</t>
+  </si>
+  <si>
+    <t>WISD2 M1</t>
+  </si>
+  <si>
+    <t>Willesden 275kV</t>
+  </si>
+  <si>
+    <t>WISD2 M2</t>
+  </si>
+  <si>
+    <t>WISD2 R1</t>
+  </si>
+  <si>
+    <t>WISD2 R2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="14">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color rgb="FF0F00CC"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -2819,129 +2845,129 @@
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="5" fillId="3" borderId="8" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="15" fontId="12" fillId="3" borderId="8" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="12" fillId="3" borderId="8" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Followed Hyperlink" xfId="2" builtinId="9" customBuiltin="1"/>
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Percent" xfId="3" builtinId="5"/>
+    <cellStyle name="Per cent" xfId="3" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{3ACB72C4-E779-473B-81A9-A384BDF2C4AA}"/>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFCC00CC"/>
       <color rgb="FF7A3864"/>
       <color rgb="FF0F00CC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet36.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet35.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet36.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet31.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet35.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>488949</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>92075</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>514349</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>60960</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="TextBox 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0B94AC1-D7F4-DDCF-C246-BFE8FB76CED0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="488949" y="4298315"/>
           <a:ext cx="9474200" cy="3443605"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="28575" cmpd="sng">
@@ -3366,59 +3392,59 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7620000" y="95250"/>
           <a:ext cx="1971675" cy="1323975"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://nationalenergyso.sharepoint.com/personal/mark_bowker_uk_nationalgrid_com/Documents/Documents/Mark%20Bowker/Temp/Year%20High%20Voltage%20Study%20E&amp;W%20-%20%20Scenario%20-%20Status.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/personal/mark_bowker_uk_nationalgrid_com/Documents/Documents/Mark%20Bowker/Temp/Year%20High%20Voltage%20Study%20E&amp;W%20-%20%20Scenario%20-%20Status.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://nationalenergyso.sharepoint.com/Devel/Stability/Tender_Assessment_BW.xlsm" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Devel/Stability/Tender_Assessment_BW.xlsm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://nationalenergyso.sharepoint.com/personal/amitkumar_singh4_uk_nationalgrid_com/Documents/Microsoft%20Teams%20Chat%20Files/LV%20Effectiveness.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/personal/amitkumar_singh4_uk_nationalgrid_com/Documents/Microsoft%20Teams%20Chat%20Files/LV%20Effectiveness.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Study Information"/>
       <sheetName val="AbsMinMVArScens"/>
       <sheetName val="Demand_2_PF"/>
       <sheetName val="PF. IC dispatch"/>
       <sheetName val="P.F. GenDispatch"/>
       <sheetName val="PF Units1-6 V.Regions"/>
       <sheetName val="VCCs"/>
       <sheetName val="QBs"/>
       <sheetName val="Zones"/>
       <sheetName val="SVC"/>
       <sheetName val="Reactors"/>
       <sheetName val="Notes"/>
       <sheetName val="132kV TargetV"/>
       <sheetName val="Check"/>
       <sheetName val="Summary"/>
       <sheetName val="Sheet1"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
@@ -3812,18006 +3838,18061 @@
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0FE0608D-F3C1-45EB-88C6-54A91DB21664}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:O54"/>
+  <dimension ref="A1:O55"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="E6" sqref="E6"/>
+      <selection activeCell="C12" sqref="C12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="8.7265625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="16" max="16384" width="8.7265625" hidden="1"/>
+    <col min="1" max="1" width="8.7109375" customWidth="1"/>
+    <col min="2" max="2" width="15.28515625" customWidth="1"/>
+    <col min="3" max="3" width="16.5703125" customWidth="1"/>
+    <col min="4" max="4" width="70.28515625" customWidth="1"/>
+    <col min="5" max="15" width="8.7109375" customWidth="1"/>
+    <col min="16" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:12">
       <c r="A1" s="12"/>
       <c r="B1" s="12"/>
       <c r="C1" s="12"/>
       <c r="D1" s="12"/>
       <c r="E1" s="12"/>
       <c r="F1" s="12"/>
       <c r="G1" s="12"/>
       <c r="H1" s="12"/>
       <c r="I1" s="12"/>
       <c r="J1" s="12"/>
       <c r="K1" s="12"/>
       <c r="L1" s="12"/>
     </row>
-    <row r="2" spans="1:12" ht="23" x14ac:dyDescent="0.5">
+    <row r="2" spans="1:12" ht="22.9">
       <c r="A2" s="12"/>
       <c r="B2" s="13" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
       <c r="E2" s="12"/>
       <c r="F2" s="12"/>
       <c r="G2" s="12"/>
       <c r="H2" s="12"/>
       <c r="I2" s="12"/>
       <c r="J2" s="12"/>
       <c r="K2" s="12"/>
       <c r="L2" s="12"/>
     </row>
-    <row r="3" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:12">
       <c r="A3" s="12"/>
       <c r="B3" s="14"/>
       <c r="C3" s="12"/>
       <c r="D3" s="12"/>
       <c r="E3" s="12"/>
       <c r="F3" s="12"/>
       <c r="G3" s="12"/>
       <c r="H3" s="12"/>
       <c r="I3" s="12"/>
       <c r="J3" s="12"/>
       <c r="K3" s="12"/>
       <c r="L3" s="12"/>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:12">
       <c r="A4" s="12"/>
       <c r="B4" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="15" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="15" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="12"/>
       <c r="F4" s="12"/>
       <c r="G4" s="12"/>
       <c r="H4" s="12"/>
       <c r="I4" s="12"/>
       <c r="J4" s="12"/>
       <c r="K4" s="12"/>
       <c r="L4" s="12"/>
     </row>
-    <row r="5" spans="1:12" ht="39.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:12" ht="39.75" customHeight="1">
       <c r="A5" s="12"/>
       <c r="B5" s="24" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="26" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="12"/>
       <c r="F5" s="12"/>
       <c r="G5" s="12"/>
       <c r="H5" s="12"/>
       <c r="I5" s="12"/>
       <c r="J5" s="12"/>
       <c r="K5" s="12"/>
       <c r="L5" s="12"/>
     </row>
-    <row r="6" spans="1:12" ht="126" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:12" ht="126" customHeight="1">
       <c r="A6" s="12"/>
       <c r="B6" s="24" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="26" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="25" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="12"/>
       <c r="F6" s="12"/>
       <c r="G6" s="12"/>
       <c r="H6" s="12"/>
       <c r="I6" s="12"/>
       <c r="J6" s="12"/>
       <c r="K6" s="12"/>
       <c r="L6" s="12"/>
     </row>
-    <row r="7" spans="1:12" ht="28" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:12" ht="27.6">
       <c r="A7" s="12"/>
       <c r="B7" s="24" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="27" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="25" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="12"/>
       <c r="F7" s="12"/>
       <c r="G7" s="12"/>
       <c r="H7" s="12"/>
       <c r="I7" s="12"/>
       <c r="J7" s="12"/>
       <c r="K7" s="12"/>
       <c r="L7" s="12"/>
     </row>
-    <row r="8" spans="1:12" ht="56" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:12" ht="55.15">
       <c r="A8" s="12"/>
       <c r="B8" s="29" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="31" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="30" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="12"/>
       <c r="F8" s="12"/>
       <c r="G8" s="12"/>
       <c r="H8" s="12"/>
       <c r="I8" s="12"/>
       <c r="J8" s="12"/>
       <c r="K8" s="12"/>
       <c r="L8" s="12"/>
     </row>
-    <row r="9" spans="1:12" ht="182" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:12" ht="179.45">
       <c r="A9" s="12"/>
       <c r="B9" s="29" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="31" t="s">
         <v>17</v>
       </c>
       <c r="D9" s="30" t="s">
-        <v>768</v>
+        <v>18</v>
       </c>
       <c r="E9" s="12"/>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="12"/>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:12" ht="124.15">
       <c r="A10" s="12"/>
-      <c r="B10" s="12"/>
-[...1 lines deleted...]
-      <c r="D10" s="12"/>
+      <c r="B10" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="C10" s="31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" s="30" t="s">
+        <v>21</v>
+      </c>
       <c r="E10" s="12"/>
       <c r="F10" s="12"/>
       <c r="G10" s="12"/>
       <c r="H10" s="12"/>
       <c r="I10" s="12"/>
       <c r="J10" s="12"/>
       <c r="K10" s="12"/>
       <c r="L10" s="12"/>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:12" ht="90" customHeight="1">
       <c r="A11" s="12"/>
-      <c r="B11" s="12"/>
-[...1 lines deleted...]
-      <c r="D11" s="12"/>
+      <c r="B11" s="29" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="31" t="s">
+        <v>23</v>
+      </c>
+      <c r="D11" s="30" t="s">
+        <v>24</v>
+      </c>
       <c r="E11" s="12"/>
       <c r="F11" s="12"/>
       <c r="G11" s="12"/>
       <c r="H11" s="12"/>
       <c r="I11" s="12"/>
       <c r="J11" s="12"/>
       <c r="K11" s="12"/>
       <c r="L11" s="12"/>
     </row>
-    <row r="12" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:12">
       <c r="A12" s="12"/>
       <c r="B12" s="12"/>
       <c r="C12" s="12"/>
       <c r="D12" s="12"/>
       <c r="E12" s="12"/>
       <c r="F12" s="12"/>
       <c r="G12" s="12"/>
       <c r="H12" s="12"/>
       <c r="I12" s="12"/>
       <c r="J12" s="12"/>
       <c r="K12" s="12"/>
       <c r="L12" s="12"/>
     </row>
-    <row r="13" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:12">
       <c r="A13" s="12"/>
       <c r="B13" s="12"/>
       <c r="C13" s="12"/>
       <c r="D13" s="12"/>
       <c r="E13" s="12"/>
       <c r="F13" s="12"/>
       <c r="G13" s="12"/>
       <c r="H13" s="12"/>
       <c r="I13" s="12"/>
       <c r="J13" s="12"/>
       <c r="K13" s="12"/>
       <c r="L13" s="12"/>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:12">
       <c r="A14" s="12"/>
       <c r="B14" s="12"/>
       <c r="C14" s="12"/>
       <c r="D14" s="12"/>
       <c r="E14" s="12"/>
       <c r="F14" s="12"/>
       <c r="G14" s="12"/>
       <c r="H14" s="12"/>
       <c r="I14" s="12"/>
       <c r="J14" s="12"/>
       <c r="K14" s="12"/>
       <c r="L14" s="12"/>
     </row>
-    <row r="15" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:12">
       <c r="A15" s="12"/>
       <c r="B15" s="12"/>
       <c r="C15" s="12"/>
       <c r="D15" s="12"/>
       <c r="E15" s="12"/>
       <c r="F15" s="12"/>
       <c r="G15" s="12"/>
       <c r="H15" s="12"/>
       <c r="I15" s="12"/>
       <c r="J15" s="12"/>
       <c r="K15" s="12"/>
       <c r="L15" s="12"/>
     </row>
-    <row r="16" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:12">
       <c r="A16" s="12"/>
       <c r="B16" s="12"/>
       <c r="C16" s="12"/>
       <c r="D16" s="12"/>
       <c r="E16" s="12"/>
       <c r="F16" s="12"/>
       <c r="G16" s="12"/>
       <c r="H16" s="12"/>
       <c r="I16" s="12"/>
       <c r="J16" s="12"/>
       <c r="K16" s="12"/>
       <c r="L16" s="12"/>
     </row>
-    <row r="17" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:12">
       <c r="A17" s="12"/>
       <c r="B17" s="12"/>
       <c r="C17" s="12"/>
       <c r="D17" s="12"/>
       <c r="E17" s="12"/>
       <c r="F17" s="12"/>
       <c r="G17" s="12"/>
       <c r="H17" s="12"/>
       <c r="I17" s="12"/>
       <c r="J17" s="12"/>
       <c r="K17" s="12"/>
       <c r="L17" s="12"/>
     </row>
-    <row r="18" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:12">
       <c r="A18" s="12"/>
       <c r="B18" s="12"/>
       <c r="C18" s="12"/>
       <c r="D18" s="12"/>
       <c r="E18" s="12"/>
       <c r="F18" s="12"/>
       <c r="G18" s="12"/>
       <c r="H18" s="12"/>
       <c r="I18" s="12"/>
       <c r="J18" s="12"/>
       <c r="K18" s="12"/>
       <c r="L18" s="12"/>
     </row>
-    <row r="19" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:12">
       <c r="A19" s="12"/>
       <c r="B19" s="12"/>
       <c r="C19" s="12"/>
       <c r="D19" s="12"/>
       <c r="E19" s="12"/>
       <c r="F19" s="12"/>
       <c r="G19" s="12"/>
       <c r="H19" s="12"/>
       <c r="I19" s="12"/>
       <c r="J19" s="12"/>
       <c r="K19" s="12"/>
       <c r="L19" s="12"/>
     </row>
-    <row r="20" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:12">
       <c r="A20" s="12"/>
       <c r="B20" s="12"/>
       <c r="C20" s="12"/>
       <c r="D20" s="12"/>
       <c r="E20" s="12"/>
       <c r="F20" s="12"/>
       <c r="G20" s="12"/>
       <c r="H20" s="12"/>
       <c r="I20" s="12"/>
       <c r="J20" s="12"/>
       <c r="K20" s="12"/>
       <c r="L20" s="12"/>
     </row>
-    <row r="21" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:12">
       <c r="A21" s="12"/>
       <c r="B21" s="12"/>
       <c r="C21" s="12"/>
       <c r="D21" s="12"/>
       <c r="E21" s="12"/>
       <c r="F21" s="12"/>
       <c r="G21" s="12"/>
       <c r="H21" s="12"/>
       <c r="I21" s="12"/>
       <c r="J21" s="12"/>
       <c r="K21" s="12"/>
       <c r="L21" s="12"/>
     </row>
-    <row r="22" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:12">
       <c r="A22" s="12"/>
       <c r="B22" s="12"/>
       <c r="C22" s="12"/>
       <c r="D22" s="12"/>
       <c r="E22" s="12"/>
       <c r="F22" s="12"/>
       <c r="G22" s="12"/>
       <c r="H22" s="12"/>
       <c r="I22" s="12"/>
       <c r="J22" s="12"/>
       <c r="K22" s="12"/>
       <c r="L22" s="12"/>
     </row>
-    <row r="23" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:12">
       <c r="A23" s="12"/>
       <c r="B23" s="12"/>
       <c r="C23" s="12"/>
       <c r="D23" s="12"/>
       <c r="E23" s="12"/>
       <c r="F23" s="12"/>
       <c r="G23" s="12"/>
       <c r="H23" s="12"/>
       <c r="I23" s="12"/>
       <c r="J23" s="12"/>
       <c r="K23" s="12"/>
       <c r="L23" s="12"/>
     </row>
-    <row r="24" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:12">
       <c r="A24" s="12"/>
       <c r="B24" s="12"/>
       <c r="C24" s="12"/>
       <c r="D24" s="12"/>
       <c r="E24" s="12"/>
       <c r="F24" s="12"/>
       <c r="G24" s="12"/>
       <c r="H24" s="12"/>
       <c r="I24" s="12"/>
       <c r="J24" s="12"/>
       <c r="K24" s="12"/>
       <c r="L24" s="12"/>
     </row>
-    <row r="25" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:12">
       <c r="A25" s="12"/>
       <c r="B25" s="12"/>
       <c r="C25" s="12"/>
       <c r="D25" s="12"/>
       <c r="E25" s="12"/>
       <c r="F25" s="12"/>
       <c r="G25" s="12"/>
       <c r="H25" s="12"/>
       <c r="I25" s="12"/>
       <c r="J25" s="12"/>
       <c r="K25" s="12"/>
       <c r="L25" s="12"/>
     </row>
-    <row r="26" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:12">
       <c r="A26" s="12"/>
       <c r="B26" s="12"/>
       <c r="C26" s="12"/>
       <c r="D26" s="12"/>
       <c r="E26" s="12"/>
       <c r="F26" s="12"/>
       <c r="G26" s="12"/>
       <c r="H26" s="12"/>
       <c r="I26" s="12"/>
       <c r="J26" s="12"/>
       <c r="K26" s="12"/>
       <c r="L26" s="12"/>
     </row>
-    <row r="27" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:12">
       <c r="A27" s="12"/>
       <c r="B27" s="12"/>
       <c r="C27" s="12"/>
       <c r="D27" s="12"/>
       <c r="E27" s="12"/>
       <c r="F27" s="12"/>
       <c r="G27" s="12"/>
       <c r="H27" s="12"/>
       <c r="I27" s="12"/>
       <c r="J27" s="12"/>
       <c r="K27" s="12"/>
       <c r="L27" s="12"/>
     </row>
-    <row r="28" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:12">
       <c r="A28" s="12"/>
       <c r="B28" s="12"/>
       <c r="C28" s="12"/>
       <c r="D28" s="12"/>
       <c r="E28" s="12"/>
       <c r="F28" s="12"/>
       <c r="G28" s="12"/>
       <c r="H28" s="12"/>
       <c r="I28" s="12"/>
       <c r="J28" s="12"/>
       <c r="K28" s="12"/>
       <c r="L28" s="12"/>
     </row>
-    <row r="29" spans="1:12" x14ac:dyDescent="0.35"/>
-[...6 lines deleted...]
-    <row r="54" x14ac:dyDescent="0.35"/>
+    <row r="29" spans="1:12">
+      <c r="A29" s="12"/>
+      <c r="B29" s="12"/>
+      <c r="C29" s="12"/>
+      <c r="D29" s="12"/>
+      <c r="E29" s="12"/>
+      <c r="F29" s="12"/>
+      <c r="G29" s="12"/>
+      <c r="H29" s="12"/>
+      <c r="I29" s="12"/>
+      <c r="J29" s="12"/>
+      <c r="K29" s="12"/>
+      <c r="L29" s="12"/>
+    </row>
+    <row r="30" spans="1:12"/>
+    <row r="31" spans="1:12"/>
+    <row r="32" spans="1:12"/>
+    <row r="33"/>
+    <row r="34"/>
+    <row r="35"/>
+    <row r="36"/>
+    <row r="49"/>
+    <row r="55"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="B7Yy1QBgP3gPNieZIfWatf28gwsi38+UT9RwY4S7Hi5KiamL3JO2IntmtjPpvjN+NK1Gbt0oRM3pCENE70y/jQ==" saltValue="e2urBwwn8zibsyZWNtyq5Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="1EsO3ni4A/bwQTSUuO4icV0wOvf8CXDckxO9/GmJesswCsBksJxJWtFd++iDj4A9EKMjiBVxkrVziPk+CPlvEg==" saltValue="ANJfIdWswkgS/URwzAhTrA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <phoneticPr fontId="11" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B4303C8D-4CB8-4910-9608-C348B6BEFE7F}">
   <sheetPr codeName="Sheet22">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:F30"/>
   <sheetViews>
     <sheetView topLeftCell="A9" workbookViewId="0">
-      <selection activeCell="B6" sqref="B6"/>
+      <selection activeCell="B17" sqref="B17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="11.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="20.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="14.81640625" bestFit="1" customWidth="1"/>
-    <col min="7" max="16384" width="8.7265625" hidden="1"/>
+    <col min="6" max="6" width="14.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="B2" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="B3" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="B4" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C4">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C5">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="B6" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C6">
         <v>85</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="B7" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C7">
         <v>85</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C8">
         <v>85</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="B9" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C9">
         <v>85</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="B10" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="C10">
         <v>76</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="B11" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="C11">
         <v>76</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="B12" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="C12">
         <v>76</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="B13" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="C13">
         <v>76</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="B14" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="C14">
         <v>74</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="B15" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="C15">
         <v>74</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B16" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="C16">
         <v>74</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="B17" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="C17">
         <v>74</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="B18" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="C18">
         <v>74</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="B19" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="C19">
         <v>74</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="B20" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="C20">
         <v>74</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="B21" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C21">
         <v>74</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="B22" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C22">
         <v>74</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="B23" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C23">
         <v>74</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="B24" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C24">
         <v>74</v>
       </c>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="B25" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="C25">
         <v>70</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="B26" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="C26">
         <v>70</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="B27" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="C27">
         <v>70</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="B28" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="C28">
         <v>70</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.35"/>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.35"/>
+    <row r="29" spans="1:3"/>
+    <row r="30" spans="1:3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="dyeCz4fj7hm5oA0W4CkhPoXnZ34DnqIWM2f6R71elUSgAjf/8l0gwEy6uz8g9ExuatXBK0Hw/5g4TsfR4esazQ==" saltValue="yt958lIAiZvon2nduBwSMA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{EC8F4B7E-F23C-4062-85EA-09367059FCA6}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{89FEBD84-3A9B-44DA-82F0-38F4916F38B0}">
   <sheetPr codeName="Sheet3">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
-  <dimension ref="A1:G31"/>
+  <dimension ref="A1:G32"/>
   <sheetViews>
-    <sheetView topLeftCell="A10" workbookViewId="0">
-      <selection activeCell="A32" sqref="A32"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="E24" sqref="E24"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="16384" width="8.7265625" hidden="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="21.7109375" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="8.7109375" customWidth="1"/>
+    <col min="6" max="6" width="14.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:5" x14ac:dyDescent="0.35">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5">
       <c r="A2" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B2" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:5" x14ac:dyDescent="0.35">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
       <c r="A3" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="B3" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="B4" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C4">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C5">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:5">
       <c r="A6" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="B6" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="C6">
         <v>78</v>
       </c>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="B7" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="C7">
         <v>78</v>
       </c>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="B8" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C8">
         <v>67</v>
       </c>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="B9" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C9">
         <v>67</v>
       </c>
     </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="B10" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C10">
         <v>66</v>
       </c>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:5">
       <c r="A11" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="B11" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C11">
         <v>66</v>
       </c>
     </row>
-    <row r="12" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:5">
       <c r="A12" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="B12" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="C12">
         <v>62</v>
       </c>
     </row>
-    <row r="13" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="B13" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="C13">
         <v>62</v>
       </c>
     </row>
-    <row r="14" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="B14" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="C14">
         <v>62</v>
       </c>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="B15" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="C15">
         <v>62</v>
       </c>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>330</v>
+        <v>337</v>
       </c>
       <c r="B16" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="C16">
         <v>62</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="B17" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="C17">
         <v>62</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="B18" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="C18">
         <v>62</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
       <c r="B19" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="C19">
         <v>62</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
       <c r="B20" t="s">
-        <v>53</v>
+        <v>340</v>
       </c>
       <c r="C20">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B21" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C21">
         <v>61</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B22" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C22">
         <v>61</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="B23" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C23">
         <v>61</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
       <c r="B24" t="s">
-        <v>340</v>
+        <v>60</v>
       </c>
       <c r="C24">
         <v>61</v>
       </c>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="B25" t="s">
-        <v>89</v>
+        <v>349</v>
       </c>
       <c r="C25">
         <v>61</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>342</v>
+        <v>350</v>
       </c>
       <c r="B26" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="C26">
         <v>61</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>343</v>
+        <v>351</v>
       </c>
       <c r="B27" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="C27">
         <v>61</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="B28" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="C28">
         <v>61</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="31" spans="1:3" x14ac:dyDescent="0.35"/>
+    <row r="29" spans="1:3">
+      <c r="A29" t="s">
+        <v>353</v>
+      </c>
+      <c r="B29" t="s">
+        <v>96</v>
+      </c>
+      <c r="C29">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3"/>
+    <row r="31" spans="1:3"/>
+    <row r="32" spans="1:3"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="EYitOZtnGBdlRstqMKOYAaHoDEH3eBABqOQe6CSP/EZq2+NFl/rXwWzeCiE1+FIQwGj0kYfWF41pbwDS/acNgw==" saltValue="Td4sIF2egTZqT1YdKHJl3g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A1:C1" xr:uid="{89FEBD84-3A9B-44DA-82F0-38F4916F38B0}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C28">
       <sortCondition descending="1" ref="C1"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{1683C5CC-EB06-455F-84E5-46A711D3C778}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A4B6A328-F6BD-4423-AA96-E8BE9DD7D262}">
   <sheetPr codeName="Sheet4">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:F29"/>
   <sheetViews>
-    <sheetView topLeftCell="A8" workbookViewId="0">
-      <selection activeCell="A30" sqref="A30"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B18" sqref="B18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="22.1796875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="22.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="12.7265625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="14.1796875" bestFit="1" customWidth="1"/>
-    <col min="7" max="16384" width="8.7265625" hidden="1"/>
+    <col min="6" max="6" width="14.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>345</v>
+        <v>354</v>
       </c>
       <c r="B2" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="B3" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="B4" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C4">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="B5" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C5">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="B6" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C6">
         <v>79</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>351</v>
+        <v>360</v>
       </c>
       <c r="B7" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C7">
         <v>79</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>352</v>
+        <v>361</v>
       </c>
       <c r="B8" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C8">
         <v>79</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
       <c r="B9" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C9">
         <v>79</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="B10" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C10">
         <v>79</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="B11" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C11">
         <v>79</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>356</v>
+        <v>365</v>
       </c>
       <c r="B12" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C12">
         <v>74</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="B13" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C13">
         <v>74</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="B14" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C14">
         <v>74</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="B15" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C15">
         <v>74</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="B16" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="C16">
         <v>72</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="B17" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="C17">
         <v>72</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="B18" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C18">
         <v>67</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="B19" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C19">
         <v>67</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="B20" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C20">
         <v>67</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
       <c r="B21" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C21">
         <v>67</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>368</v>
+        <v>377</v>
       </c>
       <c r="B22" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C22">
         <v>67</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="B23" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="C23">
         <v>65</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>370</v>
+        <v>379</v>
       </c>
       <c r="B24" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="C24">
         <v>65</v>
       </c>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>371</v>
+        <v>380</v>
       </c>
       <c r="B25" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="C25">
         <v>65</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>372</v>
+        <v>381</v>
       </c>
       <c r="B26" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="C26">
         <v>65</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="29" spans="1:3" x14ac:dyDescent="0.35"/>
+    <row r="27" spans="1:3"/>
+    <row r="28" spans="1:3"/>
+    <row r="29" spans="1:3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="5HE0k3zGu1Vhs8vPcAuodt05QSXHrnl39UMUFWmLCHB2MVhf/WltD/fy5SPOf92TS7xonZoQWUcyJ/Qhp5DoNQ==" saltValue="JBGv/fjCwg0LB8sSfgL0cg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{7ECA8C74-D6B4-4598-9851-EECF97CE4DAE}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7E0E289A-A7C7-4797-9349-559C9207FB13}">
   <sheetPr codeName="Sheet5">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
-  <dimension ref="A1:F38"/>
+  <dimension ref="A1:F41"/>
   <sheetViews>
-    <sheetView topLeftCell="A17" workbookViewId="0">
-      <selection activeCell="A35" sqref="A35"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="12.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="12.26953125" bestFit="1" customWidth="1"/>
-    <col min="7" max="16384" width="8.7265625" hidden="1"/>
+    <col min="6" max="6" width="12.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="B2" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>336</v>
+        <v>345</v>
       </c>
       <c r="B3" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="B4" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C4">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
       <c r="B5" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C5">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>339</v>
+        <v>348</v>
       </c>
       <c r="B6" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
       <c r="C6">
         <v>84</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>330</v>
+        <v>339</v>
       </c>
       <c r="B7" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="C7">
         <v>72</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>332</v>
+        <v>341</v>
       </c>
       <c r="B8" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="C8">
         <v>72</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="B9" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="C9">
         <v>72</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>334</v>
+        <v>343</v>
       </c>
       <c r="B10" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="C10">
         <v>72</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="B11" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C11">
         <v>65</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="B12" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C12">
         <v>65</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>373</v>
+        <v>330</v>
       </c>
       <c r="B13" t="s">
-        <v>374</v>
+        <v>328</v>
       </c>
       <c r="C13">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>375</v>
+        <v>331</v>
       </c>
       <c r="B14" t="s">
-        <v>374</v>
+        <v>328</v>
       </c>
       <c r="C14">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="B15" t="s">
-        <v>374</v>
+        <v>383</v>
       </c>
       <c r="C15">
         <v>63</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="B16" t="s">
-        <v>374</v>
+        <v>383</v>
       </c>
       <c r="C16">
         <v>63</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="B17" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="C17">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="B18" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="C18">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="B19" t="s">
-        <v>379</v>
+        <v>388</v>
       </c>
       <c r="C19">
         <v>61</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="B20" t="s">
-        <v>379</v>
+        <v>388</v>
       </c>
       <c r="C20">
         <v>61</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="B21" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="C21">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" t="s">
+        <v>391</v>
+      </c>
+      <c r="B22" t="s">
+        <v>388</v>
+      </c>
+      <c r="C22">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" t="s">
+        <v>337</v>
+      </c>
+      <c r="B23" t="s">
+        <v>338</v>
+      </c>
+      <c r="C23">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" t="s">
+        <v>392</v>
+      </c>
+      <c r="B24" t="s">
+        <v>393</v>
+      </c>
+      <c r="C24">
         <v>58</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="C22">
+    <row r="25" spans="1:3">
+      <c r="A25" t="s">
+        <v>394</v>
+      </c>
+      <c r="B25" t="s">
+        <v>393</v>
+      </c>
+      <c r="C25">
         <v>58</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
-[...32 lines deleted...]
-    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="B26" t="s">
-        <v>387</v>
+        <v>396</v>
       </c>
       <c r="C26">
         <v>57</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="B27" t="s">
-        <v>387</v>
+        <v>396</v>
       </c>
       <c r="C27">
         <v>57</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="B28" t="s">
-        <v>387</v>
+        <v>396</v>
       </c>
       <c r="C28">
         <v>57</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="B29" t="s">
-        <v>387</v>
+        <v>396</v>
       </c>
       <c r="C29">
         <v>57</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="B30" t="s">
-        <v>387</v>
+        <v>396</v>
       </c>
       <c r="C30">
         <v>57</v>
       </c>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B31" t="s">
         <v>396</v>
       </c>
       <c r="C31">
         <v>57</v>
       </c>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="B32" t="s">
         <v>396</v>
       </c>
       <c r="C32">
         <v>57</v>
       </c>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="B33" t="s">
         <v>396</v>
       </c>
       <c r="C33">
         <v>57</v>
       </c>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="B34" t="s">
-        <v>396</v>
+        <v>405</v>
       </c>
       <c r="C34">
         <v>57</v>
       </c>
     </row>
-    <row r="35" spans="1:3" x14ac:dyDescent="0.35"/>
-[...2 lines deleted...]
-    <row r="38" spans="1:3" x14ac:dyDescent="0.35"/>
+    <row r="35" spans="1:3">
+      <c r="A35" t="s">
+        <v>406</v>
+      </c>
+      <c r="B35" t="s">
+        <v>405</v>
+      </c>
+      <c r="C35">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" t="s">
+        <v>407</v>
+      </c>
+      <c r="B36" t="s">
+        <v>405</v>
+      </c>
+      <c r="C36">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" t="s">
+        <v>408</v>
+      </c>
+      <c r="B37" t="s">
+        <v>405</v>
+      </c>
+      <c r="C37">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3"/>
+    <row r="39" spans="1:3"/>
+    <row r="40" spans="1:3"/>
+    <row r="41" spans="1:3"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="wR5hLn5NDVWJ/ej3o9FzzSI7PEfA8b7KgvmmYnB9z9mUBS0agJh5TwsbOpWUP7gQzI4sBhFTIrGWfvxVJBFaAA==" saltValue="QZM1RjoisT4GuenbGx2iog==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="M0OpO5kTG3t2ZucURjTItRPLSSUAKrQtKYj3Zm+xIjYz6hDe1UcZnfLLVJpDL9o7rxZg+M6W++jgBgQ8ZoVdgA==" saltValue="bEA8wGllXNwt+Tfb3OY4/Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A1:C1" xr:uid="{7E0E289A-A7C7-4797-9349-559C9207FB13}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C30">
       <sortCondition descending="1" ref="C1"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{73372FCD-5EBD-4BE0-AAE9-2C99964FBC79}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{93896C6B-F164-4624-8339-88468143AE1B}">
   <sheetPr codeName="Sheet23">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:F35"/>
   <sheetViews>
-    <sheetView topLeftCell="A14" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="A36" sqref="A36"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="B9" sqref="B9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="11.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="19.5703125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="14.1796875" bestFit="1" customWidth="1"/>
-    <col min="7" max="16384" width="8.7265625" hidden="1"/>
+    <col min="6" max="6" width="14.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>400</v>
+        <v>409</v>
       </c>
       <c r="B2" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>401</v>
+        <v>410</v>
       </c>
       <c r="B3" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="B4" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C4">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="B5" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C5">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
       <c r="B6" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C6">
         <v>94</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="B7" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C7">
         <v>94</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="B8" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C8">
         <v>94</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>408</v>
+        <v>417</v>
       </c>
       <c r="B9" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C9">
         <v>94</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>409</v>
+        <v>418</v>
       </c>
       <c r="B10" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="C10">
         <v>94</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
       <c r="B11" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="C11">
         <v>94</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="B12" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C12">
         <v>93</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
       <c r="B13" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C13">
         <v>93</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="B14" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C14">
         <v>93</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>416</v>
+        <v>425</v>
       </c>
       <c r="B15" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C15">
         <v>93</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>417</v>
+        <v>426</v>
       </c>
       <c r="B16" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="C16">
         <v>83</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="B17" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="C17">
         <v>83</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="B18" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="C18">
         <v>83</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="B19" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="C19">
         <v>83</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="B20" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="C20">
         <v>67</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>424</v>
+        <v>433</v>
       </c>
       <c r="B21" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="C21">
         <v>67</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>425</v>
+        <v>434</v>
       </c>
       <c r="B22" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="C22">
         <v>67</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>426</v>
+        <v>435</v>
       </c>
       <c r="B23" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C23">
         <v>64</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
       <c r="B24" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C24">
         <v>64</v>
       </c>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>438</v>
       </c>
       <c r="B25" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C25">
         <v>64</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="B26" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C26">
         <v>64</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
       <c r="B27" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C27">
         <v>64</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>441</v>
       </c>
       <c r="B28" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="C28">
         <v>64</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>434</v>
+        <v>443</v>
       </c>
       <c r="B29" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="C29">
         <v>64</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>435</v>
+        <v>444</v>
       </c>
       <c r="B30" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="C30">
         <v>64</v>
       </c>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>436</v>
+        <v>445</v>
       </c>
       <c r="B31" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="C31">
         <v>64</v>
       </c>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.35"/>
-[...2 lines deleted...]
-    <row r="35" x14ac:dyDescent="0.35"/>
+    <row r="32" spans="1:3"/>
+    <row r="33"/>
+    <row r="34"/>
+    <row r="35"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="bjIRQAPr2wWBZSJr5ZHY0SR9hT55PHvFWiDvfp+7MYRGzDiaNApMczpehC72+PCcjhlX+s78+3PBwFN0GiXTuQ==" saltValue="ocMjRchdB62BQKFVq/4x2A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A1:C1" xr:uid="{93896C6B-F164-4624-8339-88468143AE1B}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C31">
       <sortCondition descending="1" ref="C1"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{F84C496E-3044-4FBB-9671-98DC130FC803}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CE93C1B5-576B-4104-9A72-A148D47D10B0}">
   <sheetPr codeName="Sheet24">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:F109"/>
   <sheetViews>
-    <sheetView topLeftCell="A81" workbookViewId="0">
-      <selection activeCell="B15" sqref="B15"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B18" sqref="B18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="12.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="20.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="22.26953125" bestFit="1" customWidth="1"/>
-    <col min="7" max="16384" width="8.7265625" hidden="1"/>
+    <col min="6" max="6" width="22.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="B3" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="B4" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="C4">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>440</v>
+        <v>449</v>
       </c>
       <c r="B5" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="C5">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>441</v>
+        <v>450</v>
       </c>
       <c r="B6" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="C6">
         <v>100</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>442</v>
+        <v>451</v>
       </c>
       <c r="B7" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="C7">
         <v>100</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="B8" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="C8">
         <v>78</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>424</v>
+        <v>433</v>
       </c>
       <c r="B9" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="C9">
         <v>78</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>425</v>
+        <v>434</v>
       </c>
       <c r="B10" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="C10">
         <v>78</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>443</v>
+        <v>452</v>
       </c>
       <c r="B11" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="C11">
         <v>75</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="B12" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="C12">
         <v>75</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="B13" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="C13">
         <v>75</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="B14" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="C14">
         <v>75</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="B15" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="C15">
         <v>72</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>450</v>
+        <v>459</v>
       </c>
       <c r="B16" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="C16">
         <v>72</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="B17" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="C17">
         <v>72</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>452</v>
+        <v>461</v>
       </c>
       <c r="B18" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="C18">
         <v>72</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>453</v>
+        <v>462</v>
       </c>
       <c r="B19" t="s">
-        <v>454</v>
+        <v>463</v>
       </c>
       <c r="C19">
         <v>72</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>455</v>
+        <v>464</v>
       </c>
       <c r="B20" t="s">
-        <v>454</v>
+        <v>463</v>
       </c>
       <c r="C20">
         <v>72</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>456</v>
+        <v>465</v>
       </c>
       <c r="B21" t="s">
-        <v>454</v>
+        <v>463</v>
       </c>
       <c r="C21">
         <v>72</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>457</v>
+        <v>466</v>
       </c>
       <c r="B22" t="s">
-        <v>454</v>
+        <v>463</v>
       </c>
       <c r="C22">
         <v>72</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>417</v>
+        <v>426</v>
       </c>
       <c r="B23" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="C23">
         <v>71</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="B24" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="C24">
         <v>71</v>
       </c>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="B25" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="C25">
         <v>71</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="B26" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="C26">
         <v>71</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>432</v>
+        <v>441</v>
       </c>
       <c r="B27" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="C27">
         <v>70</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>434</v>
+        <v>443</v>
       </c>
       <c r="B28" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="C28">
         <v>70</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>435</v>
+        <v>444</v>
       </c>
       <c r="B29" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="C29">
         <v>70</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>436</v>
+        <v>445</v>
       </c>
       <c r="B30" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="C30">
         <v>70</v>
       </c>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>426</v>
+        <v>435</v>
       </c>
       <c r="B31" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C31">
         <v>69</v>
       </c>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
       <c r="B32" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C32">
         <v>69</v>
       </c>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>429</v>
+        <v>438</v>
       </c>
       <c r="B33" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C33">
         <v>69</v>
       </c>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="B34" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C34">
         <v>69</v>
       </c>
     </row>
-    <row r="35" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
       <c r="B35" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C35">
         <v>69</v>
       </c>
     </row>
-    <row r="36" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>458</v>
+        <v>467</v>
       </c>
       <c r="B36" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="C36">
         <v>69</v>
       </c>
     </row>
-    <row r="37" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>460</v>
+        <v>469</v>
       </c>
       <c r="B37" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="C37">
         <v>69</v>
       </c>
     </row>
-    <row r="38" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>461</v>
+        <v>470</v>
       </c>
       <c r="B38" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="C38">
         <v>69</v>
       </c>
     </row>
-    <row r="39" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>462</v>
+        <v>471</v>
       </c>
       <c r="B39" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="C39">
         <v>69</v>
       </c>
     </row>
-    <row r="40" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>463</v>
+        <v>472</v>
       </c>
       <c r="B40" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="C40">
         <v>69</v>
       </c>
     </row>
-    <row r="41" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>464</v>
+        <v>473</v>
       </c>
       <c r="B41" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="C41">
         <v>69</v>
       </c>
     </row>
-    <row r="42" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="B42" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C42">
         <v>68</v>
       </c>
     </row>
-    <row r="43" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
       <c r="B43" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C43">
         <v>68</v>
       </c>
     </row>
-    <row r="44" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="B44" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C44">
         <v>68</v>
       </c>
     </row>
-    <row r="45" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>416</v>
+        <v>425</v>
       </c>
       <c r="B45" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C45">
         <v>68</v>
       </c>
     </row>
-    <row r="46" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>400</v>
+        <v>409</v>
       </c>
       <c r="B46" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C46">
         <v>68</v>
       </c>
     </row>
-    <row r="47" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>401</v>
+        <v>410</v>
       </c>
       <c r="B47" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C47">
         <v>68</v>
       </c>
     </row>
-    <row r="48" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="B48" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C48">
         <v>68</v>
       </c>
     </row>
-    <row r="49" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="B49" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C49">
         <v>68</v>
       </c>
     </row>
-    <row r="50" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
       <c r="B50" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C50">
         <v>68</v>
       </c>
     </row>
-    <row r="51" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="B51" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C51">
         <v>68</v>
       </c>
     </row>
-    <row r="52" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="B52" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C52">
         <v>68</v>
       </c>
     </row>
-    <row r="53" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>408</v>
+        <v>417</v>
       </c>
       <c r="B53" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C53">
         <v>68</v>
       </c>
     </row>
-    <row r="54" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>409</v>
+        <v>418</v>
       </c>
       <c r="B54" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="C54">
         <v>68</v>
       </c>
     </row>
-    <row r="55" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
       <c r="B55" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="C55">
         <v>68</v>
       </c>
     </row>
-    <row r="56" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>465</v>
+        <v>474</v>
       </c>
       <c r="B56" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="C56">
         <v>68</v>
       </c>
     </row>
-    <row r="57" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="B57" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="C57">
         <v>68</v>
       </c>
     </row>
-    <row r="58" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>468</v>
+        <v>477</v>
       </c>
       <c r="B58" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="C58">
         <v>68</v>
       </c>
     </row>
-    <row r="59" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="B59" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="C59">
         <v>68</v>
       </c>
     </row>
-    <row r="60" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>470</v>
+        <v>479</v>
       </c>
       <c r="B60" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="C60">
         <v>68</v>
       </c>
     </row>
-    <row r="61" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>472</v>
+        <v>481</v>
       </c>
       <c r="B61" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="C61">
         <v>68</v>
       </c>
     </row>
-    <row r="62" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>473</v>
+        <v>482</v>
       </c>
       <c r="B62" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="C62">
         <v>68</v>
       </c>
     </row>
-    <row r="63" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>474</v>
+        <v>483</v>
       </c>
       <c r="B63" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="C63">
         <v>68</v>
       </c>
     </row>
-    <row r="64" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
       <c r="B64" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="C64">
         <v>67</v>
       </c>
     </row>
-    <row r="65" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="B65" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="C65">
         <v>67</v>
       </c>
     </row>
-    <row r="66" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="B66" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="C66">
         <v>67</v>
       </c>
     </row>
-    <row r="67" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>479</v>
+        <v>488</v>
       </c>
       <c r="B67" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="C67">
         <v>67</v>
       </c>
     </row>
-    <row r="68" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>480</v>
+        <v>489</v>
       </c>
       <c r="B68" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="C68">
         <v>67</v>
       </c>
     </row>
-    <row r="69" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>482</v>
+        <v>491</v>
       </c>
       <c r="B69" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="C69">
         <v>67</v>
       </c>
     </row>
-    <row r="70" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>483</v>
+        <v>492</v>
       </c>
       <c r="B70" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="C70">
         <v>67</v>
       </c>
     </row>
-    <row r="71" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>484</v>
+        <v>493</v>
       </c>
       <c r="B71" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="C71">
         <v>67</v>
       </c>
     </row>
-    <row r="72" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="B72" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="C72">
         <v>67</v>
       </c>
     </row>
-    <row r="73" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="B73" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="C73">
         <v>67</v>
       </c>
     </row>
-    <row r="74" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
       <c r="B74" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="C74">
         <v>67</v>
       </c>
     </row>
-    <row r="75" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>489</v>
+        <v>498</v>
       </c>
       <c r="B75" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
       <c r="C75">
         <v>67</v>
       </c>
     </row>
-    <row r="76" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="B76" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
       <c r="C76">
         <v>67</v>
       </c>
     </row>
-    <row r="77" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="B77" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="C77">
         <v>67</v>
       </c>
     </row>
-    <row r="78" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>493</v>
+        <v>502</v>
       </c>
       <c r="B78" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="C78">
         <v>67</v>
       </c>
     </row>
-    <row r="79" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>494</v>
+        <v>503</v>
       </c>
       <c r="B79" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="C79">
         <v>66</v>
       </c>
     </row>
-    <row r="80" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
       <c r="B80" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="C80">
         <v>66</v>
       </c>
     </row>
-    <row r="81" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>496</v>
+        <v>505</v>
       </c>
       <c r="B81" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="C81">
         <v>66</v>
       </c>
     </row>
-    <row r="82" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>497</v>
+        <v>506</v>
       </c>
       <c r="B82" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="C82">
         <v>66</v>
       </c>
     </row>
-    <row r="83" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="B83" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="C83">
         <v>66</v>
       </c>
     </row>
-    <row r="84" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>500</v>
+        <v>509</v>
       </c>
       <c r="B84" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="C84">
         <v>66</v>
       </c>
     </row>
-    <row r="85" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>501</v>
+        <v>510</v>
       </c>
       <c r="B85" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
       <c r="C85">
         <v>65</v>
       </c>
     </row>
-    <row r="86" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>503</v>
+        <v>512</v>
       </c>
       <c r="B86" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
       <c r="C86">
         <v>65</v>
       </c>
     </row>
-    <row r="87" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>504</v>
+        <v>513</v>
       </c>
       <c r="B87" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
       <c r="C87">
         <v>65</v>
       </c>
     </row>
-    <row r="88" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="B88" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
       <c r="C88">
         <v>65</v>
       </c>
     </row>
-    <row r="89" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>506</v>
+        <v>515</v>
       </c>
       <c r="B89" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C89">
         <v>65</v>
       </c>
     </row>
-    <row r="90" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="B90" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C90">
         <v>65</v>
       </c>
     </row>
-    <row r="91" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>509</v>
+        <v>518</v>
       </c>
       <c r="B91" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C91">
         <v>65</v>
       </c>
     </row>
-    <row r="92" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>510</v>
+        <v>519</v>
       </c>
       <c r="B92" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C92">
         <v>65</v>
       </c>
     </row>
-    <row r="93" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="B93" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="C93">
         <v>65</v>
       </c>
     </row>
-    <row r="94" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>513</v>
+        <v>522</v>
       </c>
       <c r="B94" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="C94">
         <v>65</v>
       </c>
     </row>
-    <row r="95" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>514</v>
+        <v>523</v>
       </c>
       <c r="B95" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="C95">
         <v>65</v>
       </c>
     </row>
-    <row r="96" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>515</v>
+        <v>524</v>
       </c>
       <c r="B96" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="C96">
         <v>65</v>
       </c>
     </row>
-    <row r="97" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>516</v>
+        <v>525</v>
       </c>
       <c r="B97" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="C97">
         <v>65</v>
       </c>
     </row>
-    <row r="98" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="B98" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="C98">
         <v>65</v>
       </c>
     </row>
-    <row r="99" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="B99" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C99">
         <v>65</v>
       </c>
     </row>
-    <row r="100" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>521</v>
+        <v>530</v>
       </c>
       <c r="B100" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C100">
         <v>65</v>
       </c>
     </row>
-    <row r="101" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>522</v>
+        <v>531</v>
       </c>
       <c r="B101" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C101">
         <v>65</v>
       </c>
     </row>
-    <row r="102" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>523</v>
+        <v>532</v>
       </c>
       <c r="B102" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C102">
         <v>65</v>
       </c>
     </row>
-    <row r="103" spans="1:3" x14ac:dyDescent="0.35"/>
-[...5 lines deleted...]
-    <row r="109" spans="1:3" x14ac:dyDescent="0.35"/>
+    <row r="103" spans="1:3"/>
+    <row r="104" spans="1:3"/>
+    <row r="105" spans="1:3"/>
+    <row r="106" spans="1:3"/>
+    <row r="107" spans="1:3"/>
+    <row r="108" spans="1:3"/>
+    <row r="109" spans="1:3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="jN4szV3k8kCjAK9keeUdLg8M7YfFFsaWND/Wo/3fweCFBYtASvpVXpnL664pnypApawP3KxDOzGq+qGHc2mVog==" saltValue="dEUEFod5ZJ19NNpZ+ypuBg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A1:C1" xr:uid="{CE93C1B5-576B-4104-9A72-A148D47D10B0}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C102">
       <sortCondition descending="1" ref="C1"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{3ABB6A31-BAF1-4F19-BDB2-55D537642F8C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{07FD7E32-0452-4386-944B-7EE8F0F6637B}">
   <sheetPr codeName="Sheet25">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:F91"/>
   <sheetViews>
-    <sheetView topLeftCell="A51" workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B9" sqref="B9"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="11.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="23.7109375" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="14.1796875" bestFit="1" customWidth="1"/>
-    <col min="7" max="16384" width="8.7265625" hidden="1"/>
+    <col min="6" max="6" width="14.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="B2" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>370</v>
+        <v>379</v>
       </c>
       <c r="B3" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>371</v>
+        <v>380</v>
       </c>
       <c r="B4" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="C4">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>372</v>
+        <v>381</v>
       </c>
       <c r="B5" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="C5">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="B6" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="C6">
         <v>71</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>450</v>
+        <v>459</v>
       </c>
       <c r="B7" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="C7">
         <v>71</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="B8" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="C8">
         <v>71</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>452</v>
+        <v>461</v>
       </c>
       <c r="B9" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="C9">
         <v>71</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="B10" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C10">
         <v>69</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="B11" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C11">
         <v>69</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="B12" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C12">
         <v>69</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
       <c r="B13" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C13">
         <v>69</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>368</v>
+        <v>377</v>
       </c>
       <c r="B14" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C14">
         <v>69</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>432</v>
+        <v>441</v>
       </c>
       <c r="B15" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="C15">
         <v>66</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>434</v>
+        <v>443</v>
       </c>
       <c r="B16" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="C16">
         <v>66</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>435</v>
+        <v>444</v>
       </c>
       <c r="B17" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="C17">
         <v>66</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>436</v>
+        <v>445</v>
       </c>
       <c r="B18" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="C18">
         <v>66</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="B19" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C19">
         <v>65</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
       <c r="B20" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C20">
         <v>65</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="B21" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C21">
         <v>65</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>416</v>
+        <v>425</v>
       </c>
       <c r="B22" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C22">
         <v>65</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>506</v>
+        <v>515</v>
       </c>
       <c r="B23" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C23">
         <v>64</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="B24" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C24">
         <v>64</v>
       </c>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>509</v>
+        <v>518</v>
       </c>
       <c r="B25" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C25">
         <v>64</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>510</v>
+        <v>519</v>
       </c>
       <c r="B26" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C26">
         <v>64</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>443</v>
+        <v>452</v>
       </c>
       <c r="B27" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="C27">
         <v>64</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="B28" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="C28">
         <v>64</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="B29" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="C29">
         <v>64</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="B30" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="C30">
         <v>64</v>
       </c>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="B31" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C31">
         <v>64</v>
       </c>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>521</v>
+        <v>530</v>
       </c>
       <c r="B32" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C32">
         <v>64</v>
       </c>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>522</v>
+        <v>531</v>
       </c>
       <c r="B33" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C33">
         <v>64</v>
       </c>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>523</v>
+        <v>532</v>
       </c>
       <c r="B34" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C34">
         <v>64</v>
       </c>
     </row>
-    <row r="35" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>409</v>
+        <v>418</v>
       </c>
       <c r="B35" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="C35">
         <v>64</v>
       </c>
     </row>
-    <row r="36" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
       <c r="B36" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="C36">
         <v>64</v>
       </c>
     </row>
-    <row r="37" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>417</v>
+        <v>426</v>
       </c>
       <c r="B37" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="C37">
         <v>63</v>
       </c>
     </row>
-    <row r="38" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="B38" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="C38">
         <v>63</v>
       </c>
     </row>
-    <row r="39" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="B39" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="C39">
         <v>63</v>
       </c>
     </row>
-    <row r="40" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="B40" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="C40">
         <v>63</v>
       </c>
     </row>
-    <row r="41" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>400</v>
+        <v>409</v>
       </c>
       <c r="B41" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C41">
         <v>63</v>
       </c>
     </row>
-    <row r="42" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>401</v>
+        <v>410</v>
       </c>
       <c r="B42" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C42">
         <v>63</v>
       </c>
     </row>
-    <row r="43" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="B43" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C43">
         <v>63</v>
       </c>
     </row>
-    <row r="44" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="B44" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C44">
         <v>63</v>
       </c>
     </row>
-    <row r="45" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>524</v>
+        <v>533</v>
       </c>
       <c r="B45" t="s">
-        <v>525</v>
+        <v>534</v>
       </c>
       <c r="C45">
         <v>63</v>
       </c>
     </row>
-    <row r="46" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>526</v>
+        <v>535</v>
       </c>
       <c r="B46" t="s">
-        <v>525</v>
+        <v>534</v>
       </c>
       <c r="C46">
         <v>63</v>
       </c>
     </row>
-    <row r="47" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>527</v>
+        <v>536</v>
       </c>
       <c r="B47" t="s">
-        <v>525</v>
+        <v>534</v>
       </c>
       <c r="C47">
         <v>63</v>
       </c>
     </row>
-    <row r="48" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>528</v>
+        <v>537</v>
       </c>
       <c r="B48" t="s">
-        <v>525</v>
+        <v>534</v>
       </c>
       <c r="C48">
         <v>63</v>
       </c>
     </row>
-    <row r="49" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
       <c r="B49" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C49">
         <v>63</v>
       </c>
     </row>
-    <row r="50" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="B50" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C50">
         <v>63</v>
       </c>
     </row>
-    <row r="51" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="B51" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C51">
         <v>63</v>
       </c>
     </row>
-    <row r="52" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>408</v>
+        <v>417</v>
       </c>
       <c r="B52" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C52">
         <v>63</v>
       </c>
     </row>
-    <row r="53" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>356</v>
+        <v>365</v>
       </c>
       <c r="B53" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C53">
         <v>63</v>
       </c>
     </row>
-    <row r="54" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="B54" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C54">
         <v>63</v>
       </c>
     </row>
-    <row r="55" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="B55" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C55">
         <v>63</v>
       </c>
     </row>
-    <row r="56" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="B56" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C56">
         <v>63</v>
       </c>
     </row>
-    <row r="57" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>529</v>
+        <v>538</v>
       </c>
       <c r="B57" t="s">
-        <v>530</v>
+        <v>539</v>
       </c>
       <c r="C57">
         <v>60</v>
       </c>
     </row>
-    <row r="58" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>531</v>
+        <v>540</v>
       </c>
       <c r="B58" t="s">
-        <v>530</v>
+        <v>539</v>
       </c>
       <c r="C58">
         <v>60</v>
       </c>
     </row>
-    <row r="59" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>532</v>
+        <v>541</v>
       </c>
       <c r="B59" t="s">
-        <v>530</v>
+        <v>539</v>
       </c>
       <c r="C59">
         <v>60</v>
       </c>
     </row>
-    <row r="60" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
       <c r="B60" t="s">
-        <v>530</v>
+        <v>539</v>
       </c>
       <c r="C60">
         <v>60</v>
       </c>
     </row>
-    <row r="61" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="B61" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="C61">
         <v>60</v>
       </c>
     </row>
-    <row r="62" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="B62" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="C62">
         <v>60</v>
       </c>
     </row>
-    <row r="63" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="B63" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="C63">
         <v>60</v>
       </c>
     </row>
-    <row r="64" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="B64" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="C64">
         <v>60</v>
       </c>
     </row>
-    <row r="65" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="B65" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="C65">
         <v>60</v>
       </c>
     </row>
-    <row r="66" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="B66" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="C66">
         <v>60</v>
       </c>
     </row>
-    <row r="67" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="B67" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="C67">
         <v>53</v>
       </c>
     </row>
-    <row r="68" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="B68" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="C68">
         <v>53</v>
       </c>
     </row>
-    <row r="69" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="B69" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="C69">
         <v>53</v>
       </c>
     </row>
-    <row r="70" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="B70" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="C70">
         <v>53</v>
       </c>
     </row>
-    <row r="71" spans="1:3" x14ac:dyDescent="0.35"/>
-[...19 lines deleted...]
-    <row r="91" x14ac:dyDescent="0.35"/>
+    <row r="71" spans="1:3"/>
+    <row r="72" spans="1:3"/>
+    <row r="73" spans="1:3"/>
+    <row r="74" spans="1:3"/>
+    <row r="75" spans="1:3"/>
+    <row r="76" spans="1:3"/>
+    <row r="77" spans="1:3"/>
+    <row r="78" spans="1:3"/>
+    <row r="79" spans="1:3"/>
+    <row r="80" spans="1:3"/>
+    <row r="81"/>
+    <row r="82"/>
+    <row r="83"/>
+    <row r="84"/>
+    <row r="85"/>
+    <row r="86"/>
+    <row r="87"/>
+    <row r="88"/>
+    <row r="89"/>
+    <row r="90"/>
+    <row r="91"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="HWbh9LqAKAbVPNPu/KqfXm9WB7zPXL4yWktt28cS96sQhm0Lih0OSPvV1deLKYe03WfqzZ3D9G7RMVyOYdXKTw==" saltValue="zKWsEa5+qevKs0eDTYxToQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A1:C1" xr:uid="{07FD7E32-0452-4386-944B-7EE8F0F6637B}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C26">
       <sortCondition descending="1" ref="C1"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{EB625FF4-214A-4667-BA6C-A67DC70BA299}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8F67FAD4-54EC-478C-9F99-D573FD8B1533}">
   <sheetPr codeName="Sheet7">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:G12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A13" sqref="A13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="8" max="16384" width="8.7265625" hidden="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>534</v>
+        <v>543</v>
       </c>
       <c r="B2" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>535</v>
+        <v>544</v>
       </c>
       <c r="B3" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>536</v>
+        <v>545</v>
       </c>
       <c r="B4" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="C4">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>537</v>
+        <v>546</v>
       </c>
       <c r="B5" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="C5">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>538</v>
+        <v>547</v>
       </c>
       <c r="B6" t="s">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="C6">
         <v>90</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>540</v>
+        <v>549</v>
       </c>
       <c r="B7" t="s">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="C7">
         <v>90</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>541</v>
+        <v>550</v>
       </c>
       <c r="B8" t="s">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="C8">
         <v>90</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>542</v>
+        <v>551</v>
       </c>
       <c r="B9" t="s">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="C9">
         <v>90</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35"/>
+    <row r="10" spans="1:6"/>
+    <row r="11" spans="1:6"/>
+    <row r="12" spans="1:6"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="c/1sFlTTDbyZ9MfgFvrVTeig65Ybvsfd53X9+oo/DvkaCOkQPyxSZDbgI2lF/pZzLbjq+LTl39TnreT2GIAS1g==" saltValue="t4S24D0pCBFD3dv+tb0qBQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{847CAF06-47CC-4442-A2BD-DC35D5D3499D}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0452F6BF-0F92-4C37-9B06-278F159B0330}">
   <sheetPr codeName="Sheet8">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:I21"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A22" sqref="A22"/>
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="11.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="21.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="12.26953125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="9" width="0" hidden="1" customWidth="1"/>
-    <col min="10" max="16384" width="8.7265625" hidden="1"/>
+    <col min="10" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:9">
       <c r="A2" t="s">
-        <v>543</v>
+        <v>552</v>
       </c>
       <c r="B2" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="I2" s="2"/>
     </row>
-    <row r="3" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>545</v>
+        <v>554</v>
       </c>
       <c r="B3" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="C3">
         <v>61</v>
       </c>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>547</v>
+        <v>556</v>
       </c>
       <c r="B4" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="C4">
         <v>61</v>
       </c>
     </row>
-    <row r="5" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>548</v>
+        <v>557</v>
       </c>
       <c r="B5" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="C5">
         <v>61</v>
       </c>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>549</v>
+        <v>558</v>
       </c>
       <c r="B6" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C6">
         <v>57</v>
       </c>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>551</v>
+        <v>560</v>
       </c>
       <c r="B7" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C7">
         <v>57</v>
       </c>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>552</v>
+        <v>561</v>
       </c>
       <c r="B8" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C8">
         <v>57</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>553</v>
+        <v>562</v>
       </c>
       <c r="B9" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C9">
         <v>57</v>
       </c>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>554</v>
+        <v>563</v>
       </c>
       <c r="B10" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="C10">
         <v>57</v>
       </c>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
       <c r="B11" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
       <c r="C11">
         <v>55</v>
       </c>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>556</v>
+        <v>565</v>
       </c>
       <c r="B12" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="C12">
         <v>52</v>
       </c>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>558</v>
+        <v>567</v>
       </c>
       <c r="B13" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="C13">
         <v>52</v>
       </c>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>559</v>
+        <v>568</v>
       </c>
       <c r="B14" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="C14">
         <v>51</v>
       </c>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>560</v>
+        <v>569</v>
       </c>
       <c r="B15" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="C15">
         <v>51</v>
       </c>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>561</v>
+        <v>570</v>
       </c>
       <c r="B16" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
       <c r="C16">
         <v>50</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>563</v>
+        <v>572</v>
       </c>
       <c r="B17" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
       <c r="C17">
         <v>50</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35"/>
-[...2 lines deleted...]
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35"/>
+    <row r="18" spans="1:3"/>
+    <row r="19" spans="1:3"/>
+    <row r="20" spans="1:3"/>
+    <row r="21" spans="1:3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="fdJW0kaUvrSxYdYjkrb/qhOhArTM/fF07csKc+wUJSzP0qX/a8ppG0tLP7fbTdKiE3dOgKcYO/+tuJw1AeaJsg==" saltValue="wkyCwPi7YF2Ov0m3h6SJKQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A1:C1" xr:uid="{0452F6BF-0F92-4C37-9B06-278F159B0330}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C17">
       <sortCondition descending="1" ref="C1"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{4935D422-61F7-41DA-BF25-75611754A4FD}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B874FBED-AD52-4E66-898F-B87EFF10515F}">
   <sheetPr codeName="Sheet18">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:G38"/>
   <sheetViews>
-    <sheetView topLeftCell="A15" workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C26" sqref="C26"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="11.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="12.7265625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="8.7265625" hidden="1"/>
+    <col min="6" max="6" width="12.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>564</v>
+        <v>573</v>
       </c>
       <c r="B2" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>565</v>
+        <v>574</v>
       </c>
       <c r="B3" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>566</v>
+        <v>575</v>
       </c>
       <c r="B4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="C4">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>567</v>
+        <v>576</v>
       </c>
       <c r="B5" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="C5">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>568</v>
+        <v>577</v>
       </c>
       <c r="B6" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="C6">
         <v>94</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>569</v>
+        <v>578</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="C7">
         <v>94</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>570</v>
+        <v>579</v>
       </c>
       <c r="B8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="C8">
         <v>94</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>571</v>
+        <v>580</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="C9">
         <v>94</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>572</v>
+        <v>581</v>
       </c>
       <c r="B10" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C10">
         <v>84</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>573</v>
+        <v>582</v>
       </c>
       <c r="B11" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C11">
         <v>84</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>574</v>
+        <v>583</v>
       </c>
       <c r="B12" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C12">
         <v>84</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>575</v>
+        <v>584</v>
       </c>
       <c r="B13" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C13">
         <v>84</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>576</v>
+        <v>585</v>
       </c>
       <c r="B14" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C14">
         <v>84</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>577</v>
+        <v>586</v>
       </c>
       <c r="B15" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C15">
         <v>84</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>578</v>
+        <v>587</v>
       </c>
       <c r="B16" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C16">
         <v>84</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>579</v>
+        <v>588</v>
       </c>
       <c r="B17" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C17">
         <v>84</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>580</v>
+        <v>589</v>
       </c>
       <c r="B18" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C18">
         <v>84</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>581</v>
+        <v>590</v>
       </c>
       <c r="B19" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C19">
         <v>84</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>582</v>
+        <v>591</v>
       </c>
       <c r="B20" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C20">
         <v>82</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>584</v>
+        <v>593</v>
       </c>
       <c r="B21" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C21">
         <v>82</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>585</v>
+        <v>594</v>
       </c>
       <c r="B22" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C22">
         <v>82</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>586</v>
+        <v>595</v>
       </c>
       <c r="B23" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C23">
         <v>82</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>587</v>
+        <v>596</v>
       </c>
       <c r="B24" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C24">
         <v>82</v>
       </c>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>588</v>
+        <v>597</v>
       </c>
       <c r="B25" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C25">
         <v>82</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>589</v>
+        <v>598</v>
       </c>
       <c r="B26" t="s">
-        <v>590</v>
+        <v>599</v>
       </c>
       <c r="C26">
         <v>81</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="B27" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C27">
         <v>80</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>593</v>
+        <v>602</v>
       </c>
       <c r="B28" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C28">
         <v>80</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>594</v>
+        <v>603</v>
       </c>
       <c r="B29" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C29">
         <v>80</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>595</v>
+        <v>604</v>
       </c>
       <c r="B30" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C30">
         <v>80</v>
       </c>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>596</v>
+        <v>605</v>
       </c>
       <c r="B31" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C31">
         <v>80</v>
       </c>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>597</v>
+        <v>606</v>
       </c>
       <c r="B32" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C32">
         <v>80</v>
       </c>
     </row>
-    <row r="33" x14ac:dyDescent="0.35"/>
-[...4 lines deleted...]
-    <row r="38" x14ac:dyDescent="0.35"/>
+    <row r="33"/>
+    <row r="34"/>
+    <row r="35"/>
+    <row r="36"/>
+    <row r="37"/>
+    <row r="38"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="HtnTj/5nBPovkrSMdO5lqcH1zbd1C3RWf/BH4+CqEemq9x/5rX/PvmIFZwopZCkHv6+SBuQihKB72XNVtywOCg==" saltValue="dSKdLRJy8T/8g8fgKyniag==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A1:C1" xr:uid="{B874FBED-AD52-4E66-898F-B87EFF10515F}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C19">
       <sortCondition descending="1" ref="C1"/>
     </sortState>
   </autoFilter>
   <phoneticPr fontId="11" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{FA707DF0-1EDE-4098-A5B9-2674E548F080}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{94FF6A5A-FE0C-4410-A55C-A569A241489B}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:L36"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D24" sqref="D24:D28"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="2" width="8.7265625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="6" width="21.453125" customWidth="1"/>
+    <col min="1" max="2" width="8.7109375" customWidth="1"/>
+    <col min="3" max="3" width="33.5703125" customWidth="1"/>
+    <col min="4" max="6" width="21.42578125" customWidth="1"/>
     <col min="7" max="7" width="37" customWidth="1"/>
-    <col min="8" max="8" width="23.453125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="13" max="16384" width="8.7265625" hidden="1"/>
+    <col min="8" max="8" width="23.42578125" customWidth="1"/>
+    <col min="9" max="12" width="8.7109375" customWidth="1"/>
+    <col min="13" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:8">
       <c r="A1" s="12"/>
       <c r="B1" s="12"/>
       <c r="C1" s="12"/>
       <c r="D1" s="12"/>
       <c r="E1" s="12"/>
       <c r="F1" s="12"/>
       <c r="G1" s="12"/>
       <c r="H1" s="12"/>
     </row>
-    <row r="2" spans="1:8" ht="20" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:8" ht="21">
       <c r="A2" s="12"/>
       <c r="B2" s="23" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
       <c r="E2" s="12"/>
       <c r="F2" s="12"/>
       <c r="G2" s="12"/>
       <c r="H2" s="12"/>
     </row>
-    <row r="3" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:8">
       <c r="A3" s="12"/>
       <c r="B3" s="12"/>
       <c r="C3" s="12"/>
       <c r="D3" s="12"/>
-      <c r="E3" s="41"/>
-[...1 lines deleted...]
-      <c r="G3" s="41"/>
+      <c r="E3" s="34"/>
+      <c r="F3" s="34"/>
+      <c r="G3" s="34"/>
       <c r="H3" s="12"/>
     </row>
-    <row r="4" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:8">
       <c r="A4" s="12"/>
-      <c r="B4" s="34" t="s">
-[...3 lines deleted...]
-      <c r="D4" s="36"/>
+      <c r="B4" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" s="38"/>
+      <c r="D4" s="39"/>
       <c r="E4" s="16"/>
-      <c r="F4" s="42" t="s">
-[...5 lines deleted...]
-    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="F4" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="G4" s="35"/>
+      <c r="H4" s="35"/>
+    </row>
+    <row r="5" spans="1:8">
       <c r="A5" s="12"/>
       <c r="B5" s="18" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="C5" s="18" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="D5" s="18" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="E5" s="16"/>
       <c r="F5" s="18" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G5" s="18" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H5" s="18" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:8" x14ac:dyDescent="0.35">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
       <c r="A6" s="12"/>
       <c r="B6" s="17">
         <v>1</v>
       </c>
       <c r="C6" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C2&amp;"'!A1",Sheet1!$D2)</f>
         <v>Grimsby West 400kV</v>
       </c>
       <c r="D6" s="20" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="E6" s="12"/>
       <c r="F6" s="17">
         <v>24</v>
       </c>
       <c r="G6" s="21" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C25&amp;"'!A1",Sheet1!$D25)</f>
         <v>Chesterfield 400kV</v>
       </c>
       <c r="H6" s="22" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:8" x14ac:dyDescent="0.35">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
       <c r="A7" s="12"/>
       <c r="B7" s="17">
         <v>2</v>
       </c>
       <c r="C7" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C3&amp;"'!A1",Sheet1!$D3)</f>
         <v>Harker 400kV</v>
       </c>
-      <c r="D7" s="37" t="s">
-        <v>26</v>
+      <c r="D7" s="40" t="s">
+        <v>33</v>
       </c>
       <c r="E7" s="12"/>
       <c r="F7" s="17">
         <v>25</v>
       </c>
       <c r="G7" s="21" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C26&amp;"'!A1",Sheet1!$D26)</f>
         <v>Ryhall MC1 400kV</v>
       </c>
-      <c r="H7" s="40" t="s">
-[...3 lines deleted...]
-    <row r="8" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="H7" s="33" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
       <c r="A8" s="12"/>
       <c r="B8" s="17">
         <v>3</v>
       </c>
       <c r="C8" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C4&amp;"'!A1",Sheet1!$D4)</f>
         <v>Heysham 400kV</v>
       </c>
-      <c r="D8" s="38"/>
+      <c r="D8" s="41"/>
       <c r="E8" s="12"/>
       <c r="F8" s="17">
         <v>26</v>
       </c>
       <c r="G8" s="21" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C27&amp;"'!A1",Sheet1!$D27)</f>
         <v>Ryhall 4B 400kV</v>
       </c>
-      <c r="H8" s="40"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="H8" s="33"/>
+    </row>
+    <row r="9" spans="1:8">
       <c r="A9" s="12"/>
       <c r="B9" s="17">
         <v>4</v>
       </c>
       <c r="C9" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C5&amp;"'!A1",Sheet1!$D5)</f>
         <v>Penwortham 400kV</v>
       </c>
-      <c r="D9" s="39"/>
+      <c r="D9" s="42"/>
       <c r="E9" s="12"/>
       <c r="F9" s="17">
         <v>27</v>
       </c>
       <c r="G9" s="21" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C28&amp;"'!A1",Sheet1!$D28)</f>
         <v>Enderby 400kV</v>
       </c>
-      <c r="H9" s="40"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="H9" s="33"/>
+    </row>
+    <row r="10" spans="1:8">
       <c r="A10" s="12"/>
       <c r="B10" s="17">
         <v>5</v>
       </c>
       <c r="C10" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C6&amp;"'!A1",Sheet1!$D6)</f>
         <v>Birkenhead 275kV</v>
       </c>
       <c r="D10" s="20" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="E10" s="12"/>
       <c r="F10" s="17">
         <v>28</v>
       </c>
       <c r="G10" s="21" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C29&amp;"'!A1",Sheet1!$D29)</f>
         <v>Stoke Bardolph 400kV</v>
       </c>
-      <c r="H10" s="40" t="s">
-[...3 lines deleted...]
-    <row r="11" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="H10" s="33" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
       <c r="A11" s="12"/>
       <c r="B11" s="17">
         <v>6</v>
       </c>
       <c r="C11" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C7&amp;"'!A1",Sheet1!$D7)</f>
         <v>Brinsworth 400kV</v>
       </c>
-      <c r="D11" s="33" t="s">
-        <v>25</v>
+      <c r="D11" s="36" t="s">
+        <v>32</v>
       </c>
       <c r="E11" s="12"/>
       <c r="F11" s="17">
         <v>29</v>
       </c>
       <c r="G11" s="21" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C30&amp;"'!A1",Sheet1!$D30)</f>
         <v>Staythorpe 400kV</v>
       </c>
-      <c r="H11" s="40"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="H11" s="33"/>
+    </row>
+    <row r="12" spans="1:8">
       <c r="A12" s="12"/>
       <c r="B12" s="17">
         <v>7</v>
       </c>
       <c r="C12" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C8&amp;"'!A1",Sheet1!$D8)</f>
         <v>Chesterfield 400kV</v>
       </c>
-      <c r="D12" s="33"/>
+      <c r="D12" s="36"/>
       <c r="E12" s="12"/>
       <c r="F12" s="17">
         <v>30</v>
       </c>
       <c r="G12" s="21" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C31&amp;"'!A1",Sheet1!$D31)</f>
         <v>Patford Bridge 4B 400kV</v>
       </c>
-      <c r="H12" s="40" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="H12" s="33" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
       <c r="A13" s="12"/>
       <c r="B13" s="17">
         <v>8</v>
       </c>
       <c r="C13" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C9&amp;"'!A1",Sheet1!$D9)</f>
         <v>Grendon 400kV</v>
       </c>
-      <c r="D13" s="33" t="s">
-        <v>27</v>
+      <c r="D13" s="36" t="s">
+        <v>34</v>
       </c>
       <c r="E13" s="12"/>
       <c r="F13" s="17">
         <v>31</v>
       </c>
       <c r="G13" s="21" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C32&amp;"'!A1",Sheet1!$D32)</f>
         <v>Patford Bridge 4A 400kV</v>
       </c>
-      <c r="H13" s="40"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="H13" s="33"/>
+    </row>
+    <row r="14" spans="1:8">
       <c r="A14" s="12"/>
       <c r="B14" s="17">
         <v>9</v>
       </c>
       <c r="C14" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C10&amp;"'!A1",Sheet1!$D10)</f>
         <v>Enderby 400kV</v>
       </c>
-      <c r="D14" s="33"/>
+      <c r="D14" s="36"/>
       <c r="E14" s="12"/>
       <c r="F14" s="17">
         <v>32</v>
       </c>
       <c r="G14" s="21" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C33&amp;"'!A1",Sheet1!$D33)</f>
         <v>Amersham Main R 400kV</v>
       </c>
-      <c r="H14" s="40" t="s">
-[...3 lines deleted...]
-    <row r="15" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="H14" s="33" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
       <c r="A15" s="12"/>
       <c r="B15" s="17">
         <v>10</v>
       </c>
       <c r="C15" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C11&amp;"'!A1",Sheet1!$D11)</f>
         <v>Eaton Socon 400kV</v>
       </c>
-      <c r="D15" s="33"/>
+      <c r="D15" s="36"/>
       <c r="E15" s="12"/>
       <c r="F15" s="17">
         <v>33</v>
       </c>
       <c r="G15" s="21" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C34&amp;"'!A1",Sheet1!$D34)</f>
         <v>Amersham Main M 400kV</v>
       </c>
-      <c r="H15" s="40"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="H15" s="33"/>
+    </row>
+    <row r="16" spans="1:8">
       <c r="A16" s="12"/>
       <c r="B16" s="17">
         <v>11</v>
       </c>
       <c r="C16" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C12&amp;"'!A1",Sheet1!$D12)</f>
         <v>Kitwell 275kV</v>
       </c>
-      <c r="D16" s="33" t="s">
-        <v>30</v>
+      <c r="D16" s="36" t="s">
+        <v>37</v>
       </c>
       <c r="E16" s="12"/>
       <c r="F16" s="12"/>
       <c r="G16" s="12"/>
       <c r="H16" s="12"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:8">
       <c r="A17" s="12"/>
       <c r="B17" s="17">
         <v>12</v>
       </c>
       <c r="C17" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C13&amp;"'!A1",Sheet1!$D13)</f>
         <v>Feckenham 400kV</v>
       </c>
-      <c r="D17" s="33"/>
+      <c r="D17" s="36"/>
       <c r="E17" s="12"/>
       <c r="F17" s="12"/>
       <c r="G17" s="12"/>
       <c r="H17" s="12"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:8">
       <c r="A18" s="12"/>
       <c r="B18" s="17">
         <v>13</v>
       </c>
       <c r="C18" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C14&amp;"'!A1",Sheet1!$D14)</f>
         <v>Rugeley 400kV</v>
       </c>
-      <c r="D18" s="33"/>
+      <c r="D18" s="36"/>
       <c r="E18" s="12"/>
       <c r="F18" s="12"/>
       <c r="G18" s="12"/>
       <c r="H18" s="12"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:8">
       <c r="A19" s="12"/>
       <c r="B19" s="17">
         <v>14</v>
       </c>
       <c r="C19" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C15&amp;"'!A1",Sheet1!$D15)</f>
         <v>Tilbury 275kV</v>
       </c>
-      <c r="D19" s="33" t="s">
-        <v>31</v>
+      <c r="D19" s="36" t="s">
+        <v>38</v>
       </c>
       <c r="E19" s="12"/>
       <c r="F19" s="12"/>
       <c r="G19" s="12"/>
       <c r="H19" s="12"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:8">
       <c r="A20" s="12"/>
       <c r="B20" s="17">
         <v>15</v>
       </c>
       <c r="C20" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C16&amp;"'!A1",Sheet1!$D16)</f>
         <v>Amersham Main R 400kV</v>
       </c>
-      <c r="D20" s="33"/>
+      <c r="D20" s="36"/>
       <c r="E20" s="12"/>
       <c r="F20" s="12"/>
       <c r="G20" s="12"/>
       <c r="H20" s="12"/>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:8">
       <c r="A21" s="12"/>
       <c r="B21" s="17">
         <v>16</v>
       </c>
       <c r="C21" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C17&amp;"'!A1",Sheet1!$D17)</f>
         <v>Bramley 400kV</v>
       </c>
-      <c r="D21" s="33" t="s">
-        <v>32</v>
+      <c r="D21" s="36" t="s">
+        <v>39</v>
       </c>
       <c r="E21" s="12"/>
       <c r="F21" s="12"/>
       <c r="G21" s="12"/>
       <c r="H21" s="12"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:8">
       <c r="A22" s="12"/>
       <c r="B22" s="17">
         <v>17</v>
       </c>
       <c r="C22" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C18&amp;"'!A1",Sheet1!$D18)</f>
         <v>Didcot 400kV</v>
       </c>
-      <c r="D22" s="33"/>
+      <c r="D22" s="36"/>
       <c r="E22" s="12"/>
       <c r="F22" s="12"/>
       <c r="G22" s="12"/>
       <c r="H22" s="12"/>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:8">
       <c r="A23" s="12"/>
       <c r="B23" s="17">
         <v>18</v>
       </c>
       <c r="C23" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C19&amp;"'!A1",Sheet1!$D19)</f>
         <v>Fleet 400kV</v>
       </c>
-      <c r="D23" s="33"/>
+      <c r="D23" s="36"/>
       <c r="E23" s="12"/>
       <c r="F23" s="12"/>
       <c r="G23" s="12"/>
       <c r="H23" s="12"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:8">
       <c r="A24" s="12"/>
       <c r="B24" s="17">
         <v>19</v>
       </c>
       <c r="C24" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C20&amp;"'!A1",Sheet1!$D20)</f>
         <v>Hinkley Point 400kV</v>
       </c>
-      <c r="D24" s="33" t="s">
-        <v>33</v>
+      <c r="D24" s="36" t="s">
+        <v>40</v>
       </c>
       <c r="E24" s="12"/>
       <c r="F24" s="12"/>
       <c r="G24" s="12"/>
       <c r="H24" s="12"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:8">
       <c r="A25" s="12"/>
       <c r="B25" s="17">
         <v>20</v>
       </c>
       <c r="C25" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C21&amp;"'!A1",Sheet1!$D21)</f>
         <v>Imperial Park 400kV</v>
       </c>
-      <c r="D25" s="33"/>
+      <c r="D25" s="36"/>
       <c r="E25" s="12"/>
       <c r="F25" s="12"/>
       <c r="G25" s="12"/>
       <c r="H25" s="12"/>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:8">
       <c r="A26" s="12"/>
       <c r="B26" s="17">
         <v>21</v>
       </c>
       <c r="C26" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C22&amp;"'!A1",Sheet1!$D22)</f>
         <v>Iron Acton 275kV</v>
       </c>
-      <c r="D26" s="33"/>
+      <c r="D26" s="36"/>
       <c r="E26" s="12"/>
       <c r="F26" s="12"/>
       <c r="G26" s="12"/>
       <c r="H26" s="12"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:8">
       <c r="A27" s="12"/>
       <c r="B27" s="17">
         <v>22</v>
       </c>
       <c r="C27" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C23&amp;"'!A1",Sheet1!$D23)</f>
         <v>Minety 400kV</v>
       </c>
-      <c r="D27" s="33"/>
+      <c r="D27" s="36"/>
       <c r="E27" s="12"/>
       <c r="F27" s="12"/>
       <c r="G27" s="12"/>
       <c r="H27" s="12"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:8">
       <c r="A28" s="12"/>
       <c r="B28" s="17">
         <v>23</v>
       </c>
       <c r="C28" s="19" t="str">
         <f>HYPERLINK("#'"&amp;Sheet1!$C24&amp;"'!A1",Sheet1!$D24)</f>
         <v>Seabank 400kV</v>
       </c>
-      <c r="D28" s="33"/>
+      <c r="D28" s="36"/>
       <c r="E28" s="12"/>
       <c r="F28" s="12"/>
       <c r="G28" s="12"/>
       <c r="H28" s="12"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:8">
       <c r="A29" s="12"/>
       <c r="B29" s="12"/>
       <c r="C29" s="12"/>
       <c r="D29" s="12"/>
       <c r="E29" s="12"/>
       <c r="F29" s="12"/>
       <c r="G29" s="12"/>
       <c r="H29" s="12"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:8">
       <c r="A30" s="12"/>
       <c r="B30" s="12"/>
       <c r="C30" s="12"/>
       <c r="D30" s="12"/>
       <c r="E30" s="12"/>
       <c r="F30" s="12"/>
       <c r="G30" s="12"/>
       <c r="H30" s="12"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:8">
       <c r="A31" s="12"/>
       <c r="B31" s="12"/>
       <c r="C31" s="12"/>
       <c r="D31" s="12"/>
       <c r="E31" s="12"/>
       <c r="F31" s="12"/>
       <c r="G31" s="12"/>
       <c r="H31" s="12"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.35"/>
-[...3 lines deleted...]
-    <row r="36" x14ac:dyDescent="0.35"/>
+    <row r="32" spans="1:8"/>
+    <row r="33"/>
+    <row r="34"/>
+    <row r="35"/>
+    <row r="36"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="0djZKIaLK//XgqyNKDVroTFgKBtwV5u3pWjIIH3DHOnMAA9kxGNsOwY+2EXSiFpsx9oDFvSAjlfACI1ExAP0Zg==" saltValue="Y+JRDzg9sz9xaeCIcv72Ag==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="W3pPNDd0WxLlHj9S8b5gdQNqXe+wFo6vbkDcex+n1wRHf9Qd3d5Vmwcb+ISqSQyjUTVabxvFHpsIm326GDWLhw==" saltValue="Xj2uFYZxtsRvMvxFyUKqSQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="14">
-    <mergeCell ref="H14:H15"/>
-[...4 lines deleted...]
-    <mergeCell ref="H12:H13"/>
     <mergeCell ref="D24:D28"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="D13:D15"/>
     <mergeCell ref="D21:D23"/>
     <mergeCell ref="D7:D9"/>
     <mergeCell ref="D11:D12"/>
     <mergeCell ref="D16:D18"/>
     <mergeCell ref="D19:D20"/>
+    <mergeCell ref="H14:H15"/>
+    <mergeCell ref="E3:G3"/>
+    <mergeCell ref="F4:H4"/>
+    <mergeCell ref="H7:H9"/>
+    <mergeCell ref="H10:H11"/>
+    <mergeCell ref="H12:H13"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DC42942A-5640-4596-945E-2862051096E3}">
   <sheetPr codeName="Sheet19">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:G24"/>
   <sheetViews>
-    <sheetView topLeftCell="A3" workbookViewId="0">
-      <selection activeCell="A25" sqref="A25"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B13" sqref="B13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="11.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="12.7265625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="16384" width="8.7265625" hidden="1"/>
+    <col min="6" max="6" width="12.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>572</v>
+        <v>581</v>
       </c>
       <c r="B2" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>573</v>
+        <v>582</v>
       </c>
       <c r="B3" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>574</v>
+        <v>583</v>
       </c>
       <c r="B4" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C4">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>575</v>
+        <v>584</v>
       </c>
       <c r="B5" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C5">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>576</v>
+        <v>585</v>
       </c>
       <c r="B6" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C6">
         <v>100</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>577</v>
+        <v>586</v>
       </c>
       <c r="B7" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C7">
         <v>100</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>578</v>
+        <v>587</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C8">
         <v>100</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>579</v>
+        <v>588</v>
       </c>
       <c r="B9" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C9">
         <v>100</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>580</v>
+        <v>589</v>
       </c>
       <c r="B10" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C10">
         <v>100</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>581</v>
+        <v>590</v>
       </c>
       <c r="B11" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C11">
         <v>100</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>589</v>
+        <v>598</v>
       </c>
       <c r="B12" t="s">
-        <v>590</v>
+        <v>599</v>
       </c>
       <c r="C12">
         <v>96</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>598</v>
+        <v>607</v>
       </c>
       <c r="B13" t="s">
-        <v>599</v>
+        <v>608</v>
       </c>
       <c r="C13">
         <v>91</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>600</v>
+        <v>609</v>
       </c>
       <c r="B14" t="s">
-        <v>599</v>
+        <v>608</v>
       </c>
       <c r="C14">
         <v>91</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>601</v>
+        <v>610</v>
       </c>
       <c r="B15" t="s">
-        <v>599</v>
+        <v>608</v>
       </c>
       <c r="C15">
         <v>91</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>602</v>
+        <v>611</v>
       </c>
       <c r="B16" t="s">
-        <v>599</v>
+        <v>608</v>
       </c>
       <c r="C16">
         <v>91</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>564</v>
+        <v>573</v>
       </c>
       <c r="B17" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="C17">
         <v>80</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>565</v>
+        <v>574</v>
       </c>
       <c r="B18" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="C18">
         <v>80</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>566</v>
+        <v>575</v>
       </c>
       <c r="B19" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="C19">
         <v>80</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>567</v>
+        <v>576</v>
       </c>
       <c r="B20" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="C20">
         <v>80</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35"/>
-[...2 lines deleted...]
-    <row r="24" spans="1:3" x14ac:dyDescent="0.35"/>
+    <row r="21" spans="1:3"/>
+    <row r="22" spans="1:3"/>
+    <row r="23" spans="1:3"/>
+    <row r="24" spans="1:3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="58+OInoA3R5iB1bACFsnBw63Wssn8phhJwjTEFR/YThQZJ+W/7QBXCwwUsJjK9TYRjJiDw6F5F1KMmdr1Ve6jw==" saltValue="1beuGCXA9LXV7WCFDsgbwA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A1:C1" xr:uid="{DC42942A-5640-4596-945E-2862051096E3}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C19">
       <sortCondition descending="1" ref="C1"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{218168DD-CA7D-45A3-8C25-20F5802AF395}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00956004-26E3-4686-9BF8-11022F1DDE6F}">
   <sheetPr codeName="Sheet20">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:F125"/>
   <sheetViews>
-    <sheetView topLeftCell="A24" workbookViewId="0"/>
+    <sheetView topLeftCell="A40" workbookViewId="0">
+      <selection activeCell="B60" sqref="B60"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="11.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="12.7265625" bestFit="1" customWidth="1"/>
-    <col min="7" max="16384" width="8.7265625" hidden="1"/>
+    <col min="6" max="6" width="12.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>564</v>
+        <v>573</v>
       </c>
       <c r="B2" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="C2">
         <v>87</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>565</v>
+        <v>574</v>
       </c>
       <c r="B3" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="C3">
         <v>87</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>566</v>
+        <v>575</v>
       </c>
       <c r="B4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="C4">
         <v>87</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>567</v>
+        <v>576</v>
       </c>
       <c r="B5" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="C5">
         <v>87</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>568</v>
+        <v>577</v>
       </c>
       <c r="B6" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="C6">
         <v>100</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>569</v>
+        <v>578</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="C7">
         <v>100</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>570</v>
+        <v>579</v>
       </c>
       <c r="B8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="C8">
         <v>100</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>571</v>
+        <v>580</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="C9">
         <v>100</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>603</v>
+        <v>612</v>
       </c>
       <c r="B10" t="s">
-        <v>604</v>
+        <v>613</v>
       </c>
       <c r="C10">
         <v>84</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
       <c r="B11" t="s">
-        <v>604</v>
+        <v>613</v>
       </c>
       <c r="C11">
         <v>84</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>606</v>
+        <v>615</v>
       </c>
       <c r="B12" t="s">
-        <v>604</v>
+        <v>613</v>
       </c>
       <c r="C12">
         <v>84</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>607</v>
+        <v>616</v>
       </c>
       <c r="B13" t="s">
-        <v>604</v>
+        <v>613</v>
       </c>
       <c r="C13">
         <v>84</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>608</v>
+        <v>617</v>
       </c>
       <c r="B14" t="s">
-        <v>609</v>
+        <v>618</v>
       </c>
       <c r="C14">
         <v>83</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>610</v>
+        <v>619</v>
       </c>
       <c r="B15" t="s">
-        <v>609</v>
+        <v>618</v>
       </c>
       <c r="C15">
         <v>83</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>611</v>
+        <v>620</v>
       </c>
       <c r="B16" t="s">
-        <v>612</v>
+        <v>621</v>
       </c>
       <c r="C16">
         <v>83</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>613</v>
+        <v>622</v>
       </c>
       <c r="B17" t="s">
-        <v>612</v>
+        <v>621</v>
       </c>
       <c r="C17">
         <v>83</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>614</v>
+        <v>623</v>
       </c>
       <c r="B18" t="s">
-        <v>612</v>
+        <v>621</v>
       </c>
       <c r="C18">
         <v>83</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>615</v>
+        <v>624</v>
       </c>
       <c r="B19" t="s">
-        <v>612</v>
+        <v>621</v>
       </c>
       <c r="C19">
         <v>83</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>616</v>
+        <v>625</v>
       </c>
       <c r="B20" t="s">
-        <v>612</v>
+        <v>621</v>
       </c>
       <c r="C20">
         <v>83</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>617</v>
+        <v>626</v>
       </c>
       <c r="B21" t="s">
-        <v>612</v>
+        <v>621</v>
       </c>
       <c r="C21">
         <v>83</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>618</v>
+        <v>627</v>
       </c>
       <c r="B22" t="s">
-        <v>619</v>
+        <v>628</v>
       </c>
       <c r="C22">
         <v>83</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>620</v>
+        <v>629</v>
       </c>
       <c r="B23" t="s">
-        <v>619</v>
+        <v>628</v>
       </c>
       <c r="C23">
         <v>83</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>621</v>
+        <v>630</v>
       </c>
       <c r="B24" t="s">
-        <v>622</v>
+        <v>631</v>
       </c>
       <c r="C24">
         <v>83</v>
       </c>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>623</v>
+        <v>632</v>
       </c>
       <c r="B25" t="s">
-        <v>622</v>
+        <v>631</v>
       </c>
       <c r="C25">
         <v>83</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>624</v>
+        <v>633</v>
       </c>
       <c r="B26" t="s">
-        <v>625</v>
+        <v>634</v>
       </c>
       <c r="C26">
         <v>80</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>626</v>
+        <v>635</v>
       </c>
       <c r="B27" t="s">
-        <v>625</v>
+        <v>634</v>
       </c>
       <c r="C27">
         <v>80</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>627</v>
+        <v>636</v>
       </c>
       <c r="B28" t="s">
-        <v>625</v>
+        <v>634</v>
       </c>
       <c r="C28">
         <v>80</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
       <c r="B29" t="s">
-        <v>625</v>
+        <v>634</v>
       </c>
       <c r="C29">
         <v>80</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>629</v>
+        <v>638</v>
       </c>
       <c r="B30" t="s">
-        <v>625</v>
+        <v>634</v>
       </c>
       <c r="C30">
         <v>80</v>
       </c>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>630</v>
+        <v>639</v>
       </c>
       <c r="B31" t="s">
-        <v>625</v>
+        <v>634</v>
       </c>
       <c r="C31">
         <v>80</v>
       </c>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="B32" t="s">
-        <v>632</v>
+        <v>641</v>
       </c>
       <c r="C32">
         <v>78</v>
       </c>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="B33" t="s">
-        <v>632</v>
+        <v>641</v>
       </c>
       <c r="C33">
         <v>78</v>
       </c>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>634</v>
+        <v>643</v>
       </c>
       <c r="B34" t="s">
-        <v>632</v>
+        <v>641</v>
       </c>
       <c r="C34">
         <v>78</v>
       </c>
     </row>
-    <row r="35" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>635</v>
+        <v>644</v>
       </c>
       <c r="B35" t="s">
-        <v>636</v>
+        <v>645</v>
       </c>
       <c r="C35">
         <v>77</v>
       </c>
     </row>
-    <row r="36" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
       <c r="B36" t="s">
-        <v>636</v>
+        <v>645</v>
       </c>
       <c r="C36">
         <v>77</v>
       </c>
     </row>
-    <row r="37" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>638</v>
+        <v>647</v>
       </c>
       <c r="B37" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
       <c r="C37">
         <v>75</v>
       </c>
     </row>
-    <row r="38" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>640</v>
+        <v>649</v>
       </c>
       <c r="B38" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
       <c r="C38">
         <v>75</v>
       </c>
     </row>
-    <row r="39" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>641</v>
+        <v>650</v>
       </c>
       <c r="B39" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
       <c r="C39">
         <v>75</v>
       </c>
     </row>
-    <row r="40" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>642</v>
+        <v>651</v>
       </c>
       <c r="B40" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
       <c r="C40">
         <v>75</v>
       </c>
     </row>
-    <row r="41" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>643</v>
+        <v>652</v>
       </c>
       <c r="B41" t="s">
-        <v>644</v>
+        <v>653</v>
       </c>
       <c r="C41">
         <v>75</v>
       </c>
     </row>
-    <row r="42" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>645</v>
+        <v>654</v>
       </c>
       <c r="B42" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="C42">
         <v>74</v>
       </c>
     </row>
-    <row r="43" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>647</v>
+        <v>656</v>
       </c>
       <c r="B43" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="C43">
         <v>74</v>
       </c>
     </row>
-    <row r="44" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>648</v>
+        <v>657</v>
       </c>
       <c r="B44" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="C44">
         <v>74</v>
       </c>
     </row>
-    <row r="45" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>649</v>
+        <v>658</v>
       </c>
       <c r="B45" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="C45">
         <v>74</v>
       </c>
     </row>
-    <row r="46" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>650</v>
+        <v>659</v>
       </c>
       <c r="B46" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="C46">
         <v>74</v>
       </c>
     </row>
-    <row r="47" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>651</v>
+        <v>660</v>
       </c>
       <c r="B47" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="C47">
         <v>74</v>
       </c>
     </row>
-    <row r="48" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>652</v>
+        <v>661</v>
       </c>
       <c r="B48" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="C48">
         <v>74</v>
       </c>
     </row>
-    <row r="49" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>653</v>
+        <v>662</v>
       </c>
       <c r="B49" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="C49">
         <v>74</v>
       </c>
     </row>
-    <row r="50" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>654</v>
+        <v>663</v>
       </c>
       <c r="B50" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="C50">
         <v>74</v>
       </c>
     </row>
-    <row r="51" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>656</v>
+        <v>665</v>
       </c>
       <c r="B51" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="C51">
         <v>74</v>
       </c>
     </row>
-    <row r="52" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>657</v>
+        <v>666</v>
       </c>
       <c r="B52" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="C52">
         <v>74</v>
       </c>
     </row>
-    <row r="53" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>658</v>
+        <v>667</v>
       </c>
       <c r="B53" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="C53">
         <v>74</v>
       </c>
     </row>
-    <row r="54" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>659</v>
+        <v>668</v>
       </c>
       <c r="B54" t="s">
-        <v>660</v>
+        <v>669</v>
       </c>
       <c r="C54">
         <v>74</v>
       </c>
     </row>
-    <row r="55" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>661</v>
+        <v>670</v>
       </c>
       <c r="B55" t="s">
-        <v>660</v>
+        <v>669</v>
       </c>
       <c r="C55">
         <v>74</v>
       </c>
     </row>
-    <row r="56" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>662</v>
+        <v>671</v>
       </c>
       <c r="B56" t="s">
-        <v>660</v>
+        <v>669</v>
       </c>
       <c r="C56">
         <v>74</v>
       </c>
     </row>
-    <row r="57" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>663</v>
+        <v>672</v>
       </c>
       <c r="B57" t="s">
-        <v>660</v>
+        <v>669</v>
       </c>
       <c r="C57">
         <v>74</v>
       </c>
     </row>
-    <row r="58" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>664</v>
+        <v>673</v>
       </c>
       <c r="B58" t="s">
-        <v>665</v>
+        <v>674</v>
       </c>
       <c r="C58">
         <v>74</v>
       </c>
     </row>
-    <row r="59" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>666</v>
+        <v>675</v>
       </c>
       <c r="B59" t="s">
-        <v>665</v>
+        <v>674</v>
       </c>
       <c r="C59">
         <v>74</v>
       </c>
     </row>
-    <row r="60" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>667</v>
+        <v>676</v>
       </c>
       <c r="B60" t="s">
-        <v>665</v>
+        <v>674</v>
       </c>
       <c r="C60">
         <v>74</v>
       </c>
     </row>
-    <row r="61" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>582</v>
+        <v>591</v>
       </c>
       <c r="B61" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C61">
         <v>74</v>
       </c>
     </row>
-    <row r="62" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>584</v>
+        <v>593</v>
       </c>
       <c r="B62" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C62">
         <v>74</v>
       </c>
     </row>
-    <row r="63" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>585</v>
+        <v>594</v>
       </c>
       <c r="B63" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C63">
         <v>74</v>
       </c>
     </row>
-    <row r="64" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>586</v>
+        <v>595</v>
       </c>
       <c r="B64" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C64">
         <v>74</v>
       </c>
     </row>
-    <row r="65" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>587</v>
+        <v>596</v>
       </c>
       <c r="B65" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C65">
         <v>74</v>
       </c>
     </row>
-    <row r="66" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>588</v>
+        <v>597</v>
       </c>
       <c r="B66" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C66">
         <v>74</v>
       </c>
     </row>
-    <row r="67" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>668</v>
+        <v>677</v>
       </c>
       <c r="B67" t="s">
-        <v>669</v>
+        <v>678</v>
       </c>
       <c r="C67">
         <v>74</v>
       </c>
     </row>
-    <row r="68" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>670</v>
+        <v>679</v>
       </c>
       <c r="B68" t="s">
-        <v>669</v>
+        <v>678</v>
       </c>
       <c r="C68">
         <v>74</v>
       </c>
     </row>
-    <row r="69" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="B69" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C69">
         <v>74</v>
       </c>
     </row>
-    <row r="70" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>593</v>
+        <v>602</v>
       </c>
       <c r="B70" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C70">
         <v>74</v>
       </c>
     </row>
-    <row r="71" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>594</v>
+        <v>603</v>
       </c>
       <c r="B71" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C71">
         <v>74</v>
       </c>
     </row>
-    <row r="72" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>595</v>
+        <v>604</v>
       </c>
       <c r="B72" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C72">
         <v>74</v>
       </c>
     </row>
-    <row r="73" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>596</v>
+        <v>605</v>
       </c>
       <c r="B73" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C73">
         <v>74</v>
       </c>
     </row>
-    <row r="74" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>597</v>
+        <v>606</v>
       </c>
       <c r="B74" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C74">
         <v>74</v>
       </c>
     </row>
-    <row r="75" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>494</v>
+        <v>503</v>
       </c>
       <c r="B75" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="C75">
         <v>71</v>
       </c>
     </row>
-    <row r="76" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
       <c r="B76" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="C76">
         <v>71</v>
       </c>
     </row>
-    <row r="77" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>496</v>
+        <v>505</v>
       </c>
       <c r="B77" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="C77">
         <v>71</v>
       </c>
     </row>
-    <row r="78" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>497</v>
+        <v>506</v>
       </c>
       <c r="B78" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="C78">
         <v>71</v>
       </c>
     </row>
-    <row r="79" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>589</v>
+        <v>598</v>
       </c>
       <c r="B79" t="s">
-        <v>590</v>
+        <v>599</v>
       </c>
       <c r="C79">
         <v>71</v>
       </c>
     </row>
-    <row r="80" spans="1:3" x14ac:dyDescent="0.35"/>
-[...2 lines deleted...]
-    <row r="104" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:3"/>
+    <row r="96"/>
+    <row r="97" spans="1:3"/>
+    <row r="104" spans="1:3" hidden="1">
       <c r="A104" t="s">
-        <v>597</v>
+        <v>606</v>
       </c>
       <c r="B104" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C104">
         <v>74</v>
       </c>
     </row>
-    <row r="105" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="105" spans="1:3" hidden="1">
       <c r="A105" t="s">
-        <v>589</v>
+        <v>598</v>
       </c>
       <c r="B105" t="s">
-        <v>590</v>
+        <v>599</v>
       </c>
       <c r="C105">
         <v>71</v>
       </c>
     </row>
-    <row r="106" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="106" spans="1:3" hidden="1">
       <c r="A106" s="28" t="s">
-        <v>641</v>
+        <v>650</v>
       </c>
       <c r="B106" s="28" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
       <c r="C106" s="28">
         <v>75</v>
       </c>
     </row>
-    <row r="107" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="107" spans="1:3" hidden="1">
       <c r="A107" s="28" t="s">
-        <v>642</v>
+        <v>651</v>
       </c>
       <c r="B107" s="28" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
       <c r="C107" s="28">
         <v>75</v>
       </c>
     </row>
-    <row r="108" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="108" spans="1:3" hidden="1">
       <c r="A108" s="28" t="s">
-        <v>645</v>
+        <v>654</v>
       </c>
       <c r="B108" s="28" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="C108" s="28">
         <v>74</v>
       </c>
     </row>
-    <row r="109" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="109" spans="1:3" hidden="1">
       <c r="A109" s="28" t="s">
-        <v>647</v>
+        <v>656</v>
       </c>
       <c r="B109" s="28" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="C109" s="28">
         <v>74</v>
       </c>
     </row>
-    <row r="110" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="110" spans="1:3" hidden="1">
       <c r="A110" s="28" t="s">
-        <v>648</v>
+        <v>657</v>
       </c>
       <c r="B110" s="28" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="C110" s="28">
         <v>74</v>
       </c>
     </row>
-    <row r="111" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="111" spans="1:3" hidden="1">
       <c r="A111" s="28" t="s">
-        <v>649</v>
+        <v>658</v>
       </c>
       <c r="B111" s="28" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="C111" s="28">
         <v>74</v>
       </c>
     </row>
-    <row r="112" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="112" spans="1:3" hidden="1">
       <c r="A112" s="28" t="s">
-        <v>650</v>
+        <v>659</v>
       </c>
       <c r="B112" s="28" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="C112" s="28">
         <v>74</v>
       </c>
     </row>
-    <row r="113" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="113" spans="1:3" hidden="1">
       <c r="A113" s="28" t="s">
-        <v>651</v>
+        <v>660</v>
       </c>
       <c r="B113" s="28" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="C113" s="28">
         <v>74</v>
       </c>
     </row>
-    <row r="114" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="114" spans="1:3" hidden="1">
       <c r="A114" s="28" t="s">
-        <v>652</v>
+        <v>661</v>
       </c>
       <c r="B114" s="28" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="C114" s="28">
         <v>74</v>
       </c>
     </row>
-    <row r="115" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="115" spans="1:3" hidden="1">
       <c r="A115" s="28" t="s">
-        <v>653</v>
+        <v>662</v>
       </c>
       <c r="B115" s="28" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="C115" s="28">
         <v>74</v>
       </c>
     </row>
-    <row r="116" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="116" spans="1:3" hidden="1">
       <c r="A116" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="B116" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C116">
         <v>74</v>
       </c>
     </row>
-    <row r="117" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="117" spans="1:3" hidden="1">
       <c r="A117" t="s">
-        <v>593</v>
+        <v>602</v>
       </c>
       <c r="B117" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C117">
         <v>74</v>
       </c>
     </row>
-    <row r="118" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="118" spans="1:3" hidden="1">
       <c r="A118" t="s">
-        <v>594</v>
+        <v>603</v>
       </c>
       <c r="B118" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C118">
         <v>74</v>
       </c>
     </row>
-    <row r="119" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="119" spans="1:3" hidden="1">
       <c r="A119" t="s">
-        <v>595</v>
+        <v>604</v>
       </c>
       <c r="B119" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C119">
         <v>74</v>
       </c>
     </row>
-    <row r="120" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="120" spans="1:3" hidden="1">
       <c r="A120" t="s">
-        <v>596</v>
+        <v>605</v>
       </c>
       <c r="B120" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C120">
         <v>74</v>
       </c>
     </row>
-    <row r="121" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="121" spans="1:3" hidden="1">
       <c r="A121" t="s">
-        <v>597</v>
+        <v>606</v>
       </c>
       <c r="B121" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C121">
         <v>74</v>
       </c>
     </row>
-    <row r="122" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="122" spans="1:3" hidden="1">
       <c r="A122" t="s">
-        <v>589</v>
+        <v>598</v>
       </c>
       <c r="B122" t="s">
-        <v>590</v>
+        <v>599</v>
       </c>
       <c r="C122">
         <v>71</v>
       </c>
     </row>
-    <row r="123" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="123" spans="1:3" hidden="1">
       <c r="A123" t="s">
-        <v>608</v>
+        <v>617</v>
       </c>
       <c r="B123" t="s">
-        <v>609</v>
+        <v>618</v>
       </c>
       <c r="C123">
         <v>83</v>
       </c>
     </row>
-    <row r="124" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="124" spans="1:3" hidden="1">
       <c r="A124" t="s">
-        <v>610</v>
+        <v>619</v>
       </c>
       <c r="B124" t="s">
-        <v>609</v>
+        <v>618</v>
       </c>
       <c r="C124">
         <v>83</v>
       </c>
     </row>
-    <row r="125" spans="1:3" x14ac:dyDescent="0.35"/>
+    <row r="125" spans="1:3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="0zsJu0a2uAWYI3NGI5o6xEAuI6bZXNZubZUFG5hdEX0EqeNdGceDSWrraPxOHMiHxIH4jIG18LywiRfJXQKLLw==" saltValue="s/56KUlWfyzoEaZv/6zuCA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{FF38882D-EFA2-43D2-84F7-83E575B272AB}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1DFA4E93-FA41-49D6-82B8-7E21D6A9A947}">
   <sheetPr codeName="Sheet13">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:I65"/>
   <sheetViews>
-    <sheetView topLeftCell="A44" workbookViewId="0"/>
+    <sheetView topLeftCell="A2" workbookViewId="0">
+      <selection activeCell="B21" sqref="B21"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="11.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="20.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="22.26953125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="22.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="9" width="0" hidden="1" customWidth="1"/>
-    <col min="10" max="16384" width="8.7265625" hidden="1"/>
+    <col min="10" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:9">
       <c r="A2" t="s">
-        <v>671</v>
+        <v>680</v>
       </c>
       <c r="B2" t="s">
-        <v>672</v>
+        <v>681</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="I2" s="4"/>
     </row>
-    <row r="3" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>673</v>
+        <v>682</v>
       </c>
       <c r="B3" t="s">
-        <v>672</v>
+        <v>681</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>674</v>
+        <v>683</v>
       </c>
       <c r="B4" t="s">
-        <v>672</v>
+        <v>681</v>
       </c>
       <c r="C4">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>675</v>
+        <v>684</v>
       </c>
       <c r="B5" t="s">
-        <v>672</v>
+        <v>681</v>
       </c>
       <c r="C5">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>676</v>
+        <v>685</v>
       </c>
       <c r="B6" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="C6">
         <v>100</v>
       </c>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>677</v>
+        <v>686</v>
       </c>
       <c r="B7" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="C7">
         <v>100</v>
       </c>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>678</v>
+        <v>687</v>
       </c>
       <c r="B8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="C8">
         <v>100</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>679</v>
+        <v>688</v>
       </c>
       <c r="B9" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="C9">
         <v>100</v>
       </c>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>680</v>
+        <v>689</v>
       </c>
       <c r="B10" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="C10">
         <v>100</v>
       </c>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>681</v>
+        <v>690</v>
       </c>
       <c r="B11" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="C11">
         <v>100</v>
       </c>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="B12" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C12">
         <v>100</v>
       </c>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>593</v>
+        <v>602</v>
       </c>
       <c r="B13" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C13">
         <v>100</v>
       </c>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>594</v>
+        <v>603</v>
       </c>
       <c r="B14" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C14">
         <v>100</v>
       </c>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>595</v>
+        <v>604</v>
       </c>
       <c r="B15" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C15">
         <v>100</v>
       </c>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>596</v>
+        <v>605</v>
       </c>
       <c r="B16" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C16">
         <v>100</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>597</v>
+        <v>606</v>
       </c>
       <c r="B17" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C17">
         <v>100</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>682</v>
+        <v>691</v>
       </c>
       <c r="B18" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C18">
         <v>91</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>684</v>
+        <v>693</v>
       </c>
       <c r="B19" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C19">
         <v>91</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>685</v>
+        <v>694</v>
       </c>
       <c r="B20" t="s">
-        <v>686</v>
+        <v>695</v>
       </c>
       <c r="C20">
         <v>87</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>687</v>
+        <v>696</v>
       </c>
       <c r="B21" t="s">
-        <v>686</v>
+        <v>695</v>
       </c>
       <c r="C21">
         <v>87</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>688</v>
+        <v>697</v>
       </c>
       <c r="B22" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C22">
         <v>83</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>689</v>
+        <v>698</v>
       </c>
       <c r="B23" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C23">
         <v>83</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>690</v>
+        <v>699</v>
       </c>
       <c r="B24" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C24">
         <v>83</v>
       </c>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>691</v>
+        <v>700</v>
       </c>
       <c r="B25" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C25">
         <v>83</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="B26" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="C26">
         <v>69</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>500</v>
+        <v>509</v>
       </c>
       <c r="B27" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="C27">
         <v>69</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>692</v>
+        <v>701</v>
       </c>
       <c r="B28" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="C28">
         <v>69</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="B29" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="C29">
         <v>69</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="B30" t="s">
-        <v>696</v>
+        <v>705</v>
       </c>
       <c r="C30">
         <v>68</v>
       </c>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>697</v>
+        <v>706</v>
       </c>
       <c r="B31" t="s">
-        <v>696</v>
+        <v>705</v>
       </c>
       <c r="C31">
         <v>68</v>
       </c>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>698</v>
+        <v>707</v>
       </c>
       <c r="B32" t="s">
-        <v>696</v>
+        <v>705</v>
       </c>
       <c r="C32">
         <v>68</v>
       </c>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>699</v>
+        <v>708</v>
       </c>
       <c r="B33" t="s">
-        <v>696</v>
+        <v>705</v>
       </c>
       <c r="C33">
         <v>68</v>
       </c>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>700</v>
+        <v>709</v>
       </c>
       <c r="B34" t="s">
-        <v>701</v>
+        <v>710</v>
       </c>
       <c r="C34">
         <v>68</v>
       </c>
     </row>
-    <row r="35" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>702</v>
+        <v>711</v>
       </c>
       <c r="B35" t="s">
-        <v>701</v>
+        <v>710</v>
       </c>
       <c r="C35">
         <v>68</v>
       </c>
     </row>
-    <row r="36" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="B36" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="C36">
         <v>68</v>
       </c>
     </row>
-    <row r="37" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>513</v>
+        <v>522</v>
       </c>
       <c r="B37" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="C37">
         <v>68</v>
       </c>
     </row>
-    <row r="38" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>514</v>
+        <v>523</v>
       </c>
       <c r="B38" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="C38">
         <v>68</v>
       </c>
     </row>
-    <row r="39" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>515</v>
+        <v>524</v>
       </c>
       <c r="B39" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="C39">
         <v>68</v>
       </c>
     </row>
-    <row r="40" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>703</v>
+        <v>712</v>
       </c>
       <c r="B40" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C40">
         <v>68</v>
       </c>
     </row>
-    <row r="41" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>704</v>
+        <v>713</v>
       </c>
       <c r="B41" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C41">
         <v>68</v>
       </c>
     </row>
-    <row r="42" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>582</v>
+        <v>591</v>
       </c>
       <c r="B42" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C42">
         <v>68</v>
       </c>
     </row>
-    <row r="43" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>584</v>
+        <v>593</v>
       </c>
       <c r="B43" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C43">
         <v>68</v>
       </c>
     </row>
-    <row r="44" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>585</v>
+        <v>594</v>
       </c>
       <c r="B44" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C44">
         <v>68</v>
       </c>
     </row>
-    <row r="45" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>586</v>
+        <v>595</v>
       </c>
       <c r="B45" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C45">
         <v>68</v>
       </c>
     </row>
-    <row r="46" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>587</v>
+        <v>596</v>
       </c>
       <c r="B46" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C46">
         <v>68</v>
       </c>
     </row>
-    <row r="47" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>588</v>
+        <v>597</v>
       </c>
       <c r="B47" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C47">
         <v>68</v>
       </c>
     </row>
-    <row r="48" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>705</v>
+        <v>714</v>
       </c>
       <c r="B48" t="s">
-        <v>706</v>
+        <v>715</v>
       </c>
       <c r="C48">
         <v>68</v>
       </c>
     </row>
-    <row r="49" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>707</v>
+        <v>716</v>
       </c>
       <c r="B49" t="s">
-        <v>706</v>
+        <v>715</v>
       </c>
       <c r="C49">
         <v>68</v>
       </c>
     </row>
-    <row r="50" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="B50" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="C50">
         <v>68</v>
       </c>
     </row>
-    <row r="51" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>493</v>
+        <v>502</v>
       </c>
       <c r="B51" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="C51">
         <v>68</v>
       </c>
     </row>
-    <row r="52" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>708</v>
+        <v>717</v>
       </c>
       <c r="B52" t="s">
-        <v>709</v>
+        <v>718</v>
       </c>
       <c r="C52">
         <v>68</v>
       </c>
     </row>
-    <row r="53" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>710</v>
+        <v>719</v>
       </c>
       <c r="B53" t="s">
-        <v>709</v>
+        <v>718</v>
       </c>
       <c r="C53">
         <v>68</v>
       </c>
     </row>
-    <row r="54" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>711</v>
+        <v>720</v>
       </c>
       <c r="B54" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="C54">
         <v>68</v>
       </c>
     </row>
-    <row r="55" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>712</v>
+        <v>721</v>
       </c>
       <c r="B55" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="C55">
         <v>68</v>
       </c>
     </row>
-    <row r="56" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>713</v>
+        <v>722</v>
       </c>
       <c r="B56" t="s">
-        <v>714</v>
+        <v>723</v>
       </c>
       <c r="C56">
         <v>68</v>
       </c>
     </row>
-    <row r="57" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>715</v>
+        <v>724</v>
       </c>
       <c r="B57" t="s">
-        <v>714</v>
+        <v>723</v>
       </c>
       <c r="C57">
         <v>68</v>
       </c>
     </row>
-    <row r="58" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
       <c r="B58" t="s">
-        <v>714</v>
+        <v>723</v>
       </c>
       <c r="C58">
         <v>68</v>
       </c>
     </row>
-    <row r="59" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>717</v>
+        <v>726</v>
       </c>
       <c r="B59" t="s">
-        <v>714</v>
+        <v>723</v>
       </c>
       <c r="C59">
         <v>68</v>
       </c>
     </row>
-    <row r="60" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>718</v>
+        <v>727</v>
       </c>
       <c r="B60" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="C60">
         <v>68</v>
       </c>
     </row>
-    <row r="61" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>719</v>
+        <v>728</v>
       </c>
       <c r="B61" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="C61">
         <v>68</v>
       </c>
     </row>
-    <row r="62" spans="1:3" x14ac:dyDescent="0.35"/>
-[...2 lines deleted...]
-    <row r="65" x14ac:dyDescent="0.35"/>
+    <row r="62" spans="1:3"/>
+    <row r="63" spans="1:3"/>
+    <row r="64" spans="1:3"/>
+    <row r="65"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="Fwz/hIBM51y9yETzlBeF15bQ2Eig2XrZ0++rs0keHGC3BiJYAqicXvNvB/0YUNBAAvyKHmemMLC53QiyKEupBQ==" saltValue="E1jFkVeQiD2hkkD41ySDUw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A1:C1" xr:uid="{1DFA4E93-FA41-49D6-82B8-7E21D6A9A947}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C61">
       <sortCondition descending="1" ref="C1"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{D4559E4E-E41C-4DC1-AC50-FC6E81E982AF}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{190A43E8-E3B9-4252-B430-AF14ACC8A84C}">
   <sheetPr codeName="Sheet14">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="11.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="18.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="22.26953125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="22.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="9" width="0" hidden="1" customWidth="1"/>
-    <col min="10" max="16384" width="8.7265625" hidden="1"/>
+    <col min="10" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:9">
       <c r="A2" t="s">
-        <v>703</v>
+        <v>712</v>
       </c>
       <c r="B2" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="I2" s="2"/>
     </row>
-    <row r="3" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>704</v>
+        <v>713</v>
       </c>
       <c r="B3" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:9" x14ac:dyDescent="0.35"/>
+    <row r="4" spans="1:9"/>
+    <row r="5" spans="1:9"/>
+    <row r="6" spans="1:9"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="Wks0KO/TPrtFeAk9lq2LHINbNovUqFqxIQ2cgVxyCEO3+8hF4V8bqDJaKbrq2/Gf90b8ncNlDNIflEwhkCUHpA==" saltValue="BFNQSFA7UuRwNG6AEPs/pg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{FDB0343F-8FBC-41A5-AA2A-4233545D2AE0}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B2DC91DF-A157-4167-801A-D0D33710FFBE}">
   <sheetPr codeName="Sheet15">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:I20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="11.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="19.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="22.26953125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="22.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="9" width="0" hidden="1" customWidth="1"/>
-    <col min="10" max="16384" width="8.7265625" hidden="1"/>
+    <col min="10" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:9">
       <c r="A2" t="s">
-        <v>720</v>
+        <v>729</v>
       </c>
       <c r="B2" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="I2" s="2"/>
     </row>
-    <row r="3" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>721</v>
+        <v>730</v>
       </c>
       <c r="B3" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>722</v>
+        <v>731</v>
       </c>
       <c r="B4" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C4">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>723</v>
+        <v>732</v>
       </c>
       <c r="B5" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C5">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>724</v>
+        <v>733</v>
       </c>
       <c r="B6" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C6">
         <v>100</v>
       </c>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>725</v>
+        <v>734</v>
       </c>
       <c r="B7" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C7">
         <v>100</v>
       </c>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>718</v>
+        <v>727</v>
       </c>
       <c r="B8" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="C8">
         <v>72</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>719</v>
+        <v>728</v>
       </c>
       <c r="B9" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="C9">
         <v>72</v>
       </c>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>713</v>
+        <v>722</v>
       </c>
       <c r="B10" t="s">
-        <v>714</v>
+        <v>723</v>
       </c>
       <c r="C10">
         <v>70</v>
       </c>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>715</v>
+        <v>724</v>
       </c>
       <c r="B11" t="s">
-        <v>714</v>
+        <v>723</v>
       </c>
       <c r="C11">
         <v>70</v>
       </c>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
       <c r="B12" t="s">
-        <v>714</v>
+        <v>723</v>
       </c>
       <c r="C12">
         <v>70</v>
       </c>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>717</v>
+        <v>726</v>
       </c>
       <c r="B13" t="s">
-        <v>714</v>
+        <v>723</v>
       </c>
       <c r="C13">
         <v>70</v>
       </c>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>692</v>
+        <v>701</v>
       </c>
       <c r="B14" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="C14">
         <v>70</v>
       </c>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="B15" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="C15">
         <v>70</v>
       </c>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>708</v>
+        <v>717</v>
       </c>
       <c r="B16" t="s">
-        <v>709</v>
+        <v>718</v>
       </c>
       <c r="C16">
         <v>66</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>710</v>
+        <v>719</v>
       </c>
       <c r="B17" t="s">
-        <v>709</v>
+        <v>718</v>
       </c>
       <c r="C17">
         <v>66</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35"/>
+    <row r="18" spans="1:3"/>
+    <row r="19" spans="1:3"/>
+    <row r="20" spans="1:3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="TByUOo15gjpT/osvUpnE2PGEo02XZ4nyHofWTiOEloy6nlfYpLDwwovxYi6MAmTkOeAERY7BZIUx6KFd4cS2RA==" saltValue="X+pZaUrU7z2wyTabZN1SRA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A1:D1" xr:uid="{B2DC91DF-A157-4167-801A-D0D33710FFBE}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:D17">
       <sortCondition descending="1" ref="C1"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{FF8BDEE2-5CA8-4227-8839-BE36CD6164DD}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{41ED5B9B-2BF8-497D-AA8D-6A3F19392D9B}">
   <sheetPr codeName="Sheet16">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:F37"/>
   <sheetViews>
     <sheetView topLeftCell="A16" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="11.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="18.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="22.26953125" bestFit="1" customWidth="1"/>
-    <col min="7" max="16384" width="8.7265625" hidden="1"/>
+    <col min="6" max="6" width="22.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>494</v>
+        <v>503</v>
       </c>
       <c r="B2" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
       <c r="B3" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>496</v>
+        <v>505</v>
       </c>
       <c r="B4" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="C4">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>497</v>
+        <v>506</v>
       </c>
       <c r="B5" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="C5">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>582</v>
+        <v>591</v>
       </c>
       <c r="B6" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C6">
         <v>82</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>584</v>
+        <v>593</v>
       </c>
       <c r="B7" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C7">
         <v>82</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>585</v>
+        <v>594</v>
       </c>
       <c r="B8" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C8">
         <v>82</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>586</v>
+        <v>595</v>
       </c>
       <c r="B9" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C9">
         <v>82</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>587</v>
+        <v>596</v>
       </c>
       <c r="B10" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C10">
         <v>82</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>588</v>
+        <v>597</v>
       </c>
       <c r="B11" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="C11">
         <v>82</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>703</v>
+        <v>712</v>
       </c>
       <c r="B12" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C12">
         <v>76</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>704</v>
+        <v>713</v>
       </c>
       <c r="B13" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C13">
         <v>76</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>720</v>
+        <v>729</v>
       </c>
       <c r="B14" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C14">
         <v>76</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>721</v>
+        <v>730</v>
       </c>
       <c r="B15" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C15">
         <v>76</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>722</v>
+        <v>731</v>
       </c>
       <c r="B16" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C16">
         <v>76</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>723</v>
+        <v>732</v>
       </c>
       <c r="B17" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C17">
         <v>76</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>724</v>
+        <v>733</v>
       </c>
       <c r="B18" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C18">
         <v>76</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>725</v>
+        <v>734</v>
       </c>
       <c r="B19" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C19">
         <v>76</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>688</v>
+        <v>697</v>
       </c>
       <c r="B20" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C20">
         <v>76</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>689</v>
+        <v>698</v>
       </c>
       <c r="B21" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C21">
         <v>76</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>690</v>
+        <v>699</v>
       </c>
       <c r="B22" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C22">
         <v>76</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>691</v>
+        <v>700</v>
       </c>
       <c r="B23" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C23">
         <v>76</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>682</v>
+        <v>691</v>
       </c>
       <c r="B24" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C24">
         <v>75</v>
       </c>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>684</v>
+        <v>693</v>
       </c>
       <c r="B25" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C25">
         <v>75</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="B26" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="C26">
         <v>75</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>500</v>
+        <v>509</v>
       </c>
       <c r="B27" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="C27">
         <v>75</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="B28" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C28">
         <v>74</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>593</v>
+        <v>602</v>
       </c>
       <c r="B29" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C29">
         <v>74</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>594</v>
+        <v>603</v>
       </c>
       <c r="B30" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C30">
         <v>74</v>
       </c>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>595</v>
+        <v>604</v>
       </c>
       <c r="B31" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C31">
         <v>74</v>
       </c>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>596</v>
+        <v>605</v>
       </c>
       <c r="B32" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C32">
         <v>74</v>
       </c>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>597</v>
+        <v>606</v>
       </c>
       <c r="B33" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C33">
         <v>74</v>
       </c>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.35"/>
-[...2 lines deleted...]
-    <row r="37" spans="1:3" x14ac:dyDescent="0.35"/>
+    <row r="34" spans="1:3"/>
+    <row r="35" spans="1:3"/>
+    <row r="36" spans="1:3"/>
+    <row r="37" spans="1:3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="C2PVS+ESmBtjFfwqQ+bS/ayf5GSfgMw5lh0/L6FpZC57mg/kZ2UDX5L+i1fd1UQq9CsSYFa7DZGt1A8zyo94nQ==" saltValue="0Lz9t8ASfi7p61+98docLg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A1:C1" xr:uid="{41ED5B9B-2BF8-497D-AA8D-6A3F19392D9B}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C27">
       <sortCondition descending="1" ref="C1"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{96FDA1B3-C5DC-49EC-9086-83C7405852CC}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F91565D4-2D05-4BEB-805D-4B89AB81D801}">
   <sheetPr codeName="Sheet17">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:F115"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="E2" sqref="E2"/>
+    <sheetView topLeftCell="A81" workbookViewId="0">
+      <selection activeCell="B105" sqref="B105"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="12.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="20.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="22.26953125" bestFit="1" customWidth="1"/>
-    <col min="7" max="16384" width="8.7265625" hidden="1"/>
+    <col min="6" max="6" width="22.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>688</v>
+        <v>697</v>
       </c>
       <c r="B2" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>689</v>
+        <v>698</v>
       </c>
       <c r="B3" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>690</v>
+        <v>699</v>
       </c>
       <c r="B4" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C4">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>691</v>
+        <v>700</v>
       </c>
       <c r="B5" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="C5">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>682</v>
+        <v>691</v>
       </c>
       <c r="B6" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C6">
         <v>92</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>684</v>
+        <v>693</v>
       </c>
       <c r="B7" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="C7">
         <v>92</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>671</v>
+        <v>680</v>
       </c>
       <c r="B8" t="s">
-        <v>672</v>
+        <v>681</v>
       </c>
       <c r="C8">
         <v>83</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>673</v>
+        <v>682</v>
       </c>
       <c r="B9" t="s">
-        <v>672</v>
+        <v>681</v>
       </c>
       <c r="C9">
         <v>83</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>674</v>
+        <v>683</v>
       </c>
       <c r="B10" t="s">
-        <v>672</v>
+        <v>681</v>
       </c>
       <c r="C10">
         <v>83</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>675</v>
+        <v>684</v>
       </c>
       <c r="B11" t="s">
-        <v>672</v>
+        <v>681</v>
       </c>
       <c r="C11">
         <v>83</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>676</v>
+        <v>685</v>
       </c>
       <c r="B12" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="C12">
         <v>83</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>677</v>
+        <v>686</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="C13">
         <v>83</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>678</v>
+        <v>687</v>
       </c>
       <c r="B14" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="C14">
         <v>83</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>679</v>
+        <v>688</v>
       </c>
       <c r="B15" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="C15">
         <v>83</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>680</v>
+        <v>689</v>
       </c>
       <c r="B16" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="C16">
         <v>83</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>681</v>
+        <v>690</v>
       </c>
       <c r="B17" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="C17">
         <v>83</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="B18" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C18">
         <v>83</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>593</v>
+        <v>602</v>
       </c>
       <c r="B19" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C19">
         <v>83</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>594</v>
+        <v>603</v>
       </c>
       <c r="B20" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C20">
         <v>83</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>595</v>
+        <v>604</v>
       </c>
       <c r="B21" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C21">
         <v>83</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>596</v>
+        <v>605</v>
       </c>
       <c r="B22" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C22">
         <v>83</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>597</v>
+        <v>606</v>
       </c>
       <c r="B23" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="C23">
         <v>83</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>668</v>
+        <v>677</v>
       </c>
       <c r="B24" t="s">
-        <v>669</v>
+        <v>678</v>
       </c>
       <c r="C24">
         <v>78</v>
       </c>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>670</v>
+        <v>679</v>
       </c>
       <c r="B25" t="s">
-        <v>669</v>
+        <v>678</v>
       </c>
       <c r="C25">
         <v>78</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="B26" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="C26">
         <v>78</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>500</v>
+        <v>509</v>
       </c>
       <c r="B27" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="C27">
         <v>78</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="B28" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="C28">
         <v>77</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>513</v>
+        <v>522</v>
       </c>
       <c r="B29" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="C29">
         <v>77</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>514</v>
+        <v>523</v>
       </c>
       <c r="B30" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="C30">
         <v>77</v>
       </c>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>515</v>
+        <v>524</v>
       </c>
       <c r="B31" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="C31">
         <v>77</v>
       </c>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="B32" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="C32">
         <v>77</v>
       </c>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>493</v>
+        <v>502</v>
       </c>
       <c r="B33" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="C33">
         <v>77</v>
       </c>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>713</v>
+        <v>722</v>
       </c>
       <c r="B34" t="s">
-        <v>714</v>
+        <v>723</v>
       </c>
       <c r="C34">
         <v>77</v>
       </c>
     </row>
-    <row r="35" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>715</v>
+        <v>724</v>
       </c>
       <c r="B35" t="s">
-        <v>714</v>
+        <v>723</v>
       </c>
       <c r="C35">
         <v>77</v>
       </c>
     </row>
-    <row r="36" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
       <c r="B36" t="s">
-        <v>714</v>
+        <v>723</v>
       </c>
       <c r="C36">
         <v>77</v>
       </c>
     </row>
-    <row r="37" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>717</v>
+        <v>726</v>
       </c>
       <c r="B37" t="s">
-        <v>714</v>
+        <v>723</v>
       </c>
       <c r="C37">
         <v>77</v>
       </c>
     </row>
-    <row r="38" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>692</v>
+        <v>701</v>
       </c>
       <c r="B38" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="C38">
         <v>77</v>
       </c>
     </row>
-    <row r="39" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="B39" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="C39">
         <v>77</v>
       </c>
     </row>
-    <row r="40" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="B40" t="s">
-        <v>696</v>
+        <v>705</v>
       </c>
       <c r="C40">
         <v>76</v>
       </c>
     </row>
-    <row r="41" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>697</v>
+        <v>706</v>
       </c>
       <c r="B41" t="s">
-        <v>696</v>
+        <v>705</v>
       </c>
       <c r="C41">
         <v>76</v>
       </c>
     </row>
-    <row r="42" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>698</v>
+        <v>707</v>
       </c>
       <c r="B42" t="s">
-        <v>696</v>
+        <v>705</v>
       </c>
       <c r="C42">
         <v>76</v>
       </c>
     </row>
-    <row r="43" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>699</v>
+        <v>708</v>
       </c>
       <c r="B43" t="s">
-        <v>696</v>
+        <v>705</v>
       </c>
       <c r="C43">
         <v>76</v>
       </c>
     </row>
-    <row r="44" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>645</v>
+        <v>654</v>
       </c>
       <c r="B44" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
       <c r="C44">
         <v>76</v>
       </c>
     </row>
-    <row r="45" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>647</v>
+        <v>656</v>
       </c>
       <c r="B45" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
       <c r="C45">
         <v>76</v>
       </c>
     </row>
-    <row r="46" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>648</v>
+        <v>657</v>
       </c>
       <c r="B46" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
       <c r="C46">
         <v>76</v>
       </c>
     </row>
-    <row r="47" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>649</v>
+        <v>658</v>
       </c>
       <c r="B47" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
       <c r="C47">
         <v>76</v>
       </c>
     </row>
-    <row r="48" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>650</v>
+        <v>659</v>
       </c>
       <c r="B48" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
       <c r="C48">
         <v>76</v>
       </c>
     </row>
-    <row r="49" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>651</v>
+        <v>660</v>
       </c>
       <c r="B49" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
       <c r="C49">
         <v>76</v>
       </c>
     </row>
-    <row r="50" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>652</v>
+        <v>661</v>
       </c>
       <c r="B50" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
       <c r="C50">
         <v>76</v>
       </c>
     </row>
-    <row r="51" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>653</v>
+        <v>662</v>
       </c>
       <c r="B51" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
       <c r="C51">
         <v>76</v>
       </c>
     </row>
-    <row r="52" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>501</v>
+        <v>510</v>
       </c>
       <c r="B52" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
       <c r="C52">
         <v>76</v>
       </c>
     </row>
-    <row r="53" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>503</v>
+        <v>512</v>
       </c>
       <c r="B53" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
       <c r="C53">
         <v>76</v>
       </c>
     </row>
-    <row r="54" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>504</v>
+        <v>513</v>
       </c>
       <c r="B54" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
       <c r="C54">
         <v>76</v>
       </c>
     </row>
-    <row r="55" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="B55" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
       <c r="C55">
         <v>76</v>
       </c>
     </row>
-    <row r="56" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>700</v>
+        <v>709</v>
       </c>
       <c r="B56" t="s">
-        <v>701</v>
+        <v>710</v>
       </c>
       <c r="C56">
         <v>76</v>
       </c>
     </row>
-    <row r="57" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>702</v>
+        <v>711</v>
       </c>
       <c r="B57" t="s">
-        <v>701</v>
+        <v>710</v>
       </c>
       <c r="C57">
         <v>76</v>
       </c>
     </row>
-    <row r="58" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>516</v>
+        <v>525</v>
       </c>
       <c r="B58" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="C58">
         <v>76</v>
       </c>
     </row>
-    <row r="59" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="B59" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="C59">
         <v>76</v>
       </c>
     </row>
-    <row r="60" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>458</v>
+        <v>467</v>
       </c>
       <c r="B60" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="C60">
         <v>76</v>
       </c>
     </row>
-    <row r="61" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>460</v>
+        <v>469</v>
       </c>
       <c r="B61" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="C61">
         <v>76</v>
       </c>
     </row>
-    <row r="62" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>461</v>
+        <v>470</v>
       </c>
       <c r="B62" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="C62">
         <v>76</v>
       </c>
     </row>
-    <row r="63" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>462</v>
+        <v>471</v>
       </c>
       <c r="B63" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="C63">
         <v>76</v>
       </c>
     </row>
-    <row r="64" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>463</v>
+        <v>472</v>
       </c>
       <c r="B64" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="C64">
         <v>76</v>
       </c>
     </row>
-    <row r="65" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>464</v>
+        <v>473</v>
       </c>
       <c r="B65" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="C65">
         <v>76</v>
       </c>
     </row>
-    <row r="66" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>705</v>
+        <v>714</v>
       </c>
       <c r="B66" t="s">
-        <v>706</v>
+        <v>715</v>
       </c>
       <c r="C66">
         <v>76</v>
       </c>
     </row>
-    <row r="67" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>707</v>
+        <v>716</v>
       </c>
       <c r="B67" t="s">
-        <v>706</v>
+        <v>715</v>
       </c>
       <c r="C67">
         <v>76</v>
       </c>
     </row>
-    <row r="68" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="B68" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="C68">
         <v>76</v>
       </c>
     </row>
-    <row r="69" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="B69" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="C69">
         <v>76</v>
       </c>
     </row>
-    <row r="70" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
       <c r="B70" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="C70">
         <v>76</v>
       </c>
     </row>
-    <row r="71" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>489</v>
+        <v>498</v>
       </c>
       <c r="B71" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
       <c r="C71">
         <v>76</v>
       </c>
     </row>
-    <row r="72" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="B72" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
       <c r="C72">
         <v>76</v>
       </c>
     </row>
-    <row r="73" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>708</v>
+        <v>717</v>
       </c>
       <c r="B73" t="s">
-        <v>709</v>
+        <v>718</v>
       </c>
       <c r="C73">
         <v>76</v>
       </c>
     </row>
-    <row r="74" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>710</v>
+        <v>719</v>
       </c>
       <c r="B74" t="s">
-        <v>709</v>
+        <v>718</v>
       </c>
       <c r="C74">
         <v>76</v>
       </c>
     </row>
-    <row r="75" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>711</v>
+        <v>720</v>
       </c>
       <c r="B75" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="C75">
         <v>76</v>
       </c>
     </row>
-    <row r="76" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>712</v>
+        <v>721</v>
       </c>
       <c r="B76" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="C76">
         <v>76</v>
       </c>
     </row>
-    <row r="77" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>718</v>
+        <v>727</v>
       </c>
       <c r="B77" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="C77">
         <v>76</v>
       </c>
     </row>
-    <row r="78" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>719</v>
+        <v>728</v>
       </c>
       <c r="B78" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="C78">
         <v>76</v>
       </c>
     </row>
-    <row r="79" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>703</v>
+        <v>712</v>
       </c>
       <c r="B79" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C79">
         <v>75</v>
       </c>
     </row>
-    <row r="80" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>704</v>
+        <v>713</v>
       </c>
       <c r="B80" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C80">
         <v>75</v>
       </c>
     </row>
-    <row r="81" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>465</v>
+        <v>474</v>
       </c>
       <c r="B81" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="C81">
         <v>75</v>
       </c>
     </row>
-    <row r="82" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="B82" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="C82">
         <v>75</v>
       </c>
     </row>
-    <row r="83" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>468</v>
+        <v>477</v>
       </c>
       <c r="B83" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="C83">
         <v>75</v>
       </c>
     </row>
-    <row r="84" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="B84" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="C84">
         <v>75</v>
       </c>
     </row>
-    <row r="85" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>470</v>
+        <v>479</v>
       </c>
       <c r="B85" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="C85">
         <v>75</v>
       </c>
     </row>
-    <row r="86" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>472</v>
+        <v>481</v>
       </c>
       <c r="B86" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="C86">
         <v>75</v>
       </c>
     </row>
-    <row r="87" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>473</v>
+        <v>482</v>
       </c>
       <c r="B87" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="C87">
         <v>75</v>
       </c>
     </row>
-    <row r="88" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>474</v>
+        <v>483</v>
       </c>
       <c r="B88" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="C88">
         <v>75</v>
       </c>
     </row>
-    <row r="89" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>654</v>
+        <v>663</v>
       </c>
       <c r="B89" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="C89">
         <v>74</v>
       </c>
     </row>
-    <row r="90" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>656</v>
+        <v>665</v>
       </c>
       <c r="B90" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="C90">
         <v>74</v>
       </c>
     </row>
-    <row r="91" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>657</v>
+        <v>666</v>
       </c>
       <c r="B91" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="C91">
         <v>74</v>
       </c>
     </row>
-    <row r="92" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>658</v>
+        <v>667</v>
       </c>
       <c r="B92" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="C92">
         <v>74</v>
       </c>
     </row>
-    <row r="93" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>720</v>
+        <v>729</v>
       </c>
       <c r="B93" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C93">
         <v>74</v>
       </c>
     </row>
-    <row r="94" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>721</v>
+        <v>730</v>
       </c>
       <c r="B94" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C94">
         <v>74</v>
       </c>
     </row>
-    <row r="95" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>722</v>
+        <v>731</v>
       </c>
       <c r="B95" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C95">
         <v>74</v>
       </c>
     </row>
-    <row r="96" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>723</v>
+        <v>732</v>
       </c>
       <c r="B96" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C96">
         <v>74</v>
       </c>
     </row>
-    <row r="97" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>724</v>
+        <v>733</v>
       </c>
       <c r="B97" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C97">
         <v>74</v>
       </c>
     </row>
-    <row r="98" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>725</v>
+        <v>734</v>
       </c>
       <c r="B98" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C98">
         <v>74</v>
       </c>
     </row>
-    <row r="99" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>664</v>
+        <v>673</v>
       </c>
       <c r="B99" t="s">
-        <v>665</v>
+        <v>674</v>
       </c>
       <c r="C99">
         <v>73</v>
       </c>
     </row>
-    <row r="100" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>666</v>
+        <v>675</v>
       </c>
       <c r="B100" t="s">
-        <v>665</v>
+        <v>674</v>
       </c>
       <c r="C100">
         <v>73</v>
       </c>
     </row>
-    <row r="101" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>667</v>
+        <v>676</v>
       </c>
       <c r="B101" t="s">
-        <v>665</v>
+        <v>674</v>
       </c>
       <c r="C101">
         <v>73</v>
       </c>
     </row>
-    <row r="102" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>643</v>
+        <v>652</v>
       </c>
       <c r="B102" t="s">
-        <v>644</v>
+        <v>653</v>
       </c>
       <c r="C102">
         <v>73</v>
       </c>
     </row>
-    <row r="103" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>727</v>
+        <v>736</v>
       </c>
       <c r="B103" s="32" t="s">
-        <v>728</v>
+        <v>737</v>
       </c>
       <c r="C103">
         <v>72</v>
       </c>
     </row>
-    <row r="104" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>687</v>
+        <v>696</v>
       </c>
       <c r="B104" t="s">
-        <v>686</v>
+        <v>695</v>
       </c>
       <c r="C104">
         <v>71</v>
       </c>
     </row>
-    <row r="105" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>685</v>
+        <v>694</v>
       </c>
       <c r="B105" t="s">
-        <v>686</v>
+        <v>695</v>
       </c>
       <c r="C105">
         <v>70</v>
       </c>
     </row>
-    <row r="106" spans="1:3" x14ac:dyDescent="0.35"/>
-[...8 lines deleted...]
-    <row r="115" x14ac:dyDescent="0.35"/>
+    <row r="106" spans="1:3"/>
+    <row r="107" spans="1:3"/>
+    <row r="108" spans="1:3"/>
+    <row r="109" spans="1:3"/>
+    <row r="110" spans="1:3"/>
+    <row r="111" spans="1:3"/>
+    <row r="112" spans="1:3"/>
+    <row r="113"/>
+    <row r="114"/>
+    <row r="115"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="V489BWvf10uoGE35ht0Jx4lJBdC51Y6QdUtCVSYatErPhRPGtKmP8yQIFbyCeqZ2zzGE04MN0+fwEO7ifMDdeQ==" saltValue="4Vaenz6mzRgPd9XcRB8KLg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A1:C1" xr:uid="{F91565D4-2D05-4BEB-805D-4B89AB81D801}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C103">
       <sortCondition descending="1" ref="C1"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{EB1F532E-8791-41C4-9089-FDBEC27A8581}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7F22D6AF-E69E-4121-9D20-3C62496529C4}">
   <sheetPr>
     <tabColor rgb="FF0F00CC"/>
   </sheetPr>
   <dimension ref="A1:L103"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="D1" sqref="D1"/>
+    <sheetView topLeftCell="A29" workbookViewId="0">
+      <selection activeCell="B48" sqref="B48"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="11.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="20.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="29.81640625" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="13" max="16384" width="8.7265625" hidden="1"/>
+    <col min="6" max="6" width="29.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="9" width="8.7109375" hidden="1" customWidth="1"/>
+    <col min="10" max="10" width="10.7109375" hidden="1" customWidth="1"/>
+    <col min="11" max="11" width="21.7109375" hidden="1" customWidth="1"/>
+    <col min="12" max="12" width="4.5703125" hidden="1" customWidth="1"/>
+    <col min="13" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:12">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:12">
       <c r="A2" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="B2" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C2" s="9">
         <v>1</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="F2" s="3"/>
     </row>
-    <row r="3" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:12">
       <c r="A3" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="B3" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C3" s="9">
         <v>1</v>
       </c>
       <c r="F3" s="3"/>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:12">
       <c r="A4" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="B4" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C4" s="9">
         <v>1</v>
       </c>
       <c r="F4" s="3"/>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:12">
       <c r="A5" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C5" s="9">
         <v>1</v>
       </c>
       <c r="F5" s="3"/>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:12">
       <c r="A6" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="B6" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C6" s="9">
         <v>0.7</v>
       </c>
       <c r="F6" s="3"/>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:12">
       <c r="A7" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="B7" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C7" s="9">
         <v>0.7</v>
       </c>
       <c r="F7" s="3"/>
       <c r="L7" s="8"/>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:12">
       <c r="A8" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C8" s="9">
         <v>0.7</v>
       </c>
       <c r="F8" s="3"/>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:12">
       <c r="A9" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="B9" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C9" s="9">
         <v>0.7</v>
       </c>
       <c r="F9" s="3"/>
       <c r="L9" s="8"/>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:12">
       <c r="A10" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="B10" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C10" s="9">
         <v>0.59</v>
       </c>
       <c r="F10" s="3"/>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:12">
       <c r="A11" t="s">
-        <v>351</v>
+        <v>360</v>
       </c>
       <c r="B11" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C11" s="9">
         <v>0.59</v>
       </c>
       <c r="F11" s="3"/>
     </row>
-    <row r="12" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:12">
       <c r="A12" t="s">
-        <v>352</v>
+        <v>361</v>
       </c>
       <c r="B12" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C12" s="9">
         <v>0.59</v>
       </c>
       <c r="F12" s="3"/>
     </row>
-    <row r="13" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:12">
       <c r="A13" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
       <c r="B13" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C13" s="9">
         <v>0.59</v>
       </c>
       <c r="F13" s="3"/>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:12">
       <c r="A14" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="B14" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C14" s="9">
         <v>0.59</v>
       </c>
       <c r="F14" s="3"/>
     </row>
-    <row r="15" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:12">
       <c r="A15" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="B15" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C15" s="9">
         <v>0.59</v>
       </c>
       <c r="F15" s="3"/>
     </row>
-    <row r="16" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:12">
       <c r="A16" t="s">
-        <v>345</v>
+        <v>354</v>
       </c>
       <c r="B16" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C16" s="9">
         <v>0.56000000000000005</v>
       </c>
       <c r="F16" s="3"/>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="B17" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C17" s="9">
         <v>0.56000000000000005</v>
       </c>
       <c r="F17" s="3"/>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C18" s="9">
         <v>0.56000000000000005</v>
       </c>
       <c r="F18" s="3"/>
     </row>
-    <row r="19" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="B19" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C19" s="9">
         <v>0.56000000000000005</v>
       </c>
       <c r="F19" s="3"/>
     </row>
-    <row r="20" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="B20" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="C20" s="9">
         <v>0.55000000000000004</v>
       </c>
       <c r="F20" s="3"/>
     </row>
-    <row r="21" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="B21" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="C21" s="9">
         <v>0.55000000000000004</v>
       </c>
       <c r="F21" s="3"/>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
       <c r="B22" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="C22" s="9">
         <v>0.52</v>
       </c>
       <c r="F22" s="3"/>
     </row>
-    <row r="23" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="B23" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="C23" s="9">
         <v>0.52</v>
       </c>
       <c r="F23" s="3"/>
     </row>
-    <row r="24" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="B24" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="C24" s="9">
         <v>0.52</v>
       </c>
       <c r="F24" s="3"/>
     </row>
-    <row r="25" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>479</v>
+        <v>488</v>
       </c>
       <c r="B25" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="C25" s="9">
         <v>0.52</v>
       </c>
       <c r="F25" s="3"/>
     </row>
-    <row r="26" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>426</v>
+        <v>435</v>
       </c>
       <c r="B26" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C26" s="9">
         <v>0.51</v>
       </c>
       <c r="F26" s="3"/>
     </row>
-    <row r="27" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
       <c r="B27" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C27" s="9">
         <v>0.51</v>
       </c>
       <c r="F27" s="3"/>
     </row>
-    <row r="28" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>429</v>
+        <v>438</v>
       </c>
       <c r="B28" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C28" s="9">
         <v>0.51</v>
       </c>
       <c r="F28" s="3"/>
     </row>
-    <row r="29" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="B29" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C29" s="9">
         <v>0.51</v>
       </c>
       <c r="F29" s="3"/>
     </row>
-    <row r="30" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
       <c r="B30" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C30" s="9">
         <v>0.51</v>
       </c>
       <c r="F30" s="3"/>
     </row>
-    <row r="31" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="B31" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="C31" s="9">
         <v>0.49</v>
       </c>
       <c r="F31" s="3"/>
     </row>
-    <row r="32" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="B32" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="C32" s="9">
         <v>0.49</v>
       </c>
       <c r="F32" s="3"/>
     </row>
-    <row r="33" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="B33" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="C33" s="9">
         <v>0.49</v>
       </c>
       <c r="F33" s="3"/>
     </row>
-    <row r="34" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="B34" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="C34" s="9">
         <v>0.49</v>
       </c>
       <c r="F34" s="3"/>
     </row>
-    <row r="35" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>356</v>
+        <v>365</v>
       </c>
       <c r="B35" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C35" s="9">
         <v>0.49</v>
       </c>
       <c r="F35" s="3"/>
     </row>
-    <row r="36" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="B36" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C36" s="9">
         <v>0.49</v>
       </c>
       <c r="F36" s="3"/>
     </row>
-    <row r="37" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="B37" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C37" s="9">
         <v>0.49</v>
       </c>
       <c r="F37" s="3"/>
     </row>
-    <row r="38" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="B38" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C38" s="9">
         <v>0.49</v>
       </c>
       <c r="F38" s="3"/>
     </row>
-    <row r="39" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>506</v>
+        <v>515</v>
       </c>
       <c r="B39" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C39" s="9">
         <v>0.48</v>
       </c>
       <c r="F39" s="3"/>
     </row>
-    <row r="40" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="B40" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C40" s="9">
         <v>0.48</v>
       </c>
       <c r="F40" s="3"/>
     </row>
-    <row r="41" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>509</v>
+        <v>518</v>
       </c>
       <c r="B41" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C41" s="9">
         <v>0.48</v>
       </c>
       <c r="F41" s="3"/>
     </row>
-    <row r="42" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>510</v>
+        <v>519</v>
       </c>
       <c r="B42" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C42" s="9">
         <v>0.48</v>
       </c>
       <c r="F42" s="3"/>
     </row>
-    <row r="43" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="B43" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C43" s="9">
         <v>0.48</v>
       </c>
       <c r="F43" s="3"/>
     </row>
-    <row r="44" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>521</v>
+        <v>530</v>
       </c>
       <c r="B44" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C44" s="9">
         <v>0.48</v>
       </c>
       <c r="F44" s="3"/>
     </row>
-    <row r="45" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>522</v>
+        <v>531</v>
       </c>
       <c r="B45" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C45" s="9">
         <v>0.48</v>
       </c>
       <c r="F45" s="3"/>
     </row>
-    <row r="46" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>523</v>
+        <v>532</v>
       </c>
       <c r="B46" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C46" s="9">
         <v>0.48</v>
       </c>
       <c r="F46" s="3"/>
     </row>
-    <row r="47" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>729</v>
+        <v>738</v>
       </c>
       <c r="B47" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
       <c r="C47" s="9">
         <v>0.46</v>
       </c>
       <c r="F47" s="3"/>
     </row>
-    <row r="48" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>731</v>
+        <v>740</v>
       </c>
       <c r="B48" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
       <c r="C48" s="9">
         <v>0.46</v>
       </c>
       <c r="F48" s="3"/>
     </row>
-    <row r="49" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
       <c r="B49" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C49" s="9">
         <v>0.46</v>
       </c>
       <c r="F49" s="3"/>
     </row>
-    <row r="50" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="B50" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C50" s="9">
         <v>0.46</v>
       </c>
       <c r="F50" s="3"/>
     </row>
-    <row r="51" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="B51" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C51" s="9">
         <v>0.46</v>
       </c>
       <c r="F51" s="3"/>
     </row>
-    <row r="52" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>408</v>
+        <v>417</v>
       </c>
       <c r="B52" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C52" s="9">
         <v>0.46</v>
       </c>
       <c r="F52" s="3"/>
     </row>
-    <row r="53" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>400</v>
+        <v>409</v>
       </c>
       <c r="B53" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C53" s="9">
         <v>0.45</v>
       </c>
       <c r="F53" s="3"/>
     </row>
-    <row r="54" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>401</v>
+        <v>410</v>
       </c>
       <c r="B54" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C54" s="9">
         <v>0.45</v>
       </c>
       <c r="F54" s="3"/>
     </row>
-    <row r="55" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="B55" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C55" s="9">
         <v>0.45</v>
       </c>
       <c r="F55" s="3"/>
     </row>
-    <row r="56" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="B56" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C56" s="9">
         <v>0.45</v>
       </c>
       <c r="F56" s="3"/>
     </row>
-    <row r="57" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>409</v>
+        <v>418</v>
       </c>
       <c r="B57" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="C57" s="9">
         <v>0.45</v>
       </c>
       <c r="F57" s="3"/>
     </row>
-    <row r="58" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
       <c r="B58" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="C58" s="9">
         <v>0.45</v>
       </c>
       <c r="F58" s="3"/>
     </row>
-    <row r="59" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="B59" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C59" s="9">
         <v>0.45</v>
       </c>
       <c r="F59" s="3"/>
     </row>
-    <row r="60" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="B60" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C60" s="9">
         <v>0.45</v>
       </c>
       <c r="F60" s="3"/>
     </row>
-    <row r="61" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="B61" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C61" s="9">
         <v>0.45</v>
       </c>
       <c r="F61" s="3"/>
     </row>
-    <row r="62" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="B62" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C62" s="9">
         <v>0.45</v>
       </c>
       <c r="F62" s="3"/>
     </row>
-    <row r="63" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>417</v>
+        <v>426</v>
       </c>
       <c r="B63" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="C63" s="9">
         <v>0.44</v>
       </c>
       <c r="D63" s="10"/>
     </row>
-    <row r="64" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="B64" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="C64" s="9">
         <v>0.44</v>
       </c>
       <c r="D64" s="10"/>
     </row>
-    <row r="65" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="B65" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="C65" s="9">
         <v>0.44</v>
       </c>
       <c r="D65" s="10"/>
     </row>
-    <row r="66" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="B66" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="C66" s="9">
         <v>0.44</v>
       </c>
       <c r="D66" s="10"/>
     </row>
-    <row r="67" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="B67" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C67" s="9">
         <v>0.43</v>
       </c>
       <c r="D67" s="10"/>
     </row>
-    <row r="68" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
       <c r="B68" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C68" s="9">
         <v>0.43</v>
       </c>
       <c r="D68" s="10"/>
     </row>
-    <row r="69" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="B69" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C69" s="9">
         <v>0.43</v>
       </c>
       <c r="D69" s="10"/>
     </row>
-    <row r="70" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>416</v>
+        <v>425</v>
       </c>
       <c r="B70" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C70" s="9">
         <v>0.43</v>
       </c>
       <c r="D70" s="10"/>
     </row>
-    <row r="71" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="B71" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C71" s="9">
         <v>0.43</v>
       </c>
       <c r="D71" s="10"/>
     </row>
-    <row r="72" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="B72" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C72" s="9">
         <v>0.43</v>
       </c>
       <c r="D72" s="10"/>
     </row>
-    <row r="73" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="B73" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C73" s="9">
         <v>0.43</v>
       </c>
       <c r="D73" s="10"/>
     </row>
-    <row r="74" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
       <c r="B74" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C74" s="9">
         <v>0.43</v>
       </c>
       <c r="D74" s="10"/>
     </row>
-    <row r="75" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>368</v>
+        <v>377</v>
       </c>
       <c r="B75" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C75" s="9">
         <v>0.43</v>
       </c>
       <c r="D75" s="10"/>
     </row>
-    <row r="76" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="B76" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="C76" s="9">
         <v>0.43</v>
       </c>
       <c r="D76" s="10"/>
     </row>
-    <row r="77" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>424</v>
+        <v>433</v>
       </c>
       <c r="B77" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="C77" s="9">
         <v>0.43</v>
       </c>
       <c r="D77" s="10"/>
     </row>
-    <row r="78" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>425</v>
+        <v>434</v>
       </c>
       <c r="B78" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="C78" s="9">
         <v>0.43</v>
       </c>
       <c r="D78" s="10"/>
     </row>
-    <row r="79" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>443</v>
+        <v>452</v>
       </c>
       <c r="B79" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="C79" s="9">
         <v>0.43</v>
       </c>
       <c r="D79" s="10"/>
     </row>
-    <row r="80" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="B80" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="C80" s="9">
         <v>0.43</v>
       </c>
       <c r="D80" s="10"/>
     </row>
-    <row r="81" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="B81" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="C81" s="9">
         <v>0.43</v>
       </c>
       <c r="D81" s="10"/>
     </row>
-    <row r="82" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="B82" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="C82" s="9">
         <v>0.43</v>
       </c>
       <c r="D82" s="10"/>
     </row>
-    <row r="83" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>732</v>
+        <v>741</v>
       </c>
       <c r="B83" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
       <c r="C83" s="9">
         <v>0.42</v>
       </c>
       <c r="D83" s="10"/>
     </row>
-    <row r="84" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>734</v>
+        <v>743</v>
       </c>
       <c r="B84" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
       <c r="C84" s="9">
         <v>0.42</v>
       </c>
       <c r="D84" s="10"/>
     </row>
-    <row r="85" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>735</v>
+        <v>744</v>
       </c>
       <c r="B85" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
       <c r="C85" s="9">
         <v>0.42</v>
       </c>
       <c r="D85" s="10"/>
     </row>
-    <row r="86" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>736</v>
+        <v>745</v>
       </c>
       <c r="B86" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
       <c r="C86" s="9">
         <v>0.42</v>
       </c>
       <c r="D86" s="10"/>
     </row>
-    <row r="87" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
       <c r="B87" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="C87" s="9">
         <v>0.41</v>
       </c>
     </row>
-    <row r="88" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>342</v>
+        <v>351</v>
       </c>
       <c r="B88" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="C88" s="9">
         <v>0.41</v>
       </c>
     </row>
-    <row r="89" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="B89" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="C89" s="9">
         <v>0.41</v>
       </c>
     </row>
-    <row r="90" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="B90" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="C90" s="9">
         <v>0.41</v>
       </c>
     </row>
-    <row r="91" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>432</v>
+        <v>441</v>
       </c>
       <c r="B91" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="C91" s="9">
         <v>0.4</v>
       </c>
     </row>
-    <row r="92" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>434</v>
+        <v>443</v>
       </c>
       <c r="B92" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="C92" s="9">
         <v>0.4</v>
       </c>
     </row>
-    <row r="93" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>435</v>
+        <v>444</v>
       </c>
       <c r="B93" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="C93" s="9">
         <v>0.4</v>
       </c>
     </row>
-    <row r="94" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>436</v>
+        <v>445</v>
       </c>
       <c r="B94" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="C94" s="9">
         <v>0.4</v>
       </c>
     </row>
-    <row r="95" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="B95" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="C95" s="9">
         <v>0.4</v>
       </c>
     </row>
-    <row r="96" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>370</v>
+        <v>379</v>
       </c>
       <c r="B96" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="C96" s="9">
         <v>0.4</v>
       </c>
     </row>
-    <row r="97" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>371</v>
+        <v>380</v>
       </c>
       <c r="B97" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="C97" s="9">
         <v>0.4</v>
       </c>
     </row>
-    <row r="98" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>372</v>
+        <v>381</v>
       </c>
       <c r="B98" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="C98" s="9">
         <v>0.4</v>
       </c>
     </row>
-    <row r="99" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="99" spans="1:3">
       <c r="C99" s="6"/>
     </row>
-    <row r="100" spans="1:3" x14ac:dyDescent="0.35"/>
-[...2 lines deleted...]
-    <row r="103" spans="1:3" x14ac:dyDescent="0.35"/>
+    <row r="100" spans="1:3"/>
+    <row r="101" spans="1:3"/>
+    <row r="102" spans="1:3"/>
+    <row r="103" spans="1:3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="WxXK/y8QWPM4hriGArI3jieaYykMYx14Kjm1VLbkBPgcCwLVWnsEWAgddOTLbE1SSPkC84kIThIX+DGRzZ04Qg==" saltValue="tyQZy+O1WANOVX1fHpd97g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A1:C1" xr:uid="{7F22D6AF-E69E-4121-9D20-3C62496529C4}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C98">
       <sortCondition descending="1" ref="C1"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{CCDEB7D5-6887-4BC3-ACF0-A4EAB0D8A613}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E527B782-224F-48EB-A5EB-60E71180D767}">
   <sheetPr codeName="Sheet28">
     <tabColor rgb="FF0F00CC"/>
   </sheetPr>
   <dimension ref="A1:K26"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A27" sqref="A27:XFD1048576"/>
+      <selection activeCell="B21" sqref="B21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.1796875" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="8" width="8.7265625" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="13.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="20.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="9.28515625" customWidth="1"/>
+    <col min="4" max="5" width="8.7109375" customWidth="1"/>
+    <col min="6" max="6" width="11.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="8" width="8.7109375" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="15" hidden="1" customWidth="1"/>
-    <col min="10" max="10" width="21.81640625" hidden="1" customWidth="1"/>
+    <col min="10" max="10" width="21.7109375" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
-    <col min="12" max="16384" width="8.7265625" hidden="1"/>
+    <col min="12" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:11">
       <c r="A2" t="s">
-        <v>737</v>
+        <v>746</v>
       </c>
       <c r="B2" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
       <c r="C2" s="6">
         <v>1</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:11" x14ac:dyDescent="0.35">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11">
       <c r="A3" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="B3" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C3" s="6">
         <v>0.47</v>
       </c>
     </row>
-    <row r="4" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:11">
       <c r="A4" t="s">
-        <v>336</v>
+        <v>345</v>
       </c>
       <c r="B4" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C4" s="6">
         <v>0.47</v>
       </c>
       <c r="K4" s="8"/>
     </row>
-    <row r="5" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:11">
       <c r="A5" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="B5" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C5" s="6">
         <v>0.47</v>
       </c>
       <c r="K5" s="8"/>
     </row>
-    <row r="6" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:11">
       <c r="A6" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C6" s="6">
         <v>0.47</v>
       </c>
     </row>
-    <row r="7" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:11">
       <c r="A7" t="s">
-        <v>738</v>
+        <v>747</v>
       </c>
       <c r="B7" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
       <c r="C7" s="6">
         <v>0.36</v>
       </c>
     </row>
-    <row r="8" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:11">
       <c r="A8" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B8" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C8" s="6">
         <v>0.33</v>
       </c>
     </row>
-    <row r="9" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:11">
       <c r="A9" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="B9" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C9" s="6">
         <v>0.33</v>
       </c>
     </row>
-    <row r="10" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:11">
       <c r="A10" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="B10" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C10" s="6">
         <v>0.33</v>
       </c>
     </row>
-    <row r="11" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:11">
       <c r="A11" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="B11" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C11" s="6">
         <v>0.33</v>
       </c>
     </row>
-    <row r="12" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:11">
       <c r="A12" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="B12" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="C12" s="6">
         <v>0.32</v>
       </c>
     </row>
-    <row r="13" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:11">
       <c r="A13" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="B13" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="C13" s="6">
         <v>0.32</v>
       </c>
     </row>
-    <row r="14" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:11">
       <c r="A14" t="s">
-        <v>330</v>
+        <v>339</v>
       </c>
       <c r="B14" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="C14" s="6">
         <v>0.32</v>
       </c>
     </row>
-    <row r="15" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:11">
       <c r="A15" t="s">
-        <v>332</v>
+        <v>341</v>
       </c>
       <c r="B15" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="C15" s="6">
         <v>0.32</v>
       </c>
     </row>
-    <row r="16" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:11">
       <c r="A16" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="B16" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="C16" s="6">
         <v>0.32</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>334</v>
+        <v>343</v>
       </c>
       <c r="B17" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="C17" s="6">
         <v>0.32</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="B18" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C18" s="6">
         <v>0.31</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="B19" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C19" s="6">
         <v>0.31</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="B20" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C20" s="6">
         <v>0.31</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="B21" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C21" s="6">
         <v>0.31</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35"/>
-[...3 lines deleted...]
-    <row r="26" spans="1:3" x14ac:dyDescent="0.35"/>
+    <row r="22" spans="1:3"/>
+    <row r="23" spans="1:3"/>
+    <row r="24" spans="1:3"/>
+    <row r="25" spans="1:3"/>
+    <row r="26" spans="1:3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="ob2fg5A1Ayf6oc6d8CE9e19Q98fAthIbc/QI74Y1ei6rmynZBPfwTe2a9KnVErYQ/i1zM1e+1xhPfBWLocLwFA==" saltValue="w0NYm5X3WiEsjAXvsINKWg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A1:C1" xr:uid="{E527B782-224F-48EB-A5EB-60E71180D767}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C21">
       <sortCondition descending="1" ref="C1"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{773D7B2B-8A6C-4EFF-97B5-26A1FB61E98D}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D7BF3398-E144-430D-B507-7F788761D579}">
   <sheetPr codeName="Sheet29">
     <tabColor rgb="FF0F00CC"/>
   </sheetPr>
   <dimension ref="A1:K28"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A29" sqref="A29:XFD1048576"/>
+      <selection activeCell="B16" sqref="B16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.1796875" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="11.81640625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="20.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="8.7109375" customWidth="1"/>
+    <col min="6" max="6" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="11" width="0" hidden="1" customWidth="1"/>
-    <col min="12" max="16384" width="8.7265625" hidden="1"/>
+    <col min="12" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:11">
       <c r="A2" t="s">
-        <v>738</v>
+        <v>747</v>
       </c>
       <c r="B2" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
       <c r="C2" s="6">
         <v>1</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="F2" s="3"/>
     </row>
-    <row r="3" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:11">
       <c r="A3" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="B3" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C3" s="6">
         <v>0.46</v>
       </c>
       <c r="F3" s="3"/>
     </row>
-    <row r="4" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:11">
       <c r="A4" t="s">
-        <v>336</v>
+        <v>345</v>
       </c>
       <c r="B4" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C4" s="6">
         <v>0.46</v>
       </c>
       <c r="F4" s="3"/>
       <c r="K4" s="8"/>
     </row>
-    <row r="5" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:11">
       <c r="A5" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="B5" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C5" s="6">
         <v>0.46</v>
       </c>
       <c r="F5" s="3"/>
       <c r="K5" s="8"/>
     </row>
-    <row r="6" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:11">
       <c r="A6" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C6" s="6">
         <v>0.46</v>
       </c>
       <c r="F6" s="3"/>
     </row>
-    <row r="7" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:11">
       <c r="A7" t="s">
-        <v>737</v>
+        <v>746</v>
       </c>
       <c r="B7" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
       <c r="C7" s="6">
         <v>0.35</v>
       </c>
       <c r="F7" s="3"/>
     </row>
-    <row r="8" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:11">
       <c r="A8" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B8" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C8" s="6">
         <v>0.31</v>
       </c>
       <c r="F8" s="3"/>
     </row>
-    <row r="9" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:11">
       <c r="A9" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="B9" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C9" s="6">
         <v>0.31</v>
       </c>
       <c r="F9" s="3"/>
     </row>
-    <row r="10" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:11">
       <c r="A10" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="B10" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C10" s="6">
         <v>0.31</v>
       </c>
       <c r="F10" s="3"/>
     </row>
-    <row r="11" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:11">
       <c r="A11" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="B11" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C11" s="6">
         <v>0.31</v>
       </c>
       <c r="F11" s="3"/>
     </row>
-    <row r="12" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:11">
       <c r="A12" t="s">
-        <v>330</v>
+        <v>339</v>
       </c>
       <c r="B12" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="C12" s="6">
         <v>0.31</v>
       </c>
       <c r="F12" s="3"/>
     </row>
-    <row r="13" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:11">
       <c r="A13" t="s">
-        <v>332</v>
+        <v>341</v>
       </c>
       <c r="B13" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="C13" s="6">
         <v>0.31</v>
       </c>
       <c r="F13" s="3"/>
     </row>
-    <row r="14" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:11">
       <c r="A14" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="B14" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="C14" s="6">
         <v>0.31</v>
       </c>
       <c r="F14" s="3"/>
     </row>
-    <row r="15" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:11">
       <c r="A15" t="s">
-        <v>334</v>
+        <v>343</v>
       </c>
       <c r="B15" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="C15" s="6">
         <v>0.31</v>
       </c>
       <c r="F15" s="3"/>
     </row>
-    <row r="16" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:11">
       <c r="A16" t="s">
-        <v>739</v>
+        <v>748</v>
       </c>
       <c r="B16" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="C16" s="6">
         <v>0.3</v>
       </c>
       <c r="F16" s="3"/>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>740</v>
+        <v>749</v>
       </c>
       <c r="B17" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="C17" s="6">
         <v>0.3</v>
       </c>
       <c r="F17" s="3"/>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="B18" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="C18" s="6">
         <v>0.3</v>
       </c>
       <c r="F18" s="3"/>
     </row>
-    <row r="19" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="B19" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="C19" s="6">
         <v>0.3</v>
       </c>
       <c r="F19" s="3"/>
     </row>
-    <row r="20" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="B20" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C20" s="6">
         <v>0.3</v>
       </c>
       <c r="F20" s="3"/>
     </row>
-    <row r="21" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="B21" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C21" s="6">
         <v>0.3</v>
       </c>
       <c r="F21" s="3"/>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="B22" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C22" s="6">
         <v>0.3</v>
       </c>
       <c r="F22" s="3"/>
     </row>
-    <row r="23" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="B23" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C23" s="6">
         <v>0.3</v>
       </c>
       <c r="F23" s="3"/>
     </row>
-    <row r="24" spans="1:6" x14ac:dyDescent="0.35"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:6" x14ac:dyDescent="0.35"/>
+    <row r="24" spans="1:6"/>
+    <row r="25" spans="1:6"/>
+    <row r="26" spans="1:6"/>
+    <row r="27" spans="1:6"/>
+    <row r="28" spans="1:6"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="SrmyBjB4oTBoKYViDXeB1GWcgNgBQ0GQ1uck4mYL0DleYlm6LBoaA2z1RdoVbfuM1/oGVWtzT9IJOJHdFry43A==" saltValue="GkcpxOuXEybmMiaIH93QOg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{D4D8EEC2-8135-4406-B910-852809ABCC25}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D7148B06-8BE8-4A8B-96BB-D20202F69631}">
   <sheetPr>
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="C2:D34"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
-    <col min="3" max="3" width="29.1796875" bestFit="1" customWidth="1"/>
-    <col min="28" max="29" width="20.1796875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="29.28515625" bestFit="1" customWidth="1"/>
+    <col min="28" max="29" width="20.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="3:4" x14ac:dyDescent="0.35">
+    <row r="2" spans="3:4">
       <c r="C2" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D2" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="3" spans="3:4" x14ac:dyDescent="0.35">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="3" spans="3:4">
       <c r="C3" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="D3" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="4" spans="3:4" x14ac:dyDescent="0.35">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="4" spans="3:4">
       <c r="C4" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="5" spans="3:4" x14ac:dyDescent="0.35">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="3:4">
       <c r="C5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="D5" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="6" spans="3:4" x14ac:dyDescent="0.35">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="3:4">
       <c r="C6" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="D6" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="7" spans="3:4" x14ac:dyDescent="0.35">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="3:4">
       <c r="C7" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="D7" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="8" spans="3:4" x14ac:dyDescent="0.35">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="8" spans="3:4">
       <c r="C8" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="D8" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="9" spans="3:4" x14ac:dyDescent="0.35">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="9" spans="3:4">
       <c r="C9" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="10" spans="3:4" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10" spans="3:4">
       <c r="C10" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="D10" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="11" spans="3:4" x14ac:dyDescent="0.35">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="11" spans="3:4">
       <c r="C11" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="D11" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="12" spans="3:4" x14ac:dyDescent="0.35">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="12" spans="3:4">
       <c r="C12" t="s">
+        <v>61</v>
+      </c>
+      <c r="D12" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="13" spans="3:4">
+      <c r="C13" t="s">
+        <v>63</v>
+      </c>
+      <c r="D13" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="14" spans="3:4">
+      <c r="C14" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="15" spans="3:4">
+      <c r="C15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D15" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16" spans="3:4">
+      <c r="C16" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="17" spans="3:4">
+      <c r="C17" t="s">
+        <v>71</v>
+      </c>
+      <c r="D17" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="18" spans="3:4">
+      <c r="C18" t="s">
+        <v>73</v>
+      </c>
+      <c r="D18" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="19" spans="3:4">
+      <c r="C19" t="s">
+        <v>75</v>
+      </c>
+      <c r="D19" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="20" spans="3:4">
+      <c r="C20" t="s">
+        <v>77</v>
+      </c>
+      <c r="D20" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="21" spans="3:4">
+      <c r="C21" t="s">
+        <v>79</v>
+      </c>
+      <c r="D21" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="22" spans="3:4">
+      <c r="C22" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="23" spans="3:4">
+      <c r="C23" t="s">
+        <v>83</v>
+      </c>
+      <c r="D23" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="24" spans="3:4">
+      <c r="C24" t="s">
+        <v>85</v>
+      </c>
+      <c r="D24" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="25" spans="3:4">
+      <c r="C25" t="s">
+        <v>87</v>
+      </c>
+      <c r="D25" t="s">
         <v>54</v>
       </c>
-      <c r="D12" t="s">
-[...12 lines deleted...]
-      <c r="C14" t="s">
+    </row>
+    <row r="26" spans="3:4">
+      <c r="C26" t="s">
+        <v>88</v>
+      </c>
+      <c r="D26" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="27" spans="3:4">
+      <c r="C27" t="s">
+        <v>90</v>
+      </c>
+      <c r="D27" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="28" spans="3:4">
+      <c r="C28" t="s">
+        <v>92</v>
+      </c>
+      <c r="D28" t="s">
         <v>58</v>
       </c>
-      <c r="D14" t="s">
-[...44 lines deleted...]
-      <c r="C20" t="s">
+    </row>
+    <row r="29" spans="3:4">
+      <c r="C29" t="s">
+        <v>93</v>
+      </c>
+      <c r="D29" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="30" spans="3:4">
+      <c r="C30" t="s">
+        <v>95</v>
+      </c>
+      <c r="D30" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="31" spans="3:4">
+      <c r="C31" t="s">
+        <v>97</v>
+      </c>
+      <c r="D31" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="32" spans="3:4">
+      <c r="C32" t="s">
+        <v>99</v>
+      </c>
+      <c r="D32" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="33" spans="3:4">
+      <c r="C33" t="s">
+        <v>101</v>
+      </c>
+      <c r="D33" t="s">
         <v>70</v>
       </c>
-      <c r="D20" t="s">
-[...107 lines deleted...]
-    <row r="34" spans="3:4" x14ac:dyDescent="0.35">
+    </row>
+    <row r="34" spans="3:4">
       <c r="C34" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="D34" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="3t4Wox+lfXB+/hiwMdjcnDGT2Us6Key7a+uRwPLEgLe3GxKLdpxRko+6t0mOWNUXRYW+xQYZ+iRx/VHJ+/Jybw==" saltValue="quuTOIPFbOirr+koOhIubg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{795AA24A-37B8-4A71-AB9A-C5A0C42389D8}">
   <sheetPr codeName="Sheet32">
     <tabColor rgb="FF0F00CC"/>
   </sheetPr>
   <dimension ref="A1:K79"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B70" sqref="B70"/>
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.453125" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="22.1796875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="22.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="11.453125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="10" max="10" width="21.81640625" hidden="1" customWidth="1"/>
+    <col min="4" max="4" width="11.42578125" customWidth="1"/>
+    <col min="5" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="8" width="8.7109375" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="12.28515625" hidden="1" customWidth="1"/>
+    <col min="10" max="10" width="21.7109375" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="3" hidden="1" customWidth="1"/>
-    <col min="12" max="16384" width="8.7265625" hidden="1"/>
+    <col min="12" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2" s="3" t="s">
-        <v>345</v>
+        <v>354</v>
       </c>
       <c r="B2" s="3" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C2" s="11">
         <v>1</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3" s="3" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C3" s="11">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C4" s="11">
         <v>1</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6">
       <c r="A5" s="3" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C5" s="11">
         <v>1</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6">
       <c r="A6" s="3" t="s">
-        <v>741</v>
+        <v>750</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
       <c r="C6" s="11">
         <v>0.84</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6">
       <c r="A7" s="3" t="s">
-        <v>742</v>
+        <v>751</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
       <c r="C7" s="11">
         <v>0.84</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6">
       <c r="A8" s="3" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="C8" s="11">
         <v>0.62</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6">
       <c r="A9" s="3" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="C9" s="11">
         <v>0.62</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6">
       <c r="A10" s="3" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="C10" s="11">
         <v>0.62</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:6">
       <c r="A11" s="3" t="s">
-        <v>479</v>
+        <v>488</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="C11" s="11">
         <v>0.62</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6">
       <c r="A12" s="3" t="s">
-        <v>426</v>
+        <v>435</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C12" s="11">
         <v>0.61</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:6">
       <c r="A13" s="3" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C13" s="11">
         <v>0.61</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:6">
       <c r="A14" s="3" t="s">
-        <v>429</v>
+        <v>438</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C14" s="11">
         <v>0.61</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:6">
       <c r="A15" s="3" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C15" s="11">
         <v>0.61</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:6">
       <c r="A16" s="3" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C16" s="11">
         <v>0.61</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" s="3" t="s">
-        <v>549</v>
+        <v>558</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C17" s="11">
         <v>0.61</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3">
       <c r="A18" s="3" t="s">
-        <v>551</v>
+        <v>560</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C18" s="11">
         <v>0.61</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3">
       <c r="A19" s="3" t="s">
-        <v>552</v>
+        <v>561</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C19" s="11">
         <v>0.61</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3">
       <c r="A20" s="3" t="s">
-        <v>553</v>
+        <v>562</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C20" s="11">
         <v>0.61</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3">
       <c r="A21" s="3" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C21" s="11">
         <v>0.59</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:3">
       <c r="A22" s="3" t="s">
-        <v>351</v>
+        <v>360</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C22" s="11">
         <v>0.59</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:3">
       <c r="A23" s="3" t="s">
-        <v>352</v>
+        <v>361</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C23" s="11">
         <v>0.59</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:3">
       <c r="A24" s="3" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C24" s="11">
         <v>0.59</v>
       </c>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:3">
       <c r="A25" s="3" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C25" s="11">
         <v>0.59</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:3">
       <c r="A26" s="3" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C26" s="11">
         <v>0.59</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
       <c r="B27" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
       <c r="C27" s="10">
         <v>0.57999999999999996</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>543</v>
+        <v>552</v>
       </c>
       <c r="B28" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
       <c r="C28" s="10">
         <v>0.56999999999999995</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="B29" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C29" s="10">
         <v>0.56999999999999995</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>521</v>
+        <v>530</v>
       </c>
       <c r="B30" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C30" s="10">
         <v>0.56999999999999995</v>
       </c>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>522</v>
+        <v>531</v>
       </c>
       <c r="B31" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C31" s="10">
         <v>0.56999999999999995</v>
       </c>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>523</v>
+        <v>532</v>
       </c>
       <c r="B32" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C32" s="10">
         <v>0.56999999999999995</v>
       </c>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>506</v>
+        <v>515</v>
       </c>
       <c r="B33" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C33" s="10">
         <v>0.56000000000000005</v>
       </c>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="B34" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C34" s="10">
         <v>0.56000000000000005</v>
       </c>
     </row>
-    <row r="35" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>509</v>
+        <v>518</v>
       </c>
       <c r="B35" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C35" s="10">
         <v>0.56000000000000005</v>
       </c>
     </row>
-    <row r="36" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>510</v>
+        <v>519</v>
       </c>
       <c r="B36" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C36" s="10">
         <v>0.56000000000000005</v>
       </c>
     </row>
-    <row r="37" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
       <c r="B37" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C37" s="10">
         <v>0.56000000000000005</v>
       </c>
     </row>
-    <row r="38" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="B38" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C38" s="10">
         <v>0.56000000000000005</v>
       </c>
     </row>
-    <row r="39" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="B39" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C39" s="10">
         <v>0.56000000000000005</v>
       </c>
     </row>
-    <row r="40" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>408</v>
+        <v>417</v>
       </c>
       <c r="B40" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="C40" s="10">
         <v>0.56000000000000005</v>
       </c>
     </row>
-    <row r="41" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>417</v>
+        <v>426</v>
       </c>
       <c r="B41" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="C41" s="10">
         <v>0.55000000000000004</v>
       </c>
     </row>
-    <row r="42" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="B42" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="C42" s="10">
         <v>0.55000000000000004</v>
       </c>
     </row>
-    <row r="43" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="B43" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="C43" s="10">
         <v>0.55000000000000004</v>
       </c>
     </row>
-    <row r="44" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="B44" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="C44" s="10">
         <v>0.55000000000000004</v>
       </c>
     </row>
-    <row r="45" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>400</v>
+        <v>409</v>
       </c>
       <c r="B45" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C45" s="10">
         <v>0.55000000000000004</v>
       </c>
     </row>
-    <row r="46" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>401</v>
+        <v>410</v>
       </c>
       <c r="B46" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C46" s="10">
         <v>0.55000000000000004</v>
       </c>
     </row>
-    <row r="47" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="B47" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C47" s="10">
         <v>0.55000000000000004</v>
       </c>
     </row>
-    <row r="48" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="B48" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C48" s="10">
         <v>0.55000000000000004</v>
       </c>
     </row>
-    <row r="49" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>409</v>
+        <v>418</v>
       </c>
       <c r="B49" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="C49" s="10">
         <v>0.55000000000000004</v>
       </c>
     </row>
-    <row r="50" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
       <c r="B50" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="C50" s="10">
         <v>0.55000000000000004</v>
       </c>
     </row>
-    <row r="51" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>356</v>
+        <v>365</v>
       </c>
       <c r="B51" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C51" s="10">
         <v>0.54</v>
       </c>
     </row>
-    <row r="52" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="B52" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C52" s="10">
         <v>0.54</v>
       </c>
     </row>
-    <row r="53" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="B53" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C53" s="10">
         <v>0.54</v>
       </c>
     </row>
-    <row r="54" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="B54" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C54" s="10">
         <v>0.54</v>
       </c>
     </row>
-    <row r="55" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="B55" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C55" s="10">
         <v>0.53</v>
       </c>
     </row>
-    <row r="56" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
       <c r="B56" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C56" s="10">
         <v>0.53</v>
       </c>
     </row>
-    <row r="57" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="B57" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C57" s="10">
         <v>0.53</v>
       </c>
     </row>
-    <row r="58" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>416</v>
+        <v>425</v>
       </c>
       <c r="B58" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="C58" s="10">
         <v>0.53</v>
       </c>
     </row>
-    <row r="59" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="B59" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="C59" s="10">
         <v>0.53</v>
       </c>
     </row>
-    <row r="60" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>424</v>
+        <v>433</v>
       </c>
       <c r="B60" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="C60" s="10">
         <v>0.53</v>
       </c>
     </row>
-    <row r="61" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>425</v>
+        <v>434</v>
       </c>
       <c r="B61" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="C61" s="10">
         <v>0.53</v>
       </c>
     </row>
-    <row r="62" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>443</v>
+        <v>452</v>
       </c>
       <c r="B62" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="C62" s="10">
         <v>0.53</v>
       </c>
     </row>
-    <row r="63" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="B63" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="C63" s="10">
         <v>0.53</v>
       </c>
     </row>
-    <row r="64" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="B64" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="C64" s="10">
         <v>0.53</v>
       </c>
     </row>
-    <row r="65" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="B65" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="C65" s="10">
         <v>0.53</v>
       </c>
     </row>
-    <row r="66" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>545</v>
+        <v>554</v>
       </c>
       <c r="B66" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="C66" s="10">
         <v>0.5</v>
       </c>
     </row>
-    <row r="67" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>547</v>
+        <v>556</v>
       </c>
       <c r="B67" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="C67" s="10">
         <v>0.5</v>
       </c>
     </row>
-    <row r="68" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>548</v>
+        <v>557</v>
       </c>
       <c r="B68" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="C68" s="10">
         <v>0.5</v>
       </c>
     </row>
-    <row r="69" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="B69" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="C69" s="10">
         <v>0.5</v>
       </c>
     </row>
-    <row r="70" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="B70" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="C70" s="10">
         <v>0.5</v>
       </c>
     </row>
-    <row r="71" spans="1:3" x14ac:dyDescent="0.35"/>
-[...7 lines deleted...]
-    <row r="79" spans="1:3" x14ac:dyDescent="0.35"/>
+    <row r="71" spans="1:3"/>
+    <row r="72" spans="1:3"/>
+    <row r="73" spans="1:3"/>
+    <row r="74" spans="1:3"/>
+    <row r="75" spans="1:3"/>
+    <row r="76" spans="1:3"/>
+    <row r="77" spans="1:3"/>
+    <row r="78" spans="1:3"/>
+    <row r="79" spans="1:3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="IyxH7jdcAfP3jcG7xJcFu8lv44TVZbteDhvZqj1J7QQ0FvmygWNxqlgOT9p3oliVs8Z67vTytvw/myP26IFiGg==" saltValue="dysv/hlUg5q/WnYgC9iITg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A1:C1" xr:uid="{795AA24A-37B8-4A71-AB9A-C5A0C42389D8}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C70">
       <sortCondition descending="1" ref="C1"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{8A296D5B-8603-41C2-8C69-30B4F5AD8ADA}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E0A7FA75-A9B5-4C1E-911F-36413DDFB7A2}">
   <sheetPr codeName="Sheet26">
     <tabColor rgb="FF0F00CC"/>
   </sheetPr>
   <dimension ref="A1:G52"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A53" sqref="A53:XFD1048576"/>
+    <sheetView topLeftCell="A21" workbookViewId="0">
+      <selection activeCell="B43" sqref="B43"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.1796875" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="8" max="16384" width="8.7265625" hidden="1"/>
+    <col min="1" max="1" width="13.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="21.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:5" x14ac:dyDescent="0.35">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5">
       <c r="A2" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="B2" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="C2" s="9">
         <v>1</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:5" x14ac:dyDescent="0.35">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
       <c r="A3" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="B3" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="C3" s="9">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="B4" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C4" s="9">
         <v>0.39</v>
       </c>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>351</v>
+        <v>360</v>
       </c>
       <c r="B5" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C5" s="9">
         <v>0.39</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:5">
       <c r="A6" t="s">
-        <v>352</v>
+        <v>361</v>
       </c>
       <c r="B6" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C6" s="9">
         <v>0.39</v>
       </c>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
       <c r="B7" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C7" s="9">
         <v>0.39</v>
       </c>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="B8" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C8" s="9">
         <v>0.39</v>
       </c>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="B9" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C9" s="9">
         <v>0.39</v>
       </c>
     </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>345</v>
+        <v>354</v>
       </c>
       <c r="B10" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C10" s="9">
         <v>0.35</v>
       </c>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:5">
       <c r="A11" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="B11" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C11" s="9">
         <v>0.35</v>
       </c>
     </row>
-    <row r="12" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:5">
       <c r="A12" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C12" s="9">
         <v>0.35</v>
       </c>
     </row>
-    <row r="13" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="B13" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C13" s="9">
         <v>0.35</v>
       </c>
     </row>
-    <row r="14" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>356</v>
+        <v>365</v>
       </c>
       <c r="B14" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C14" s="9">
         <v>0.31</v>
       </c>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="B15" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C15" s="9">
         <v>0.31</v>
       </c>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="B16" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C16" s="9">
         <v>0.31</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="B17" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="C17" s="9">
         <v>0.31</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
       <c r="B18" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="C18" s="9">
         <v>0.28999999999999998</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="B19" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="C19" s="9">
         <v>0.28999999999999998</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="B20" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="C20" s="9">
         <v>0.28999999999999998</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>479</v>
+        <v>488</v>
       </c>
       <c r="B21" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="C21" s="9">
         <v>0.28999999999999998</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="B22" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C22" s="9">
         <v>0.28999999999999998</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>521</v>
+        <v>530</v>
       </c>
       <c r="B23" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C23" s="9">
         <v>0.28999999999999998</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>522</v>
+        <v>531</v>
       </c>
       <c r="B24" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C24" s="9">
         <v>0.28999999999999998</v>
       </c>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>523</v>
+        <v>532</v>
       </c>
       <c r="B25" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="C25" s="9">
         <v>0.28999999999999998</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>506</v>
+        <v>515</v>
       </c>
       <c r="B26" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C26" s="9">
         <v>0.28000000000000003</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="B27" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C27" s="9">
         <v>0.28000000000000003</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>509</v>
+        <v>518</v>
       </c>
       <c r="B28" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C28" s="9">
         <v>0.28000000000000003</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>510</v>
+        <v>519</v>
       </c>
       <c r="B29" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="C29" s="9">
         <v>0.28000000000000003</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
       <c r="B30" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="C30" s="9">
         <v>0.28000000000000003</v>
       </c>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>342</v>
+        <v>351</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="C31" s="9">
         <v>0.28000000000000003</v>
       </c>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="B32" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="C32" s="9">
         <v>0.28000000000000003</v>
       </c>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="B33" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="C33" s="9">
         <v>0.28000000000000003</v>
       </c>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>426</v>
+        <v>435</v>
       </c>
       <c r="B34" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C34" s="9">
         <v>0.27</v>
       </c>
     </row>
-    <row r="35" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
       <c r="B35" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C35" s="9">
         <v>0.27</v>
       </c>
     </row>
-    <row r="36" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>429</v>
+        <v>438</v>
       </c>
       <c r="B36" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C36" s="9">
         <v>0.27</v>
       </c>
     </row>
-    <row r="37" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="B37" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C37" s="9">
         <v>0.27</v>
       </c>
     </row>
-    <row r="38" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
       <c r="B38" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C38" s="9">
         <v>0.27</v>
       </c>
     </row>
-    <row r="39" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="B39" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C39" s="9">
         <v>0.27</v>
       </c>
     </row>
-    <row r="40" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="B40" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C40" s="9">
         <v>0.27</v>
       </c>
     </row>
-    <row r="41" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="B41" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C41" s="9">
         <v>0.27</v>
       </c>
     </row>
-    <row r="42" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
       <c r="B42" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C42" s="9">
         <v>0.27</v>
       </c>
     </row>
-    <row r="43" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>368</v>
+        <v>377</v>
       </c>
       <c r="B43" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="C43" s="9">
         <v>0.27</v>
       </c>
     </row>
-    <row r="44" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>732</v>
+        <v>741</v>
       </c>
       <c r="B44" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
       <c r="C44" s="9">
         <v>0.27</v>
       </c>
     </row>
-    <row r="45" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>734</v>
+        <v>743</v>
       </c>
       <c r="B45" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
       <c r="C45" s="9">
         <v>0.27</v>
       </c>
     </row>
-    <row r="46" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>735</v>
+        <v>744</v>
       </c>
       <c r="B46" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
       <c r="C46" s="9">
         <v>0.27</v>
       </c>
     </row>
-    <row r="47" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>736</v>
+        <v>745</v>
       </c>
       <c r="B47" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
       <c r="C47" s="9">
         <v>0.27</v>
       </c>
     </row>
-    <row r="48" spans="1:3" x14ac:dyDescent="0.35"/>
-[...3 lines deleted...]
-    <row r="52" x14ac:dyDescent="0.35"/>
+    <row r="48" spans="1:3"/>
+    <row r="49"/>
+    <row r="50"/>
+    <row r="51"/>
+    <row r="52"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="WxRKKoA/uhPuYJ7lsiuDdvbI8GgbWYVIzzbD9hjWNUJRq5nfnrBwkruMubItjRc4LDB7/oeYyUZDReT8z/je3A==" saltValue="VnlehvF21pobIJgUiGKdFw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A1:C1" xr:uid="{E0A7FA75-A9B5-4C1E-911F-36413DDFB7A2}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C47">
       <sortCondition descending="1" ref="C1"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{6E252A37-811E-4263-A0BE-1A2C40005876}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F0DEC262-0C60-4CB5-AC42-B8CD40DCB137}">
   <sheetPr codeName="Sheet27">
     <tabColor rgb="FF0F00CC"/>
   </sheetPr>
   <dimension ref="A1:K61"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A62" sqref="A62:XFD1048576"/>
+      <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.1796875" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="8" max="8" width="8.7265625" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="13.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="26.28515625" customWidth="1"/>
+    <col min="3" max="3" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="8" width="8.7109375" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="15" hidden="1" customWidth="1"/>
-    <col min="10" max="10" width="21.81640625" hidden="1" customWidth="1"/>
+    <col min="10" max="10" width="21.7109375" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="0" hidden="1" customWidth="1"/>
-    <col min="12" max="16384" width="8.7265625" hidden="1"/>
+    <col min="12" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:11">
       <c r="A2" t="s">
-        <v>342</v>
+        <v>351</v>
       </c>
       <c r="B2" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="C2" s="9">
         <v>1</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="F2" s="3"/>
     </row>
-    <row r="3" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:11">
       <c r="A3" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="B3" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="C3" s="9">
         <v>1</v>
       </c>
       <c r="F3" s="3"/>
     </row>
-    <row r="4" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:11">
       <c r="A4" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="B4" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="C4" s="9">
         <v>1</v>
       </c>
       <c r="F4" s="3"/>
     </row>
-    <row r="5" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:11">
       <c r="A5" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C5" s="9">
         <v>0.63</v>
       </c>
       <c r="F5" s="3"/>
       <c r="I5" s="5"/>
       <c r="J5" s="5"/>
       <c r="K5" s="5"/>
     </row>
-    <row r="6" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:11">
       <c r="A6" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C6" s="9">
         <v>0.63</v>
       </c>
       <c r="F6" s="3"/>
     </row>
-    <row r="7" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:11">
       <c r="A7" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="B7" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C7" s="9">
         <v>0.63</v>
       </c>
       <c r="F7" s="3"/>
     </row>
-    <row r="8" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:11">
       <c r="A8" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="B8" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C8" s="9">
         <v>0.63</v>
       </c>
       <c r="F8" s="3"/>
     </row>
-    <row r="9" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:11">
       <c r="A9" t="s">
-        <v>739</v>
+        <v>748</v>
       </c>
       <c r="B9" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="C9" s="9">
         <v>0.61</v>
       </c>
       <c r="F9" s="3"/>
     </row>
-    <row r="10" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:11">
       <c r="A10" t="s">
-        <v>740</v>
+        <v>749</v>
       </c>
       <c r="B10" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="C10" s="9">
         <v>0.61</v>
       </c>
       <c r="F10" s="3"/>
     </row>
-    <row r="11" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:11">
       <c r="A11" t="s">
-        <v>345</v>
+        <v>354</v>
       </c>
       <c r="B11" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C11" s="9">
         <v>0.55000000000000004</v>
       </c>
       <c r="F11" s="3"/>
     </row>
-    <row r="12" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:11">
       <c r="A12" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C12" s="9">
         <v>0.55000000000000004</v>
       </c>
       <c r="F12" s="3"/>
     </row>
-    <row r="13" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:11">
       <c r="A13" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="B13" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C13" s="9">
         <v>0.55000000000000004</v>
       </c>
       <c r="F13" s="3"/>
     </row>
-    <row r="14" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:11">
       <c r="A14" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="B14" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C14" s="9">
         <v>0.55000000000000004</v>
       </c>
       <c r="F14" s="3"/>
     </row>
-    <row r="15" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:11">
       <c r="A15" t="s">
-        <v>339</v>
+        <v>348</v>
       </c>
       <c r="B15" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
       <c r="C15" s="9">
         <v>0.54</v>
       </c>
       <c r="F15" s="3"/>
     </row>
-    <row r="16" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:11">
       <c r="A16" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="B16" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="C16" s="9">
         <v>0.52</v>
       </c>
       <c r="F16" s="3"/>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="B17" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="C17" s="9">
         <v>0.52</v>
       </c>
       <c r="F17" s="3"/>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="B18" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C18" s="9">
         <v>0.5</v>
       </c>
     </row>
-    <row r="19" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>351</v>
+        <v>360</v>
       </c>
       <c r="B19" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C19" s="9">
         <v>0.5</v>
       </c>
     </row>
-    <row r="20" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>352</v>
+        <v>361</v>
       </c>
       <c r="B20" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C20" s="9">
         <v>0.5</v>
       </c>
     </row>
-    <row r="21" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
       <c r="B21" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C21" s="9">
         <v>0.5</v>
       </c>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="B22" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C22" s="9">
         <v>0.5</v>
       </c>
     </row>
-    <row r="23" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="B23" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="C23" s="9">
         <v>0.5</v>
       </c>
     </row>
-    <row r="24" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="B24" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="C24" s="9">
         <v>0.5</v>
       </c>
     </row>
-    <row r="25" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="B25" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="C25" s="9">
         <v>0.5</v>
       </c>
     </row>
-    <row r="26" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>743</v>
+        <v>752</v>
       </c>
       <c r="B26" t="s">
-        <v>744</v>
+        <v>753</v>
       </c>
       <c r="C26" s="9">
         <v>0.5</v>
       </c>
     </row>
-    <row r="27" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>745</v>
+        <v>754</v>
       </c>
       <c r="B27" t="s">
-        <v>744</v>
+        <v>753</v>
       </c>
       <c r="C27" s="9">
         <v>0.5</v>
       </c>
     </row>
-    <row r="28" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="B28" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C28" s="9">
         <v>0.49</v>
       </c>
     </row>
-    <row r="29" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>336</v>
+        <v>345</v>
       </c>
       <c r="B29" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C29" s="9">
         <v>0.49</v>
       </c>
     </row>
-    <row r="30" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="B30" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C30" s="9">
         <v>0.49</v>
       </c>
     </row>
-    <row r="31" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
       <c r="B31" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C31" s="9">
         <v>0.49</v>
       </c>
     </row>
-    <row r="32" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>732</v>
+        <v>741</v>
       </c>
       <c r="B32" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
       <c r="C32" s="9">
         <v>0.49</v>
       </c>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>734</v>
+        <v>743</v>
       </c>
       <c r="B33" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
       <c r="C33" s="9">
         <v>0.49</v>
       </c>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>735</v>
+        <v>744</v>
       </c>
       <c r="B34" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
       <c r="C34" s="9">
         <v>0.49</v>
       </c>
     </row>
-    <row r="35" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>736</v>
+        <v>745</v>
       </c>
       <c r="B35" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
       <c r="C35" s="9">
         <v>0.49</v>
       </c>
     </row>
-    <row r="36" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="B36" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="C36" s="9">
         <v>0.48</v>
       </c>
     </row>
-    <row r="37" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="B37" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="C37" s="9">
         <v>0.48</v>
       </c>
     </row>
-    <row r="38" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="B38" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="C38" s="9">
         <v>0.48</v>
       </c>
     </row>
-    <row r="39" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="B39" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="C39" s="9">
         <v>0.48</v>
       </c>
     </row>
-    <row r="40" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>549</v>
+        <v>558</v>
       </c>
       <c r="B40" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C40" s="9">
         <v>0.48</v>
       </c>
     </row>
-    <row r="41" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>551</v>
+        <v>560</v>
       </c>
       <c r="B41" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C41" s="9">
         <v>0.48</v>
       </c>
     </row>
-    <row r="42" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>552</v>
+        <v>561</v>
       </c>
       <c r="B42" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C42" s="9">
         <v>0.48</v>
       </c>
     </row>
-    <row r="43" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>553</v>
+        <v>562</v>
       </c>
       <c r="B43" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C43" s="9">
         <v>0.48</v>
       </c>
     </row>
-    <row r="44" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
       <c r="B44" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
       <c r="C44" s="9">
         <v>0.47</v>
       </c>
     </row>
-    <row r="45" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>543</v>
+        <v>552</v>
       </c>
       <c r="B45" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
       <c r="C45" s="9">
         <v>0.47</v>
       </c>
     </row>
-    <row r="46" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="B46" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C46" s="9">
         <v>0.47</v>
       </c>
     </row>
-    <row r="47" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="B47" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C47" s="9">
         <v>0.47</v>
       </c>
     </row>
-    <row r="48" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>426</v>
+        <v>435</v>
       </c>
       <c r="B48" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C48" s="9">
         <v>0.46</v>
       </c>
     </row>
-    <row r="49" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
       <c r="B49" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C49" s="9">
         <v>0.46</v>
       </c>
     </row>
-    <row r="50" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>429</v>
+        <v>438</v>
       </c>
       <c r="B50" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C50" s="9">
         <v>0.46</v>
       </c>
     </row>
-    <row r="51" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="B51" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C51" s="9">
         <v>0.46</v>
       </c>
     </row>
-    <row r="52" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
       <c r="B52" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C52" s="9">
         <v>0.46</v>
       </c>
     </row>
-    <row r="53" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
       <c r="B53" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="C53" s="9">
         <v>0.46</v>
       </c>
     </row>
-    <row r="54" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="B54" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="C54" s="9">
         <v>0.46</v>
       </c>
     </row>
-    <row r="55" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="B55" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="C55" s="9">
         <v>0.46</v>
       </c>
     </row>
-    <row r="56" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>479</v>
+        <v>488</v>
       </c>
       <c r="B56" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="C56" s="9">
         <v>0.46</v>
       </c>
     </row>
-    <row r="57" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="B57" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C57" s="9">
         <v>0.45</v>
       </c>
     </row>
-    <row r="58" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="B58" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C58" s="9">
         <v>0.45</v>
       </c>
     </row>
-    <row r="59" spans="1:3" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="61" spans="1:3" x14ac:dyDescent="0.35"/>
+    <row r="59" spans="1:3"/>
+    <row r="60" spans="1:3"/>
+    <row r="61" spans="1:3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="AtLn/tTR8JhQWQgxBULx3Mmu6llz12FsZkfLngXG3or3CuGuNZ77DXRYGmusz9nLE+oO4ptqfynmHbbP+ndpaA==" saltValue="CTqbqL6TvyKFXg2JQvxzhQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A1:C1" xr:uid="{F0DEC262-0C60-4CB5-AC42-B8CD40DCB137}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C58">
       <sortCondition descending="1" ref="C1"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{18F43E9C-C282-4972-B3D3-9423643B5C95}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{20B3AED1-0A12-4EAF-A997-747727ECACA1}">
   <sheetPr codeName="Sheet30">
     <tabColor rgb="FF0F00CC"/>
   </sheetPr>
   <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A17" sqref="A17:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.1796875" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="16384" width="8.7265625" hidden="1"/>
+    <col min="1" max="1" width="13.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="20.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="8.7109375" customWidth="1"/>
+    <col min="6" max="6" width="11.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>746</v>
+        <v>755</v>
       </c>
       <c r="B2" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
       <c r="C2" s="6">
         <v>1</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="F2" s="3"/>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>747</v>
+        <v>756</v>
       </c>
       <c r="B3" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
       <c r="C3" s="6">
         <v>0.54</v>
       </c>
       <c r="F3" s="3"/>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>345</v>
+        <v>354</v>
       </c>
       <c r="B4" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C4" s="6">
         <v>0.54</v>
       </c>
       <c r="F4" s="3"/>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="B5" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C5" s="6">
         <v>0.54</v>
       </c>
       <c r="F5" s="3"/>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C6" s="6">
         <v>0.54</v>
       </c>
       <c r="F6" s="3"/>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="B7" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C7" s="6">
         <v>0.54</v>
       </c>
       <c r="F7" s="3"/>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>549</v>
+        <v>558</v>
       </c>
       <c r="B8" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C8" s="6">
         <v>0.53</v>
       </c>
       <c r="F8" s="3"/>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>551</v>
+        <v>560</v>
       </c>
       <c r="B9" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C9" s="6">
         <v>0.53</v>
       </c>
       <c r="F9" s="3"/>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>552</v>
+        <v>561</v>
       </c>
       <c r="B10" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C10" s="6">
         <v>0.53</v>
       </c>
       <c r="F10" s="3"/>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>553</v>
+        <v>562</v>
       </c>
       <c r="B11" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C11" s="6">
         <v>0.53</v>
       </c>
       <c r="F11" s="3"/>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
       <c r="B12" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
       <c r="C12" s="6">
         <v>0.5</v>
       </c>
       <c r="F12" s="3"/>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>543</v>
+        <v>552</v>
       </c>
       <c r="B13" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
       <c r="C13" s="6">
         <v>0.49</v>
       </c>
       <c r="F13" s="3"/>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35"/>
+    <row r="14" spans="1:6"/>
+    <row r="15" spans="1:6"/>
+    <row r="16" spans="1:6"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="U4uP68m+FT3qS0YEkoAikcZuNYh5nU3i9GiueLwdOg9XfcAgoSt47OSG47vUcACMg5pu4zHPG6V9LQz2KpcDcg==" saltValue="SSEZI6v41w0ZMELoYQQiMw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{6981E5F0-F5F8-457F-93ED-33A483DD0F0B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet34.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E58005B5-C54C-4C8E-B6DC-57846E00139A}">
   <sheetPr codeName="Sheet31">
     <tabColor rgb="FF0F00CC"/>
   </sheetPr>
   <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A18" sqref="A18:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.1796875" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="20.453125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="20.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17" bestFit="1" customWidth="1"/>
-    <col min="4" max="5" width="8.7265625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="16384" width="8.7265625" hidden="1"/>
+    <col min="4" max="5" width="8.7109375" customWidth="1"/>
+    <col min="6" max="6" width="11.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>747</v>
+        <v>756</v>
       </c>
       <c r="B2" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
       <c r="C2" s="7">
         <v>1</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="F2" s="3"/>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>746</v>
+        <v>755</v>
       </c>
       <c r="B3" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
       <c r="C3" s="7">
         <v>0.54</v>
       </c>
       <c r="F3" s="3"/>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>345</v>
+        <v>354</v>
       </c>
       <c r="B4" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C4" s="7">
         <v>0.54</v>
       </c>
       <c r="F4" s="3"/>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="B5" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C5" s="7">
         <v>0.54</v>
       </c>
       <c r="F5" s="3"/>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C6" s="7">
         <v>0.54</v>
       </c>
       <c r="F6" s="3"/>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="B7" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C7" s="7">
         <v>0.54</v>
       </c>
       <c r="F7" s="3"/>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>549</v>
+        <v>558</v>
       </c>
       <c r="B8" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C8" s="7">
         <v>0.53</v>
       </c>
       <c r="F8" s="3"/>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>551</v>
+        <v>560</v>
       </c>
       <c r="B9" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C9" s="7">
         <v>0.53</v>
       </c>
       <c r="F9" s="3"/>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>552</v>
+        <v>561</v>
       </c>
       <c r="B10" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C10" s="7">
         <v>0.53</v>
       </c>
       <c r="F10" s="3"/>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>553</v>
+        <v>562</v>
       </c>
       <c r="B11" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C11" s="7">
         <v>0.53</v>
       </c>
       <c r="F11" s="3"/>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
       <c r="B12" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
       <c r="C12" s="7">
         <v>0.5</v>
       </c>
       <c r="F12" s="3"/>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>543</v>
+        <v>552</v>
       </c>
       <c r="B13" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
       <c r="C13" s="7">
         <v>0.49</v>
       </c>
       <c r="F13" s="3"/>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35"/>
-[...2 lines deleted...]
-    <row r="17" x14ac:dyDescent="0.35"/>
+    <row r="14" spans="1:6"/>
+    <row r="15" spans="1:6"/>
+    <row r="16" spans="1:6"/>
+    <row r="17"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="n184D+cpBz1BbiNqYI34YuHdFP8V/H0g/Pe6VCao6F+O11WNXHJlCNHDpWM0t8/sgngpj1FAFRmwsEG3g4FCQA==" saltValue="wZq66BU8Hf1JG7Ssjyfbug==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A1:C1" xr:uid="{E58005B5-C54C-4C8E-B6DC-57846E00139A}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C13">
       <sortCondition descending="1" ref="C1"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{24EAF0EE-B66C-4D9D-9DA5-D3C1BA07A1C5}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet35.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{268FA2B7-4899-41E1-B81A-3A6FC0BE4E82}">
   <sheetPr codeName="Sheet33">
     <tabColor rgb="FF0F00CC"/>
   </sheetPr>
   <dimension ref="A1:G34"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B22" sqref="B22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.1796875" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="20.453125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="20.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17" bestFit="1" customWidth="1"/>
-    <col min="4" max="5" width="8.7265625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="16384" width="8.7265625" hidden="1"/>
+    <col min="4" max="5" width="8.7109375" customWidth="1"/>
+    <col min="6" max="6" width="27.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>543</v>
+        <v>552</v>
       </c>
       <c r="B2" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
       <c r="C2" s="7">
         <v>1</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="F2" s="3"/>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>545</v>
+        <v>554</v>
       </c>
       <c r="B3" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="C3" s="7">
         <v>0.64</v>
       </c>
       <c r="F3" s="3"/>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>547</v>
+        <v>556</v>
       </c>
       <c r="B4" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="C4" s="7">
         <v>0.64</v>
       </c>
       <c r="F4" s="3"/>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>548</v>
+        <v>557</v>
       </c>
       <c r="B5" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="C5" s="7">
         <v>0.64</v>
       </c>
       <c r="F5" s="3"/>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>554</v>
+        <v>563</v>
       </c>
       <c r="B6" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="C6" s="7">
         <v>0.6</v>
       </c>
       <c r="F6" s="3"/>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>556</v>
+        <v>565</v>
       </c>
       <c r="B7" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="C7" s="7">
         <v>0.55000000000000004</v>
       </c>
       <c r="F7" s="3"/>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>558</v>
+        <v>567</v>
       </c>
       <c r="B8" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="C8" s="7">
         <v>0.55000000000000004</v>
       </c>
       <c r="F8" s="3"/>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
       <c r="B9" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
       <c r="C9" s="7">
         <v>0.54</v>
       </c>
       <c r="F9" s="3"/>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>561</v>
+        <v>570</v>
       </c>
       <c r="B10" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
       <c r="C10" s="7">
         <v>0.54</v>
       </c>
       <c r="F10" s="3"/>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>563</v>
+        <v>572</v>
       </c>
       <c r="B11" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
       <c r="C11" s="7">
         <v>0.54</v>
       </c>
       <c r="F11" s="3"/>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>549</v>
+        <v>558</v>
       </c>
       <c r="B12" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C12" s="7">
         <v>0.53</v>
       </c>
       <c r="F12" s="3"/>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>551</v>
+        <v>560</v>
       </c>
       <c r="B13" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C13" s="7">
         <v>0.53</v>
       </c>
       <c r="F13" s="3"/>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>552</v>
+        <v>561</v>
       </c>
       <c r="B14" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C14" s="7">
         <v>0.53</v>
       </c>
       <c r="F14" s="3"/>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>553</v>
+        <v>562</v>
       </c>
       <c r="B15" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C15" s="7">
         <v>0.53</v>
       </c>
       <c r="F15" s="3"/>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>559</v>
+        <v>568</v>
       </c>
       <c r="B16" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="C16" s="7">
         <v>0.52</v>
       </c>
       <c r="F16" s="3"/>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>560</v>
+        <v>569</v>
       </c>
       <c r="B17" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="C17" s="7">
         <v>0.52</v>
       </c>
       <c r="F17" s="3"/>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>748</v>
+        <v>757</v>
       </c>
       <c r="B18" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
       <c r="C18" s="7">
         <v>0.48</v>
       </c>
       <c r="F18" s="3"/>
     </row>
-    <row r="19" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>749</v>
+        <v>758</v>
       </c>
       <c r="B19" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
       <c r="C19" s="7">
         <v>0.48</v>
       </c>
       <c r="F19" s="3"/>
     </row>
-    <row r="20" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>750</v>
+        <v>759</v>
       </c>
       <c r="B20" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="C20" s="7">
         <v>0.46</v>
       </c>
       <c r="F20" s="3"/>
     </row>
-    <row r="21" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>752</v>
+        <v>761</v>
       </c>
       <c r="B21" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="C21" s="7">
         <v>0.46</v>
       </c>
       <c r="F21" s="3"/>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>753</v>
+        <v>762</v>
       </c>
       <c r="B22" t="s">
-        <v>754</v>
+        <v>763</v>
       </c>
       <c r="C22" s="7">
         <v>0.43</v>
       </c>
       <c r="F22" s="3"/>
     </row>
-    <row r="23" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>755</v>
+        <v>764</v>
       </c>
       <c r="B23" t="s">
-        <v>754</v>
+        <v>763</v>
       </c>
       <c r="C23" s="7">
         <v>0.43</v>
       </c>
       <c r="F23" s="3"/>
     </row>
-    <row r="24" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>756</v>
+        <v>765</v>
       </c>
       <c r="B24" t="s">
-        <v>754</v>
+        <v>763</v>
       </c>
       <c r="C24" s="7">
         <v>0.43</v>
       </c>
       <c r="F24" s="3"/>
     </row>
-    <row r="25" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>757</v>
+        <v>766</v>
       </c>
       <c r="B25" t="s">
-        <v>754</v>
+        <v>763</v>
       </c>
       <c r="C25" s="7">
         <v>0.43</v>
       </c>
       <c r="F25" s="3"/>
     </row>
-    <row r="26" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>758</v>
+        <v>767</v>
       </c>
       <c r="B26" t="s">
-        <v>759</v>
+        <v>768</v>
       </c>
       <c r="C26" s="7">
         <v>0.43</v>
       </c>
       <c r="F26" s="3"/>
     </row>
-    <row r="27" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>760</v>
+        <v>769</v>
       </c>
       <c r="B27" t="s">
-        <v>759</v>
+        <v>768</v>
       </c>
       <c r="C27" s="7">
         <v>0.43</v>
       </c>
       <c r="F27" s="3"/>
     </row>
-    <row r="28" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>761</v>
+        <v>770</v>
       </c>
       <c r="B28" t="s">
-        <v>759</v>
+        <v>768</v>
       </c>
       <c r="C28" s="7">
         <v>0.43</v>
       </c>
       <c r="F28" s="3"/>
     </row>
-    <row r="29" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>762</v>
+        <v>771</v>
       </c>
       <c r="B29" t="s">
-        <v>759</v>
+        <v>768</v>
       </c>
       <c r="C29" s="7">
         <v>0.43</v>
       </c>
       <c r="F29" s="3"/>
     </row>
-    <row r="30" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>747</v>
+        <v>756</v>
       </c>
       <c r="B30" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
       <c r="C30" s="7">
         <v>0.43</v>
       </c>
       <c r="F30" s="3"/>
     </row>
-    <row r="31" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>746</v>
+        <v>755</v>
       </c>
       <c r="B31" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
       <c r="C31" s="7">
         <v>0.43</v>
       </c>
       <c r="F31" s="3"/>
     </row>
-    <row r="32" spans="1:6" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="34" x14ac:dyDescent="0.35"/>
+    <row r="32" spans="1:6"/>
+    <row r="33"/>
+    <row r="34"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="BvuHKt/AUwjoQV/han5EZMPCHEfvjN/LV+Ts29Z3yjvfFgXo1D+vMGIp7T5yiTS+t7yssYlmJP37VLRAOEM9XQ==" saltValue="0/00MNZ+VYPcEMYwhd6QYg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{A22CF864-2D8E-4FAC-8F32-1856571C26A2}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet36.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{371B812D-69F1-4548-B0B1-EBCB97FEDEDF}">
   <sheetPr codeName="Sheet34">
     <tabColor rgb="FF0F00CC"/>
   </sheetPr>
   <dimension ref="A1:G35"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B27" sqref="B27"/>
+      <selection activeCell="A36" sqref="A36:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.1796875" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="20.453125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="20.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17" bestFit="1" customWidth="1"/>
-    <col min="4" max="5" width="8.7265625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="16384" width="8.7265625" hidden="1"/>
+    <col min="4" max="5" width="8.7109375" customWidth="1"/>
+    <col min="6" max="6" width="11.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
       <c r="B2" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
       <c r="C2" s="6">
         <v>1</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="F2" s="3"/>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>545</v>
+        <v>554</v>
       </c>
       <c r="B3" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="C3" s="6">
         <v>0.57999999999999996</v>
       </c>
       <c r="F3" s="3"/>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>547</v>
+        <v>556</v>
       </c>
       <c r="B4" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="C4" s="6">
         <v>0.57999999999999996</v>
       </c>
       <c r="F4" s="3"/>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>548</v>
+        <v>557</v>
       </c>
       <c r="B5" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="C5" s="6">
         <v>0.57999999999999996</v>
       </c>
       <c r="F5" s="3"/>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>758</v>
+        <v>767</v>
       </c>
       <c r="B6" t="s">
-        <v>759</v>
+        <v>768</v>
       </c>
       <c r="C6" s="6">
         <v>0.56000000000000005</v>
       </c>
       <c r="F6" s="3"/>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>760</v>
+        <v>769</v>
       </c>
       <c r="B7" t="s">
-        <v>759</v>
+        <v>768</v>
       </c>
       <c r="C7" s="6">
         <v>0.56000000000000005</v>
       </c>
       <c r="F7" s="3"/>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>761</v>
+        <v>770</v>
       </c>
       <c r="B8" t="s">
-        <v>759</v>
+        <v>768</v>
       </c>
       <c r="C8" s="6">
         <v>0.56000000000000005</v>
       </c>
       <c r="F8" s="3"/>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>762</v>
+        <v>771</v>
       </c>
       <c r="B9" t="s">
-        <v>759</v>
+        <v>768</v>
       </c>
       <c r="C9" s="6">
         <v>0.56000000000000005</v>
       </c>
       <c r="F9" s="3"/>
     </row>
-    <row r="10" spans="1:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6" ht="17.25" customHeight="1">
       <c r="A10" t="s">
-        <v>753</v>
+        <v>762</v>
       </c>
       <c r="B10" t="s">
-        <v>754</v>
+        <v>763</v>
       </c>
       <c r="C10" s="6">
         <v>0.54</v>
       </c>
       <c r="F10" s="3"/>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>755</v>
+        <v>764</v>
       </c>
       <c r="B11" t="s">
-        <v>754</v>
+        <v>763</v>
       </c>
       <c r="C11" s="6">
         <v>0.54</v>
       </c>
       <c r="F11" s="3"/>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>756</v>
+        <v>765</v>
       </c>
       <c r="B12" t="s">
-        <v>754</v>
+        <v>763</v>
       </c>
       <c r="C12" s="6">
         <v>0.54</v>
       </c>
       <c r="F12" s="3"/>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>757</v>
+        <v>766</v>
       </c>
       <c r="B13" t="s">
-        <v>754</v>
+        <v>763</v>
       </c>
       <c r="C13" s="6">
         <v>0.54</v>
       </c>
       <c r="F13" s="3"/>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>543</v>
+        <v>552</v>
       </c>
       <c r="B14" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
       <c r="C14" s="6">
         <v>0.53</v>
       </c>
       <c r="F14" s="3"/>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>549</v>
+        <v>558</v>
       </c>
       <c r="B15" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C15" s="6">
         <v>0.53</v>
       </c>
       <c r="F15" s="3"/>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>551</v>
+        <v>560</v>
       </c>
       <c r="B16" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C16" s="6">
         <v>0.53</v>
       </c>
       <c r="F16" s="3"/>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>552</v>
+        <v>561</v>
       </c>
       <c r="B17" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C17" s="6">
         <v>0.53</v>
       </c>
       <c r="F17" s="3"/>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>553</v>
+        <v>562</v>
       </c>
       <c r="B18" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C18" s="6">
         <v>0.53</v>
       </c>
       <c r="F18" s="3"/>
     </row>
-    <row r="19" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>554</v>
+        <v>563</v>
       </c>
       <c r="B19" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="C19" s="6">
         <v>0.45</v>
       </c>
       <c r="F19" s="3"/>
     </row>
-    <row r="20" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>750</v>
+        <v>759</v>
       </c>
       <c r="B20" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="C20" s="6">
         <v>0.44</v>
       </c>
       <c r="F20" s="3"/>
     </row>
-    <row r="21" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>752</v>
+        <v>761</v>
       </c>
       <c r="B21" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="C21" s="6">
         <v>0.44</v>
       </c>
       <c r="F21" s="3"/>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>747</v>
+        <v>756</v>
       </c>
       <c r="B22" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
       <c r="C22" s="6">
         <v>0.43</v>
       </c>
       <c r="F22" s="3"/>
     </row>
-    <row r="23" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>746</v>
+        <v>755</v>
       </c>
       <c r="B23" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
       <c r="C23" s="6">
         <v>0.43</v>
       </c>
       <c r="F23" s="3"/>
     </row>
-    <row r="24" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="B24" t="s">
-        <v>764</v>
+        <v>773</v>
       </c>
       <c r="C24" s="6">
         <v>0.43</v>
       </c>
       <c r="F24" s="3"/>
     </row>
-    <row r="25" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>765</v>
+        <v>774</v>
       </c>
       <c r="B25" t="s">
-        <v>764</v>
+        <v>773</v>
       </c>
       <c r="C25" s="6">
         <v>0.43</v>
       </c>
       <c r="F25" s="3"/>
     </row>
-    <row r="26" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>766</v>
+        <v>775</v>
       </c>
       <c r="B26" t="s">
-        <v>764</v>
+        <v>773</v>
       </c>
       <c r="C26" s="6">
         <v>0.43</v>
       </c>
       <c r="F26" s="3"/>
     </row>
-    <row r="27" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>767</v>
+        <v>776</v>
       </c>
       <c r="B27" t="s">
-        <v>764</v>
+        <v>773</v>
       </c>
       <c r="C27" s="6">
         <v>0.43</v>
       </c>
       <c r="F27" s="3"/>
     </row>
-    <row r="28" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>561</v>
+        <v>570</v>
       </c>
       <c r="B28" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
       <c r="C28" s="6">
         <v>0.42</v>
       </c>
       <c r="F28" s="3"/>
     </row>
-    <row r="29" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>563</v>
+        <v>572</v>
       </c>
       <c r="B29" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
       <c r="C29" s="6">
         <v>0.42</v>
       </c>
       <c r="F29" s="3"/>
     </row>
-    <row r="30" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>556</v>
+        <v>565</v>
       </c>
       <c r="B30" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="C30" s="6">
         <v>0.42</v>
       </c>
       <c r="F30" s="3"/>
     </row>
-    <row r="31" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>558</v>
+        <v>567</v>
       </c>
       <c r="B31" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="C31" s="6">
         <v>0.42</v>
       </c>
       <c r="F31" s="3"/>
     </row>
-    <row r="32" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>559</v>
+        <v>568</v>
       </c>
       <c r="B32" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="C32" s="6">
         <v>0.4</v>
       </c>
       <c r="F32" s="3"/>
     </row>
-    <row r="33" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>560</v>
+        <v>569</v>
       </c>
       <c r="B33" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="C33" s="6">
         <v>0.4</v>
       </c>
       <c r="F33" s="3"/>
     </row>
-    <row r="34" spans="1:6" x14ac:dyDescent="0.35"/>
-    <row r="35" spans="1:6" x14ac:dyDescent="0.35"/>
+    <row r="34" spans="1:6"/>
+    <row r="35" spans="1:6"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="Gi9k/hqmEoOroNHvYBwOoHj8Y50mPLFvvYziWxAzW3Bq5HOzuVsHx9zEeU6S0ksfUUZnubF/xPoav3leRfBZcw==" saltValue="7ZWxABRT50wUmPNmefMD/Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A1:C1" xr:uid="{371B812D-69F1-4548-B0B1-EBCB97FEDEDF}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C33">
       <sortCondition descending="1" ref="C1"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{211BF855-5900-45B1-A154-9325B6A17F74}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{401DFB02-6D38-45D4-B9D7-5F50B818B42C}">
   <sheetPr codeName="Sheet6">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:H23"/>
   <sheetViews>
-    <sheetView topLeftCell="A2" workbookViewId="0">
-      <selection activeCell="B19" sqref="B19"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B8" sqref="B8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
     <col min="1" max="1" width="19" customWidth="1"/>
-    <col min="2" max="2" width="24.26953125" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="9" max="16384" width="8.7265625" hidden="1"/>
+    <col min="2" max="2" width="24.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="22.28515625" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="8" width="8.7109375" customWidth="1"/>
+    <col min="9" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="B2" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="B3" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="B4" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="C4">
         <v>91</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="B5" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="C5">
         <v>91</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="B6" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="C6">
         <v>91</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="B7" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="C7">
         <v>91</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="B8" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="C8">
         <v>78</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="B9" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="C9">
         <v>78</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="B10" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="C10">
         <v>78</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="B11" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="C11">
         <v>78</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="B12" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="C12">
         <v>78</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="B13" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="C13">
         <v>78</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="B14" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="C14">
         <v>78</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:6">
       <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="C15">
         <v>78</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B16" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="C16">
         <v>78</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="B17" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="C17">
         <v>78</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="B18" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C18">
         <v>67</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="B19" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C19">
         <v>67</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="B20" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C20">
         <v>64</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:3" x14ac:dyDescent="0.35"/>
+    <row r="21" spans="1:3"/>
+    <row r="22" spans="1:3"/>
+    <row r="23" spans="1:3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="Nwq7AsiSsflyHHqarjpNVBmdtslwPV2bONJzHiEJC49dO2BlHZWEKv4YWHgLWfNb8XMmD0b8hIgaz4mK4kInxA==" saltValue="Vc3N6xHiX/h01m2vpCBcHw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{B234231A-2F00-4FFA-B9BB-85EC627DD3A1}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{204EC196-0964-4419-9307-B0BFDA97FD82}">
   <sheetPr codeName="Sheet10">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:I27"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A28" sqref="A28"/>
+      <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="12.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="11.7265625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="8.7265625" customWidth="1"/>
+    <col min="6" max="6" width="11.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="8.7109375" customWidth="1"/>
     <col min="8" max="9" width="0" hidden="1" customWidth="1"/>
-    <col min="10" max="16384" width="8.7265625" hidden="1"/>
+    <col min="10" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:9">
       <c r="A2" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="B2" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="I2" s="2"/>
     </row>
-    <row r="3" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="B3" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C4">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="B5" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C5">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="B6" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C6">
         <v>100</v>
       </c>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="B7" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C7">
         <v>100</v>
       </c>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B8" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="C8">
         <v>79</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="B9" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="C9">
         <v>79</v>
       </c>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B10" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="C10">
         <v>79</v>
       </c>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="B11" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="C11">
         <v>79</v>
       </c>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="B12" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C12">
         <v>65</v>
       </c>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="B13" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C13">
         <v>65</v>
       </c>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C14">
         <v>65</v>
       </c>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="B15" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C15">
         <v>65</v>
       </c>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B16" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C16">
         <v>65</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C17">
         <v>65</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C18">
         <v>65</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="B19" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C19">
         <v>65</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="B20" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C20">
         <v>65</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B21" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C21">
         <v>65</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35"/>
-[...4 lines deleted...]
-    <row r="27" spans="1:3" x14ac:dyDescent="0.35"/>
+    <row r="22" spans="1:3"/>
+    <row r="23" spans="1:3"/>
+    <row r="24" spans="1:3"/>
+    <row r="25" spans="1:3"/>
+    <row r="26" spans="1:3"/>
+    <row r="27" spans="1:3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="YkFuAopbgwUFooacrNOgSKDPFel74cnFQ9nqIZV2c/kzth3iZjlyF15URn+GLmGPlYhWB4wEl3GbIjwGettDkw==" saltValue="EJlDUkDVi/FbZMAs3jalVA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{643B6534-CB63-4921-BDA5-151902347D6F}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0F030DF5-B650-4BA0-968C-BD56D7B706BA}">
   <sheetPr codeName="Sheet11">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:I36"/>
   <sheetViews>
-    <sheetView topLeftCell="A14" workbookViewId="0">
-      <selection activeCell="A37" sqref="A37"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B12" sqref="B12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="15.81640625" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="12.7265625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="11.7265625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="8.7265625" customWidth="1"/>
+    <col min="6" max="6" width="11.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="8.7109375" customWidth="1"/>
     <col min="8" max="9" width="0" hidden="1" customWidth="1"/>
-    <col min="10" max="16384" width="8.7265625" hidden="1"/>
+    <col min="10" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:9">
       <c r="A2" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="B2" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="I2" s="2"/>
     </row>
-    <row r="3" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="B3" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C4">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="B5" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C5">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B6" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C6">
         <v>100</v>
       </c>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C7">
         <v>100</v>
       </c>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="B8" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C8">
         <v>100</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="B9" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C9">
         <v>100</v>
       </c>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="B10" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="C10">
         <v>99</v>
       </c>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B11" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="C11">
         <v>99</v>
       </c>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="B12" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="C12">
         <v>86</v>
       </c>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="B13" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="C13">
         <v>86</v>
       </c>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="B14" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="C14">
         <v>86</v>
       </c>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="C15">
         <v>86</v>
       </c>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="B16" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="C16">
         <v>86</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="B17" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="C17">
         <v>86</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B18" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="C18">
         <v>78</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="B19" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="C19">
         <v>78</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B20" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="C20">
         <v>78</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="B21" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="C21">
         <v>78</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="B22" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="C22">
         <v>72</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="B23" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="C23">
         <v>72</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="B24" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="C24">
         <v>72</v>
       </c>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="B25" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="C25">
         <v>72</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="B26" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="C26">
         <v>71</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="B27" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="C27">
         <v>71</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="B28" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="C28">
         <v>71</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="B29" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="C29">
         <v>71</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="B30" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="C30">
         <v>70</v>
       </c>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="B31" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="C31">
         <v>70</v>
       </c>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="B32" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="C32">
         <v>70</v>
       </c>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="B33" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="C33">
         <v>70</v>
       </c>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="36" spans="1:3" x14ac:dyDescent="0.35"/>
+    <row r="34" spans="1:3"/>
+    <row r="35" spans="1:3"/>
+    <row r="36" spans="1:3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="88Txrq476evt6K7ciwaloXSKnSUXY22Rn9qru788ec9Pvon0vSKjiUP/axtSJK4v5K2fnVe2+Q3dWsLYH2neUA==" saltValue="bJXVRNULw2Y0MeK0nLvSTA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{8F8B4D5E-C8BD-43A6-BD0A-54A6C2FFB611}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F038195C-1007-4D75-98E9-15FEA090B9C1}">
   <sheetPr codeName="Sheet12">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:I119"/>
   <sheetViews>
-    <sheetView topLeftCell="A34" workbookViewId="0">
-      <selection activeCell="A58" sqref="A58"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="16.26953125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="12.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="16.28515625" customWidth="1"/>
+    <col min="2" max="2" width="52.7109375" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="11.7265625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="8.7265625" customWidth="1"/>
+    <col min="6" max="6" width="11.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="8.7109375" customWidth="1"/>
     <col min="8" max="9" width="0" hidden="1" customWidth="1"/>
-    <col min="10" max="16384" width="8.7265625" hidden="1"/>
+    <col min="10" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:9">
       <c r="A2" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="B2" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="I2" s="4"/>
     </row>
-    <row r="3" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="B3" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="C4">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="C5">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="B6" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="C6">
         <v>100</v>
       </c>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="C7">
         <v>100</v>
       </c>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="B8" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C8">
         <v>93</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="B9" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C9">
         <v>93</v>
       </c>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="B10" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C10">
         <v>93</v>
       </c>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="B11" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C11">
         <v>93</v>
       </c>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B12" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C12">
         <v>93</v>
       </c>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="B13" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C13">
         <v>93</v>
       </c>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C14">
         <v>93</v>
       </c>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="B15" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C15">
         <v>93</v>
       </c>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="B16" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="C16">
         <v>93</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B17" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="C17">
         <v>93</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="B18" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="C18">
         <v>83</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="B19" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="C19">
         <v>83</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="B20" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="C20">
         <v>83</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="B21" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="C21">
         <v>83</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="B22" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="C22">
         <v>82</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="B23" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="C23">
         <v>82</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="B24" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="C24">
         <v>82</v>
       </c>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="B25" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="C25">
         <v>82</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="B26" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="C26">
         <v>81</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="B27" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="C27">
         <v>81</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="B28" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="C28">
         <v>81</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="B29" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="C29">
         <v>81</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="B30" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="C30">
         <v>80</v>
       </c>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="B31" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="C31">
         <v>80</v>
       </c>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="B32" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="C32">
         <v>80</v>
       </c>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="B33" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="C33">
         <v>80</v>
       </c>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="B34" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="C34">
         <v>80</v>
       </c>
     </row>
-    <row r="35" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="B35" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="C35">
         <v>80</v>
       </c>
     </row>
-    <row r="36" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="B36" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="C36">
         <v>79</v>
       </c>
     </row>
-    <row r="37" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="B37" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="C37">
         <v>79</v>
       </c>
     </row>
-    <row r="38" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="B38" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="C38">
         <v>75</v>
       </c>
     </row>
-    <row r="39" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="B39" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="C39">
         <v>75</v>
       </c>
     </row>
-    <row r="40" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="B40" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="C40">
         <v>75</v>
       </c>
     </row>
-    <row r="41" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="B41" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="C41">
         <v>75</v>
       </c>
     </row>
-    <row r="42" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B42" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="C42">
         <v>75</v>
       </c>
     </row>
-    <row r="43" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="B43" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="C43">
         <v>75</v>
       </c>
     </row>
-    <row r="44" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B44" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="C44">
         <v>75</v>
       </c>
     </row>
-    <row r="45" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="B45" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="C45">
         <v>75</v>
       </c>
     </row>
-    <row r="46" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="B46" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="C46">
         <v>74</v>
       </c>
     </row>
-    <row r="47" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="B47" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="C47">
         <v>74</v>
       </c>
     </row>
-    <row r="48" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="B48" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="C48">
         <v>74</v>
       </c>
     </row>
-    <row r="49" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="B49" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="C49">
         <v>74</v>
       </c>
     </row>
-    <row r="50" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="B50" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="C50">
         <v>72</v>
       </c>
     </row>
-    <row r="51" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="B51" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="C51">
         <v>72</v>
       </c>
     </row>
-    <row r="52" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="B52" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="C52">
         <v>72</v>
       </c>
     </row>
-    <row r="53" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="B53" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="C53">
         <v>72</v>
       </c>
     </row>
-    <row r="54" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="B54" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="C54">
         <v>71</v>
       </c>
     </row>
-    <row r="55" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="B55" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="C55">
         <v>71</v>
       </c>
     </row>
-    <row r="56" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="B56" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="C56">
         <v>71</v>
       </c>
     </row>
-    <row r="57" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="B57" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="C57">
         <v>71</v>
       </c>
     </row>
-    <row r="58" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="B58" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="C58">
         <v>71</v>
       </c>
     </row>
-    <row r="59" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="B59" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="C59">
         <v>71</v>
       </c>
     </row>
-    <row r="60" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="B60" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C60">
         <v>71</v>
       </c>
     </row>
-    <row r="61" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="B61" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C61">
         <v>71</v>
       </c>
     </row>
-    <row r="62" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="B62" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C62">
         <v>71</v>
       </c>
     </row>
-    <row r="63" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="B63" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C63">
         <v>71</v>
       </c>
     </row>
-    <row r="64" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="B64" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="C64">
         <v>71</v>
       </c>
     </row>
-    <row r="65" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="B65" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="C65">
         <v>71</v>
       </c>
     </row>
-    <row r="66" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="B66" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="C66">
         <v>71</v>
       </c>
     </row>
-    <row r="67" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="B67" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="C67">
         <v>71</v>
       </c>
     </row>
-    <row r="68" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="B68" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="C68">
         <v>70</v>
       </c>
     </row>
-    <row r="69" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="B69" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="C69">
         <v>70</v>
       </c>
     </row>
-    <row r="70" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="B70" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="C70">
         <v>70</v>
       </c>
     </row>
-    <row r="71" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
       <c r="B71" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="C71">
         <v>70</v>
       </c>
     </row>
-    <row r="72" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="B72" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="C72">
         <v>70</v>
       </c>
     </row>
-    <row r="73" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="B73" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="C73">
         <v>70</v>
       </c>
     </row>
-    <row r="74" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="B74" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="C74">
         <v>70</v>
       </c>
     </row>
-    <row r="75" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
       <c r="B75" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="C75">
         <v>70</v>
       </c>
     </row>
-    <row r="76" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="B76" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="C76">
         <v>70</v>
       </c>
     </row>
-    <row r="77" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="B77" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="C77">
         <v>70</v>
       </c>
     </row>
-    <row r="78" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="B78" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="C78">
         <v>70</v>
       </c>
     </row>
-    <row r="79" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="B79" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="C79">
         <v>70</v>
       </c>
     </row>
-    <row r="80" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="B80" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="C80">
         <v>70</v>
       </c>
     </row>
-    <row r="81" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="B81" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="C81">
         <v>70</v>
       </c>
     </row>
-    <row r="82" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="B82" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="C82">
         <v>70</v>
       </c>
     </row>
-    <row r="83" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="B83" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="C83">
         <v>71</v>
       </c>
     </row>
-    <row r="84" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="B84" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="C84">
         <v>71</v>
       </c>
     </row>
-    <row r="85" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="B85" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="C85">
         <v>67</v>
       </c>
     </row>
-    <row r="86" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="B86" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="C86">
         <v>67</v>
       </c>
     </row>
-    <row r="87" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="B87" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="C87">
         <v>67</v>
       </c>
     </row>
-    <row r="88" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="B88" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="C88">
         <v>67</v>
       </c>
     </row>
-    <row r="89" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="B89" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="C89">
         <v>67</v>
       </c>
     </row>
-    <row r="90" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="B90" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="C90">
         <v>67</v>
       </c>
     </row>
-    <row r="91" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="B91" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C91">
         <v>66</v>
       </c>
     </row>
-    <row r="92" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="B92" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C92">
         <v>66</v>
       </c>
     </row>
-    <row r="93" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="B93" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C93">
         <v>66</v>
       </c>
     </row>
-    <row r="94" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="B94" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C94">
         <v>66</v>
       </c>
     </row>
-    <row r="95" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="B95" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="C95">
         <v>57</v>
       </c>
     </row>
-    <row r="96" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="B96" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="C96">
         <v>57</v>
       </c>
     </row>
-    <row r="97" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="B97" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="C97">
         <v>57</v>
       </c>
     </row>
-    <row r="98" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="B98" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="C98">
         <v>57</v>
       </c>
     </row>
-    <row r="99" spans="1:3" x14ac:dyDescent="0.35"/>
-[...19 lines deleted...]
-    <row r="119" x14ac:dyDescent="0.35"/>
+    <row r="99" spans="1:3"/>
+    <row r="100" spans="1:3"/>
+    <row r="101" spans="1:3"/>
+    <row r="102" spans="1:3"/>
+    <row r="103" spans="1:3"/>
+    <row r="104" spans="1:3"/>
+    <row r="105" spans="1:3"/>
+    <row r="106" spans="1:3"/>
+    <row r="107" spans="1:3"/>
+    <row r="108" spans="1:3"/>
+    <row r="109" spans="1:3"/>
+    <row r="110" spans="1:3"/>
+    <row r="111" spans="1:3"/>
+    <row r="112" spans="1:3"/>
+    <row r="113"/>
+    <row r="114"/>
+    <row r="115"/>
+    <row r="116"/>
+    <row r="117"/>
+    <row r="118"/>
+    <row r="119"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="3gH1kjnr68JD6pLcXnD6SVVkl3LZgmdmR6X5f05DYJnRjDK97dTuMktYM0T6Xae//3XSw0d+7h1TT84h8X6Y7A==" saltValue="bcItHDB9EUbEAm7CyUXGOg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{40BDF6CA-F813-47A3-9B14-05FF67C13979}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5D354CCB-FF5F-42A1-947D-985038068BB0}">
   <sheetPr codeName="Sheet9">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:I10"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A11" sqref="A11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="11.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="16.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="7.1796875" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="9.7265625" customWidth="1"/>
+    <col min="6" max="6" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="8.7109375" customWidth="1"/>
+    <col min="8" max="8" width="9.7109375" customWidth="1"/>
     <col min="9" max="9" width="0" hidden="1" customWidth="1"/>
-    <col min="10" max="16384" width="8.7265625" hidden="1"/>
+    <col min="10" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:9">
       <c r="A2" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="B2" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="I2" s="2"/>
     </row>
-    <row r="3" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="B3" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="B4" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="C4">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="C5">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.35"/>
-[...3 lines deleted...]
-    <row r="10" spans="1:9" x14ac:dyDescent="0.35"/>
+    <row r="6" spans="1:9"/>
+    <row r="7" spans="1:9"/>
+    <row r="8" spans="1:9"/>
+    <row r="9" spans="1:9"/>
+    <row r="10" spans="1:9"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="21S8bk2YMtF+VJj8kqrK4iBJnKC14chS+82UuJluduoggQy7s0un1cd7dflq3HX9/x+gdkGgoPimfpvebhB0OA==" saltValue="g0wE5GoYWfOMHddwMT1JOQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{DA8F63F8-E4B4-4A73-8C95-ADC44C9F7B85}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F29AADC8-5713-4815-A2B9-20F33B78FC85}">
   <sheetPr codeName="Sheet21">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:F58"/>
   <sheetViews>
-    <sheetView topLeftCell="A34" workbookViewId="0">
-      <selection activeCell="C45" sqref="C45"/>
+    <sheetView topLeftCell="A25" workbookViewId="0">
+      <selection activeCell="B49" sqref="B49"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.45" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="11.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="20.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="14.81640625" bestFit="1" customWidth="1"/>
-    <col min="7" max="16384" width="8.7265625" hidden="1"/>
+    <col min="6" max="6" width="14.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="8.7109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="B2" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C2">
         <v>100</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="B3" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="B4" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C4">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C5">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="B6" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C6">
         <v>97</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="B7" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C7">
         <v>97</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="B8" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C8">
         <v>97</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="B9" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C9">
         <v>97</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="B10" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="C10">
         <v>85</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="B11" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="C11">
         <v>85</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="B12" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="C12">
         <v>85</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="B13" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="C13">
         <v>85</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="B14" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C14">
         <v>83</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="B15" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C15">
         <v>83</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="B16" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C16">
         <v>83</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="B17" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C17">
         <v>83</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="B18" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="C18">
         <v>78</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="B19" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="C19">
         <v>78</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="B20" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="C20">
         <v>78</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="B21" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="C21">
         <v>77</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
       <c r="B22" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="C22">
         <v>77</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="B23" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="C23">
         <v>77</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
       <c r="B24" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="C24">
         <v>77</v>
       </c>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="B25" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="C25">
         <v>77</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="B26" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="C26">
         <v>77</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="B27" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="C27">
         <v>77</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="B28" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="C28">
         <v>77</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="B29" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="C29">
         <v>77</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="B30" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="C30">
         <v>77</v>
       </c>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="B31" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="C31">
         <v>77</v>
       </c>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="B32" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="C32">
         <v>77</v>
       </c>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="B33" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="C33">
         <v>77</v>
       </c>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="B34" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="C34">
         <v>77</v>
       </c>
     </row>
-    <row r="35" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="B35" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="C35">
         <v>76</v>
       </c>
     </row>
-    <row r="36" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="B36" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="C36">
         <v>76</v>
       </c>
     </row>
-    <row r="37" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="B37" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="C37">
         <v>76</v>
       </c>
     </row>
-    <row r="38" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="B38" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="C38">
         <v>75</v>
       </c>
     </row>
-    <row r="39" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="B39" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="C39">
         <v>75</v>
       </c>
     </row>
-    <row r="40" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="B40" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="C40">
         <v>75</v>
       </c>
     </row>
-    <row r="41" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="B41" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="C41">
         <v>75</v>
       </c>
     </row>
-    <row r="42" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="B42" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="C42">
         <v>75</v>
       </c>
     </row>
-    <row r="43" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="B43" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="C43">
         <v>74</v>
       </c>
     </row>
-    <row r="44" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="B44" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="C44">
         <v>74</v>
       </c>
     </row>
-    <row r="45" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B45" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="C45">
         <v>74</v>
       </c>
     </row>
-    <row r="46" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="B46" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="C46">
         <v>74</v>
       </c>
     </row>
-    <row r="47" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="B47" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="C47">
         <v>74</v>
       </c>
     </row>
-    <row r="48" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="B48" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="C48">
         <v>74</v>
       </c>
     </row>
-    <row r="49" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="B49" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="C49">
         <v>74</v>
       </c>
     </row>
-    <row r="50" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="B50" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="C50">
         <v>71</v>
       </c>
     </row>
-    <row r="51" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="B51" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="C51">
         <v>71</v>
       </c>
     </row>
-    <row r="52" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="B52" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="C52">
         <v>71</v>
       </c>
     </row>
-    <row r="53" spans="1:3" x14ac:dyDescent="0.35"/>
-[...4 lines deleted...]
-    <row r="58" spans="1:3" x14ac:dyDescent="0.35"/>
+    <row r="53" spans="1:3"/>
+    <row r="54" spans="1:3"/>
+    <row r="55" spans="1:3"/>
+    <row r="56" spans="1:3"/>
+    <row r="57" spans="1:3"/>
+    <row r="58" spans="1:3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="B35f+b4NcT9Jdje1+eb+1rC6VmYrnlXGHhoNaNDaUzjK2ONz19qBFHFFzXXLCntd+zM8kRSlnWbJa9aTvkRSuw==" saltValue="SogZk18vuoTMiJ6Qw1xl5Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
     <hyperlink ref="E2" location="Menu!A1" display="Return to Menu" xr:uid="{BF3960DB-4E43-49BD-A519-34C0C003E03F}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...25 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="eb8cff42-5652-403d-9370-86925285bf53" xmlns:ns3="d0213948-975b-4ece-a893-89b637ecad96" xmlns:ns4="63cc5491-11d0-42b6-aa67-deea8f49087f" xmlns:ns5="35ebc48a-dc9e-45bc-8496-b347132bae57" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="34159ce4ecbedee3ae2fb50170de41e1" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B4C46F44E5CB4144B14721DA3AAC8360" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="00d962afcc65c62d266d021ea9516bee">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="eb8cff42-5652-403d-9370-86925285bf53" xmlns:ns3="d0213948-975b-4ece-a893-89b637ecad96" xmlns:ns4="63cc5491-11d0-42b6-aa67-deea8f49087f" xmlns:ns5="35ebc48a-dc9e-45bc-8496-b347132bae57" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4cd655108e463617de24a2bfa63b03f2" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="eb8cff42-5652-403d-9370-86925285bf53"/>
     <xsd:import namespace="d0213948-975b-4ece-a893-89b637ecad96"/>
     <xsd:import namespace="63cc5491-11d0-42b6-aa67-deea8f49087f"/>
     <xsd:import namespace="35ebc48a-dc9e-45bc-8496-b347132bae57"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:Market_x0020_Services_x0020_Approval" minOccurs="0"/>
                 <xsd:element ref="ns2:NAP_x0020_Approval" minOccurs="0"/>
                 <xsd:element ref="ns2:ENCCApproval" minOccurs="0"/>
@@ -22060,152 +22141,93 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <ENCCApproval xmlns="eb8cff42-5652-403d-9370-86925285bf53">false</ENCCApproval>
+    <NAP_x0020_Approval xmlns="eb8cff42-5652-403d-9370-86925285bf53">false</NAP_x0020_Approval>
+    <Market_x0020_Services_x0020_Approval xmlns="eb8cff42-5652-403d-9370-86925285bf53">false</Market_x0020_Services_x0020_Approval>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="eb8cff42-5652-403d-9370-86925285bf53" xsi:nil="true"/>
+    <Approved xmlns="eb8cff42-5652-403d-9370-86925285bf53">false</Approved>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="63cc5491-11d0-42b6-aa67-deea8f49087f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="35ebc48a-dc9e-45bc-8496-b347132bae57" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89F8BBA4-CF52-4495-AEA1-44BFF35CB35E}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D4FADFD-EF3C-4FBA-B6F3-D23FD87AF8C1}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F86EFD4C-54F0-42B3-8C8D-120ECE18CA05}">
-[...7 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F86EFD4C-54F0-42B3-8C8D-120ECE18CA05}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A154A119-1B8D-4AFE-8CEB-2084C2317CDB}">
-[...16 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89F8BBA4-CF52-4495-AEA1-44BFF35CB35E}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...51 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mark Bowker (NESO)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B4C46F44E5CB4144B14721DA3AAC8360</vt:lpwstr>
   </property>