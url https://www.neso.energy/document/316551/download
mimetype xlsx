--- v0 (2025-12-05)
+++ v1 (2026-03-16)
@@ -1,158 +1,149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26130"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\uk.corporg.net\NGTDFS$\Group\Charging and Billing\TCR\TCS\2024_25\May 1st\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Charging and Billing\TCR\TCS\2025-26\Mar 1st\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C7AF194C-9126-43F5-B939-DFEFF685CD14}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3D849A1E-4C41-4662-8DC7-B0C22186A614}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1763" yWindow="-98" windowWidth="27135" windowHeight="18195" xr2:uid="{E62FA16D-8D31-4D33-86D1-F17351986309}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{E62FA16D-8D31-4D33-86D1-F17351986309}"/>
   </bookViews>
   <sheets>
     <sheet name="TCS" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="164">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="243" uniqueCount="175">
   <si>
     <t>Site reference</t>
   </si>
   <si>
     <t>S1</t>
   </si>
   <si>
     <t>TRN2</t>
   </si>
   <si>
     <t>M_ACTLLU_C</t>
   </si>
   <si>
     <t>S2</t>
   </si>
   <si>
     <t>M_GRTO</t>
   </si>
   <si>
     <t>S3</t>
   </si>
   <si>
     <t>TRN3</t>
   </si>
   <si>
     <t>M_TEMP</t>
   </si>
   <si>
     <t>S4</t>
   </si>
   <si>
     <t>TRN1</t>
   </si>
   <si>
     <t>T__HYELT002</t>
   </si>
   <si>
     <t>S5</t>
   </si>
   <si>
     <t>TRN4</t>
   </si>
   <si>
     <t>T__KYELT003</t>
   </si>
   <si>
-    <t>S7</t>
-[...1 lines deleted...]
-  <si>
     <t>T__MYELT001</t>
   </si>
   <si>
     <t>S8</t>
   </si>
   <si>
     <t>T_BAGTD-1</t>
   </si>
   <si>
     <t>S9</t>
   </si>
   <si>
     <t>T_BARK_NR</t>
   </si>
   <si>
     <t>S10</t>
   </si>
   <si>
     <t>T_BARK-CTRL</t>
   </si>
   <si>
-    <t>T_BPGRD-2</t>
-[...4 lines deleted...]
-  <si>
     <t>S12</t>
   </si>
   <si>
     <t>T_BRER_RTK</t>
   </si>
   <si>
     <t>S13</t>
   </si>
   <si>
     <t>T_BUSH_RTK</t>
   </si>
   <si>
     <t>S14</t>
   </si>
   <si>
     <t>T_CASKD-1</t>
   </si>
   <si>
     <t>S15</t>
   </si>
   <si>
     <t>T_CORM_RTK</t>
   </si>
   <si>
     <t>S16</t>
@@ -163,53 +154,50 @@
   <si>
     <t>S18</t>
   </si>
   <si>
     <t>T_ECCFD-1</t>
   </si>
   <si>
     <t>S19</t>
   </si>
   <si>
     <t>T_EGLSD-1</t>
   </si>
   <si>
     <t>S20</t>
   </si>
   <si>
     <t>T_ELSTR-1</t>
   </si>
   <si>
     <t>S21</t>
   </si>
   <si>
     <t>T_ELVAD-1</t>
   </si>
   <si>
-    <t>S22</t>
-[...1 lines deleted...]
-  <si>
     <t>T_EXMOSSD-1</t>
   </si>
   <si>
     <t>S23</t>
   </si>
   <si>
     <t>T_FOXJD-2</t>
   </si>
   <si>
     <t>T_FOXJD-1</t>
   </si>
   <si>
     <t>S24</t>
   </si>
   <si>
     <t>T_FROD_NR</t>
   </si>
   <si>
     <t>S25</t>
   </si>
   <si>
     <t>T_GLNG</t>
   </si>
   <si>
     <t>S26</t>
@@ -427,56 +415,50 @@
   <si>
     <t>S61</t>
   </si>
   <si>
     <t>T_TINSD-1</t>
   </si>
   <si>
     <t>S62</t>
   </si>
   <si>
     <t>T_TODSD-1</t>
   </si>
   <si>
     <t>S64</t>
   </si>
   <si>
     <t>T_WHISTLD-1</t>
   </si>
   <si>
     <t>S65</t>
   </si>
   <si>
     <t>T_WILCT-1</t>
   </si>
   <si>
-    <t>S246</t>
-[...4 lines deleted...]
-  <si>
     <t>S247</t>
   </si>
   <si>
     <t>T_FERGD-1</t>
   </si>
   <si>
     <t>T_FERGD-2</t>
   </si>
   <si>
     <t>S248</t>
   </si>
   <si>
     <t>T_TONTED-1</t>
   </si>
   <si>
     <t>S249</t>
   </si>
   <si>
     <t>T_MILTON-1</t>
   </si>
   <si>
     <t>T_MILTON-2</t>
   </si>
   <si>
     <t>S250</t>
@@ -487,273 +469,344 @@
   <si>
     <t>T_UNPKD-2</t>
   </si>
   <si>
     <t>S251</t>
   </si>
   <si>
     <t>T_NCTBM-1</t>
   </si>
   <si>
     <t>T_LONDG-D</t>
   </si>
   <si>
     <t>T_COWBD-1</t>
   </si>
   <si>
     <t>T_COWBD-2</t>
   </si>
   <si>
     <t>T_COWBD-3</t>
   </si>
   <si>
     <t>S254</t>
   </si>
   <si>
-    <t>T_SELLD-1</t>
-[...1 lines deleted...]
-  <si>
     <t>T_COWBD-4</t>
   </si>
   <si>
     <t>S256</t>
   </si>
   <si>
     <t>T_BRBKD-1</t>
   </si>
   <si>
     <t>T_BRBKD-2</t>
   </si>
   <si>
     <t>S257</t>
   </si>
   <si>
     <t>T_CURRD-1</t>
   </si>
   <si>
     <t>T_CURRD-2</t>
   </si>
   <si>
     <t>S258</t>
   </si>
   <si>
-    <t>ReSidual charging Band</t>
-[...1 lines deleted...]
-  <si>
     <t>BMUS</t>
   </si>
   <si>
     <t>S252</t>
   </si>
   <si>
     <t>S253</t>
+  </si>
+  <si>
+    <t>S260</t>
+  </si>
+  <si>
+    <t>S261</t>
+  </si>
+  <si>
+    <t>T_HUMRD-1</t>
+  </si>
+  <si>
+    <t>T_SCCL-4</t>
+  </si>
+  <si>
+    <t>T_SFGSD-1</t>
+  </si>
+  <si>
+    <t>T_SFGSD-2</t>
+  </si>
+  <si>
+    <t>S262</t>
+  </si>
+  <si>
+    <t>S263</t>
+  </si>
+  <si>
+    <t>S264</t>
+  </si>
+  <si>
+    <t>T_COWBD-5</t>
+  </si>
+  <si>
+    <t>S265</t>
+  </si>
+  <si>
+    <t>T_HOLCD-1</t>
+  </si>
+  <si>
+    <t>T_GRMO-1</t>
+  </si>
+  <si>
+    <t>S266</t>
+  </si>
+  <si>
+    <t>Residual charging Band</t>
+  </si>
+  <si>
+    <t>T_UNPKD-3</t>
+  </si>
+  <si>
+    <t>T_UNPKD-4</t>
+  </si>
+  <si>
+    <t>T_UNPKD-7</t>
+  </si>
+  <si>
+    <t>T_UNPKD-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.000000_-;\-* #,##0.000000_-;_-* &quot;-&quot;??????_-;_-@_-"/>
   </numFmts>
-  <fonts count="2" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59996337778862885"/>
         <bgColor theme="9" tint="0.59999389629810485"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor theme="9" tint="0.79998168889431442"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right/>
       <top/>
-      <bottom/>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -815,51 +868,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -957,1129 +1010,1302 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DA1683ED-9B2C-4D62-BE04-9E3C1B61D0D9}">
-  <dimension ref="A1:H75"/>
+  <sheetPr codeName="Sheet1"/>
+  <dimension ref="A1:I76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2"/>
+      <selection activeCell="E12" sqref="E12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.25" zeroHeight="1" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="8.86328125" style="4" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="16384" width="8.86328125" hidden="1"/>
+    <col min="1" max="1" width="8.81640625" style="4" customWidth="1"/>
+    <col min="2" max="2" width="9" style="4" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="19.81640625" style="4" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.6328125" style="4" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.453125" style="4" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.1796875" style="4" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.1796875" style="4" customWidth="1"/>
+    <col min="8" max="9" width="11.54296875" bestFit="1" customWidth="1"/>
+    <col min="10" max="16384" width="8.453125" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:7" s="4" customFormat="1" x14ac:dyDescent="0.45"/>
-    <row r="2" spans="2:7" ht="28.5" x14ac:dyDescent="0.45">
+    <row r="1" spans="2:9" s="4" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="2:9" ht="29" x14ac:dyDescent="0.35">
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>161</v>
+        <v>153</v>
       </c>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
-    </row>
-    <row r="3" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="H2" s="7"/>
+      <c r="I2" s="7"/>
+    </row>
+    <row r="3" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
-    </row>
-    <row r="4" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="H3" s="2"/>
+      <c r="I3" s="2"/>
+    </row>
+    <row r="4" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B4" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
-    </row>
-    <row r="5" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="H4" s="3"/>
+      <c r="I4" s="3"/>
+    </row>
+    <row r="5" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
-    </row>
-    <row r="6" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="H5" s="2"/>
+      <c r="I5" s="2"/>
+    </row>
+    <row r="6" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B6" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
-    </row>
-    <row r="7" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="H6" s="3"/>
+      <c r="I6" s="3"/>
+    </row>
+    <row r="7" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
-    </row>
-[...4 lines deleted...]
-      <c r="C8" s="3" t="s">
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
+    </row>
+    <row r="8" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B8" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
+      <c r="I8" s="2"/>
+    </row>
+    <row r="9" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B9" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" s="3"/>
+      <c r="F9" s="3"/>
+      <c r="G9" s="3"/>
+      <c r="H9" s="3"/>
+      <c r="I9" s="3"/>
+    </row>
+    <row r="10" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B10" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
+    </row>
+    <row r="11" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B11" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="D8" s="3" t="s">
-[...38 lines deleted...]
-      <c r="C11" s="2" t="s">
+      <c r="D11" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="E11" s="3"/>
+      <c r="F11" s="3"/>
+      <c r="G11" s="3"/>
+      <c r="H11" s="3"/>
+      <c r="I11" s="3"/>
+    </row>
+    <row r="12" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B12" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="2" t="s">
-[...7 lines deleted...]
-      <c r="B12" s="3" t="s">
+      <c r="D12" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="C12" s="3" t="s">
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2"/>
+      <c r="I12" s="2"/>
+    </row>
+    <row r="13" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B13" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="E13" s="3"/>
+      <c r="F13" s="3"/>
+      <c r="G13" s="3"/>
+      <c r="H13" s="3"/>
+      <c r="I13" s="3"/>
+    </row>
+    <row r="14" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B14" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C14" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="D12" s="3" t="s">
-[...10 lines deleted...]
-      <c r="C13" s="2" t="s">
+      <c r="D14" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
+    </row>
+    <row r="15" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B15" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E15" s="3"/>
+      <c r="F15" s="3"/>
+      <c r="G15" s="3"/>
+      <c r="H15" s="3"/>
+      <c r="I15" s="3"/>
+    </row>
+    <row r="16" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B16" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
+    </row>
+    <row r="17" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B17" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C17" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="D13" s="2" t="s">
-[...10 lines deleted...]
-      <c r="C14" s="3" t="s">
+      <c r="D17" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E17" s="3"/>
+      <c r="F17" s="3"/>
+      <c r="G17" s="3"/>
+      <c r="H17" s="3"/>
+      <c r="I17" s="3"/>
+    </row>
+    <row r="18" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B18" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2"/>
+      <c r="H18" s="2"/>
+      <c r="I18" s="2"/>
+    </row>
+    <row r="19" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B19" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="E19" s="3"/>
+      <c r="F19" s="3"/>
+      <c r="G19" s="3"/>
+      <c r="H19" s="3"/>
+      <c r="I19" s="3"/>
+    </row>
+    <row r="20" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B20" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E20" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
+    </row>
+    <row r="21" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B21" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="E21" s="3"/>
+      <c r="F21" s="3"/>
+      <c r="G21" s="3"/>
+      <c r="H21" s="3"/>
+      <c r="I21" s="3"/>
+    </row>
+    <row r="22" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B22" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C22" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="D14" s="3" t="s">
-[...10 lines deleted...]
-      <c r="C15" s="2" t="s">
+      <c r="D22" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
+    </row>
+    <row r="23" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B23" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="G23" s="3"/>
+      <c r="H23" s="3"/>
+      <c r="I23" s="3"/>
+    </row>
+    <row r="24" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B24" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="2"/>
+    </row>
+    <row r="25" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B25" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E25" s="3"/>
+      <c r="F25" s="3"/>
+      <c r="G25" s="3"/>
+      <c r="H25" s="3"/>
+      <c r="I25" s="3"/>
+    </row>
+    <row r="26" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B26" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="E26" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
+    </row>
+    <row r="27" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B27" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E27" s="3"/>
+      <c r="F27" s="3"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="3"/>
+      <c r="I27" s="3"/>
+    </row>
+    <row r="28" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B28" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C28" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="D15" s="2" t="s">
-[...38 lines deleted...]
-      <c r="C18" s="3" t="s">
+      <c r="D28" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2"/>
+      <c r="H28" s="2"/>
+      <c r="I28" s="2"/>
+    </row>
+    <row r="29" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B29" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E29" s="3"/>
+      <c r="F29" s="3"/>
+      <c r="G29" s="3"/>
+      <c r="H29" s="3"/>
+      <c r="I29" s="3"/>
+    </row>
+    <row r="30" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B30" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C30" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
+    </row>
+    <row r="31" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B31" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C31" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="D18" s="3" t="s">
-[...10 lines deleted...]
-      <c r="C19" s="2" t="s">
+      <c r="D31" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="E31" s="3"/>
+      <c r="F31" s="3"/>
+      <c r="G31" s="3"/>
+      <c r="H31" s="3"/>
+      <c r="I31" s="3"/>
+    </row>
+    <row r="32" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B32" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2"/>
+      <c r="I32" s="2"/>
+    </row>
+    <row r="33" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B33" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="E33" s="3"/>
+      <c r="F33" s="3"/>
+      <c r="G33" s="3"/>
+      <c r="H33" s="3"/>
+      <c r="I33" s="3"/>
+    </row>
+    <row r="34" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B34" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C34" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
+    </row>
+    <row r="35" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B35" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F35" s="3"/>
+      <c r="G35" s="3"/>
+      <c r="H35" s="3"/>
+      <c r="I35" s="3"/>
+    </row>
+    <row r="36" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B36" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C36" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="D19" s="2" t="s">
-[...24 lines deleted...]
-      <c r="C21" s="2" t="s">
+      <c r="D36" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
+    </row>
+    <row r="37" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B37" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="E37" s="3"/>
+      <c r="F37" s="3"/>
+      <c r="G37" s="3"/>
+      <c r="H37" s="3"/>
+      <c r="I37" s="3"/>
+    </row>
+    <row r="38" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B38" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="E38" s="2"/>
+      <c r="F38" s="2"/>
+      <c r="G38" s="2"/>
+      <c r="H38" s="2"/>
+      <c r="I38" s="2"/>
+    </row>
+    <row r="39" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B39" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="E39" s="3"/>
+      <c r="F39" s="3"/>
+      <c r="G39" s="3"/>
+      <c r="H39" s="3"/>
+      <c r="I39" s="3"/>
+    </row>
+    <row r="40" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B40" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2"/>
+      <c r="I40" s="2"/>
+    </row>
+    <row r="41" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B41" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="E41" s="3"/>
+      <c r="F41" s="3"/>
+      <c r="G41" s="3"/>
+      <c r="H41" s="3"/>
+      <c r="I41" s="3"/>
+    </row>
+    <row r="42" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B42" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F42" s="2"/>
+      <c r="G42" s="2"/>
+      <c r="H42" s="2"/>
+      <c r="I42" s="2"/>
+    </row>
+    <row r="43" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B43" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="E43" s="3"/>
+      <c r="F43" s="3"/>
+      <c r="G43" s="3"/>
+      <c r="H43" s="3"/>
+      <c r="I43" s="3"/>
+    </row>
+    <row r="44" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B44" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="C44" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="F44" s="2"/>
+      <c r="G44" s="2"/>
+      <c r="H44" s="2"/>
+      <c r="I44" s="2"/>
+    </row>
+    <row r="45" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B45" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D45" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="E45" s="3"/>
+      <c r="F45" s="3"/>
+      <c r="G45" s="3"/>
+      <c r="H45" s="3"/>
+      <c r="I45" s="3"/>
+    </row>
+    <row r="46" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B46" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="C46" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="E46" s="2"/>
+      <c r="F46" s="2"/>
+      <c r="G46" s="2"/>
+      <c r="H46" s="2"/>
+      <c r="I46" s="2"/>
+    </row>
+    <row r="47" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B47" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="E47" s="3"/>
+      <c r="F47" s="3"/>
+      <c r="G47" s="3"/>
+      <c r="H47" s="3"/>
+      <c r="I47" s="3"/>
+    </row>
+    <row r="48" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B48" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="C48" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="E48" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="F48" s="2"/>
+      <c r="G48" s="2"/>
+      <c r="H48" s="2"/>
+      <c r="I48" s="2"/>
+    </row>
+    <row r="49" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B49" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F49" s="3"/>
+      <c r="G49" s="3"/>
+      <c r="H49" s="3"/>
+      <c r="I49" s="3"/>
+    </row>
+    <row r="50" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B50" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="C50" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="E50" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="F50" s="2"/>
+      <c r="G50" s="2"/>
+      <c r="H50" s="2"/>
+      <c r="I50" s="2"/>
+    </row>
+    <row r="51" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B51" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="E51" s="3"/>
+      <c r="F51" s="3"/>
+      <c r="G51" s="3"/>
+      <c r="H51" s="3"/>
+      <c r="I51" s="3"/>
+    </row>
+    <row r="52" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B52" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="F52" s="2"/>
+      <c r="G52" s="2"/>
+      <c r="H52" s="2"/>
+      <c r="I52" s="2"/>
+    </row>
+    <row r="53" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B53" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="C53" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="D21" s="2" t="s">
-[...10 lines deleted...]
-      <c r="C22" s="3" t="s">
+      <c r="D53" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="E53" s="3"/>
+      <c r="F53" s="3"/>
+      <c r="G53" s="3"/>
+      <c r="H53" s="3"/>
+      <c r="I53" s="3"/>
+    </row>
+    <row r="54" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B54" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="C54" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="E54" s="2"/>
+      <c r="F54" s="2"/>
+      <c r="G54" s="2"/>
+      <c r="H54" s="2"/>
+      <c r="I54" s="2"/>
+    </row>
+    <row r="55" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B55" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="C55" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="D22" s="3" t="s">
-[...12 lines deleted...]
-      <c r="C23" s="2" t="s">
+      <c r="D55" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="E55" s="3"/>
+      <c r="F55" s="3"/>
+      <c r="G55" s="3"/>
+      <c r="H55" s="3"/>
+      <c r="I55" s="3"/>
+    </row>
+    <row r="56" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B56" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="C56" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="D23" s="2" t="s">
-[...483 lines deleted...]
-      <c r="D56" s="3" t="s">
+      <c r="D56" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="E56" s="3"/>
-[...3 lines deleted...]
-    <row r="57" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="E56" s="2"/>
+      <c r="F56" s="2"/>
+      <c r="G56" s="2"/>
+      <c r="H56" s="2"/>
+      <c r="I56" s="2"/>
+    </row>
+    <row r="57" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B57" s="2" t="s">
         <v>127</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="E57" s="2"/>
+      <c r="E57" s="2" t="s">
+        <v>129</v>
+      </c>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
-    </row>
-    <row r="58" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="H57" s="2"/>
+      <c r="I57" s="2"/>
+    </row>
+    <row r="58" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B58" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="D58" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
-    </row>
-    <row r="59" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="H58" s="3"/>
+      <c r="I58" s="3"/>
+    </row>
+    <row r="59" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B59" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="E59" s="2"/>
+        <v>133</v>
+      </c>
+      <c r="E59" s="2" t="s">
+        <v>134</v>
+      </c>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
-    </row>
-    <row r="60" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="H59" s="2"/>
+      <c r="I59" s="2"/>
+    </row>
+    <row r="60" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B60" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D60" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>135</v>
-[...4 lines deleted...]
-    <row r="61" spans="2:7" x14ac:dyDescent="0.45">
+        <v>137</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="H60" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="I60" s="3" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="61" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B61" s="2" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
-    </row>
-    <row r="62" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="H61" s="2"/>
+      <c r="I61" s="2"/>
+    </row>
+    <row r="62" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B62" s="3" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D62" s="3" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="E62" s="3" t="s">
         <v>140</v>
       </c>
+      <c r="E62" s="3"/>
       <c r="F62" s="3"/>
       <c r="G62" s="3"/>
-    </row>
-    <row r="63" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="H62" s="3"/>
+      <c r="I62" s="3"/>
+    </row>
+    <row r="63" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B63" s="2" t="s">
-        <v>141</v>
+        <v>155</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>142</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>143</v>
       </c>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
-    </row>
-    <row r="64" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="H63" s="2"/>
+      <c r="I63" s="2"/>
+    </row>
+    <row r="64" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B64" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="E64" s="3"/>
+        <v>160</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>161</v>
+      </c>
       <c r="F64" s="3"/>
       <c r="G64" s="3"/>
-    </row>
-    <row r="65" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="H64" s="3"/>
+      <c r="I64" s="3"/>
+    </row>
+    <row r="65" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B65" s="2" t="s">
-        <v>162</v>
+        <v>146</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="E65" s="2"/>
+        <v>147</v>
+      </c>
+      <c r="E65" s="2" t="s">
+        <v>148</v>
+      </c>
       <c r="F65" s="2"/>
       <c r="G65" s="2"/>
-    </row>
-    <row r="66" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="H65" s="2"/>
+      <c r="I65" s="2"/>
+    </row>
+    <row r="66" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B66" s="3" t="s">
-        <v>163</v>
+        <v>149</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D66" s="3" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>148</v>
-[...4 lines deleted...]
-      <c r="G66" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F66" s="3"/>
+      <c r="G66" s="3"/>
+      <c r="H66" s="3"/>
+      <c r="I66" s="3"/>
+    </row>
+    <row r="67" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B67" s="2" t="s">
         <v>152</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
       <c r="C67" s="2" t="s">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
-    </row>
-    <row r="68" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="H67" s="2"/>
+      <c r="I67" s="2"/>
+    </row>
+    <row r="68" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B68" s="3" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D68" s="3" t="s">
-        <v>154</v>
-[...3 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="E68" s="3"/>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
-    </row>
-    <row r="69" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="H68" s="3"/>
+      <c r="I68" s="3"/>
+    </row>
+    <row r="69" spans="2:9" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="B69" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>157</v>
-[...3 lines deleted...]
-      </c>
+        <v>159</v>
+      </c>
+      <c r="E69" s="2"/>
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
-    </row>
-    <row r="70" spans="2:7" x14ac:dyDescent="0.45">
+      <c r="H69" s="2"/>
+      <c r="I69" s="2"/>
+    </row>
+    <row r="70" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B70" s="3" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D70" s="3" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="E70" s="3"/>
       <c r="F70" s="3"/>
       <c r="G70" s="3"/>
-    </row>
-[...37 lines deleted...]
-    <row r="75" spans="2:7" x14ac:dyDescent="0.45"/>
+      <c r="H70" s="3"/>
+      <c r="I70" s="3"/>
+    </row>
+    <row r="71" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B71" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="C71" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="F71" s="2"/>
+      <c r="G71" s="2"/>
+      <c r="H71" s="2"/>
+      <c r="I71" s="2"/>
+    </row>
+    <row r="72" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B72" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D72" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="E72" s="3"/>
+      <c r="F72" s="3"/>
+      <c r="G72" s="3"/>
+      <c r="H72" s="3"/>
+      <c r="I72" s="3"/>
+    </row>
+    <row r="73" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B73" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="C73" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="E73" s="2"/>
+      <c r="F73" s="2"/>
+      <c r="G73" s="2"/>
+      <c r="H73" s="2"/>
+      <c r="I73" s="2"/>
+    </row>
+    <row r="74" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B74" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="C74" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="2"/>
+      <c r="F74" s="2"/>
+      <c r="G74" s="2"/>
+      <c r="H74" s="2"/>
+      <c r="I74" s="2"/>
+    </row>
+    <row r="75" spans="2:9" x14ac:dyDescent="0.35"/>
+    <row r="76" spans="2:9" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="D2:G2"/>
+    <mergeCell ref="D2:I2"/>
   </mergeCells>
+  <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>TCS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>