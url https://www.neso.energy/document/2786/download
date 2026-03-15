--- v0 (2025-12-05)
+++ v1 (2026-03-15)
@@ -1,95 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28925"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://nationalgridplc.sharepoint.com/sites/GRP-INT-UK-BalancingServices/Services  Projects/FRPS Administration/FRPS Calendar/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://nationalenergyso.sharepoint.com/sites/BalancingServices/Services  Projects/FRPS Administration/FRPS Calendar/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="130" documentId="8_{8330844D-C49F-42EF-A7B5-04979B2776B7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4744D565-793F-4970-8299-1E07885BDD7B}"/>
+  <xr:revisionPtr revIDLastSave="131" documentId="8_{7114B1B7-2E88-4EDA-836A-6667D23A15BC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{859AD81D-5E94-420E-B328-9D691E1EEB72}"/>
   <bookViews>
-    <workbookView xWindow="-23148" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView minimized="1" xWindow="-20280" yWindow="3456" windowWidth="17280" windowHeight="8964" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Calendar 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="Calendar 2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Calendar 2025'!$A$7:$H$12</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Calendar 2025'!$6:$7</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Calendar 2026'!$A$9:$H$14</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Calendar 2026'!$A$8:$E$69</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Calendar 2026'!$8:$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C12" i="1" l="1"/>
+  <c r="C14" i="1" l="1"/>
+  <c r="C13" i="1"/>
+  <c r="C12" i="1"/>
   <c r="C11" i="1"/>
   <c r="C10" i="1"/>
-  <c r="C9" i="1"/>
-  <c r="C8" i="1"/>
+  <c r="C74" i="1"/>
+  <c r="C73" i="1"/>
   <c r="C72" i="1"/>
   <c r="C71" i="1"/>
   <c r="C70" i="1"/>
   <c r="C69" i="1"/>
   <c r="C68" i="1"/>
   <c r="C67" i="1"/>
   <c r="C66" i="1"/>
   <c r="C65" i="1"/>
   <c r="C64" i="1"/>
   <c r="C63" i="1"/>
   <c r="C62" i="1"/>
   <c r="C61" i="1"/>
   <c r="C60" i="1"/>
   <c r="C59" i="1"/>
   <c r="C58" i="1"/>
   <c r="C57" i="1"/>
   <c r="C56" i="1"/>
   <c r="C55" i="1"/>
   <c r="C54" i="1"/>
   <c r="C53" i="1"/>
   <c r="C52" i="1"/>
   <c r="C51" i="1"/>
   <c r="C50" i="1"/>
   <c r="C49" i="1"/>
   <c r="C48" i="1"/>
@@ -104,249 +107,247 @@
   <c r="C39" i="1"/>
   <c r="C38" i="1"/>
   <c r="C37" i="1"/>
   <c r="C36" i="1"/>
   <c r="C35" i="1"/>
   <c r="C34" i="1"/>
   <c r="C33" i="1"/>
   <c r="C32" i="1"/>
   <c r="C31" i="1"/>
   <c r="C30" i="1"/>
   <c r="C29" i="1"/>
   <c r="C28" i="1"/>
   <c r="C27" i="1"/>
   <c r="C26" i="1"/>
   <c r="C25" i="1"/>
   <c r="C24" i="1"/>
   <c r="C23" i="1"/>
   <c r="C22" i="1"/>
   <c r="C21" i="1"/>
   <c r="C20" i="1"/>
   <c r="C19" i="1"/>
   <c r="C18" i="1"/>
   <c r="C17" i="1"/>
   <c r="C16" i="1"/>
   <c r="C15" i="1"/>
-  <c r="C14" i="1"/>
-  <c r="C13" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>SoundrJ</author>
   </authors>
   <commentList>
-    <comment ref="D12" authorId="0" shapeId="0" xr:uid="{AC52454E-4B08-4EAB-94A2-0907C0CCD47D}">
+    <comment ref="D14" authorId="0" shapeId="0" xr:uid="{BC982431-E938-49D9-8F57-624F49598C1A}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>See CUSC 4.1.3.13(e) and CUSC 4.1.3.13A (b)</t>
         </r>
       </text>
     </comment>
-    <comment ref="D17" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000002000000}">
+    <comment ref="D19" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000002000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>See CUSC 4.1.3.13(e) and CUSC 4.1.3.13A (b)</t>
         </r>
       </text>
     </comment>
-    <comment ref="D22" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000003000000}">
+    <comment ref="D24" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000003000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>See CUSC 4.1.3.13(e) and CUSC 4.1.3.13A (b)</t>
         </r>
       </text>
     </comment>
-    <comment ref="D27" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000004000000}">
+    <comment ref="D29" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000004000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>See CUSC 4.1.3.13(e) and CUSC 4.1.3.13A (b)</t>
         </r>
       </text>
     </comment>
-    <comment ref="D32" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000005000000}">
+    <comment ref="D34" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000005000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>See CUSC 4.1.3.13(e) and CUSC 4.1.3.13A (b)</t>
         </r>
       </text>
     </comment>
-    <comment ref="D37" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000006000000}">
+    <comment ref="D39" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000006000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>See CUSC 4.1.3.13(e) and CUSC 4.1.3.13A (b)</t>
         </r>
       </text>
     </comment>
-    <comment ref="D42" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000007000000}">
+    <comment ref="D44" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000007000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>See CUSC 4.1.3.13(e) and CUSC 4.1.3.13A (b)</t>
         </r>
       </text>
     </comment>
-    <comment ref="D47" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000008000000}">
+    <comment ref="D49" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000008000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>See CUSC 4.1.3.13(e) and CUSC 4.1.3.13A (b)</t>
         </r>
       </text>
     </comment>
-    <comment ref="D52" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000009000000}">
+    <comment ref="D54" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000009000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>See CUSC 4.1.3.13(e) and CUSC 4.1.3.13A (b)</t>
         </r>
       </text>
     </comment>
-    <comment ref="D57" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000A000000}">
+    <comment ref="D59" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000A000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>See CUSC 4.1.3.13(e) and CUSC 4.1.3.13A (b)</t>
         </r>
       </text>
     </comment>
-    <comment ref="D62" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000B000000}">
+    <comment ref="D64" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000B000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>See CUSC 4.1.3.13(e) and CUSC 4.1.3.13A (b)</t>
         </r>
       </text>
     </comment>
-    <comment ref="D67" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000C000000}">
+    <comment ref="D69" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000C000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>See CUSC 4.1.3.13(e) and CUSC 4.1.3.13A (b)</t>
         </r>
       </text>
     </comment>
-    <comment ref="D72" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000D000000}">
+    <comment ref="D74" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000D000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>See CUSC 4.1.3.13(e) and CUSC 4.1.3.13A (b)</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="205" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="206" uniqueCount="79">
   <si>
     <t>CUSC 4.1.3.13 (e)</t>
   </si>
   <si>
     <t>The User shall have the right to be exercised within one Business Day of the publication of payment rates in respect of a BM Unit in accordance with Paragraph 4.1.3.13(d), to notify The Company (in a form and by such method as shall be prescribed by The Company from time to time) of any discrepancy between those payment rates the actual payment rates submitted by the User in respect of that BM Unit in accordance with Paragraph 4.1.3.13(b).  Upon receipt of any such notification, The Company shall rectify the report issued in accordance with Paragraph 4.1.3.13A(a) and shall publish the rectified report in accordance with Paragraph 4.1.13A(b)</t>
   </si>
   <si>
     <t>CUSC 4.1.3.13A (b)</t>
   </si>
   <si>
     <t>Where any payment rates published in a report issued in accordance with Paragraph 4.1.3.13A(a) are rectified by The Company in accordance with Paragraph 4.1.3.13(e), The Company shall as soon as reasonably practicable thereafter publish the rectified report on its web site.</t>
   </si>
   <si>
     <t>Frequency Response Price Submission System (FRPS)</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Day</t>
   </si>
   <si>
     <t>Event</t>
   </si>
   <si>
@@ -389,977 +390,980 @@
     <t>WD 1</t>
   </si>
   <si>
     <t>WD 5</t>
   </si>
   <si>
     <t>WD 9</t>
   </si>
   <si>
     <t>WD 15</t>
   </si>
   <si>
     <t>WD 16</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission window for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Feb 2025</t>
+      <t>Feb 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> opens @ 0900hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Frequency Response volumes instructed in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Dec 2024</t>
+      <t>Dec 2025</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission deadline for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Feb 2025</t>
+      <t>Feb 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> @ 1700hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Publication of Holding Rates and available response volume in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Feb 2025</t>
+      <t>Feb 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission window for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Mar 2025</t>
+      <t>Mar 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> opens @ 0900hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Frequency Response volumes instructed in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Jan 2025</t>
+      <t>Jan 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission deadline for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Mar 2025</t>
+      <t>Mar 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> @ 1700hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Publication of Holding Rates and available response volume in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Mar 2025</t>
-    </r>
+      <t>Mar 2026</t>
+    </r>
+  </si>
+  <si>
+    <t>MANDATORY FREQUENCY RESPONSE CALENDAR 2026</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission window for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Apr 2025</t>
+      <t>Apr 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> opens @ 0900hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Frequency Response volumes instructed in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Feb 2025</t>
+      <t>Feb 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission deadline for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Apr 2025</t>
+      <t>Apr 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> @ 1700hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Publication of Holding Rates and available response volume in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Apr 2025</t>
+      <t>Apr 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission window for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>May 2025</t>
+      <t>May 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> opens @ 0900hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Frequency Response volumes instructed in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Mar 2025</t>
+      <t>Mar 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission deadline for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>May 2025</t>
+      <t>May 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> @ 1700hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Publication of Holding Rates and available response volume in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>May 2025</t>
+      <t>May 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission window for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Jun 2025</t>
+      <t>Jun 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> opens @ 0900hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Frequency Response volumes instructed in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Apr 2025</t>
+      <t>Apr 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission deadline for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Jun 2025</t>
+      <t>Jun 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> @ 1700hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Publication of Holding Rates and available response volume in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Jun 2025</t>
+      <t>Jun 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission window for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Jul 2025</t>
+      <t>Jul 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> opens @ 0900hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Frequency Response volumes instructed in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>May 2025</t>
+      <t>May 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission deadline for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Jul 2025</t>
+      <t>Jul 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> @ 1700hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Publication of Holding Rates and available response volume in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Jul 2025</t>
+      <t>Jul 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission window for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Aug 2025</t>
+      <t>Aug 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> opens @ 0900hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t>Frequency Response volumes instructed in</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> Jun 2025</t>
+      <t xml:space="preserve"> Jun 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Prices submission deadline for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Aug 2025</t>
+      <t>Aug 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> @ 1700hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Publication of Holding Rates and available response volume in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Aug 2025</t>
+      <t>Aug 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t>Price submission window for</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> Sep 2025 </t>
+      <t xml:space="preserve"> Sep 2026 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>opens @ 0900hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Frequency Response volumes instructed in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Jul 2025</t>
+      <t>Jul 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission deadline for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Sep 2025</t>
+      <t>Sep 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> @ 1700hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Publication of Holding Rates and available response volume in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Sep 2025</t>
+      <t>Sep 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission window for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Oct 2025</t>
+      <t>Oct 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> opens @ 0900hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Frequency Response volumes instructed in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Aug 2025</t>
+      <t>Aug 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission deadline for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Oct 2025</t>
+      <t>Oct 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> @ 1700hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Publication of Holding Rates and available response volume in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Oct 2025</t>
+      <t>Oct 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t>Price submission window for</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> Nov 2025</t>
+      <t xml:space="preserve"> Nov 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> opens @ 0900hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Frequency Response volumes instructed in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Sep 2025</t>
+      <t>Sep 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission deadline for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Nov 2025</t>
+      <t>Nov 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> @ 1700hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Publication of Holding Rates and available response volume in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Nov 2025</t>
+      <t>Nov 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission window for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Dec 2025</t>
+      <t>Dec 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> opens @ 0900hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Frequency Response volumes instructed in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Oct 2025</t>
+      <t>Oct 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission deadline for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Dec 2025</t>
+      <t>Dec 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> @ 1700hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Publication of Holding Rates and available response volume in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Dec 2025</t>
+      <t>Dec 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission window for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Jan 2026 </t>
+      <t xml:space="preserve">Jan 2027 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>opens @ 0900hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Frequency Response volumes instructed in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Nov 2025</t>
+      <t>Nov 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission deadline for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Jan 2026</t>
+      <t>Jan 2027</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> @ 1700hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Publication of Holding Rates and available response volume in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Jan 2026</t>
+      <t>Jan 2027</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission window for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Feb 2026</t>
+      <t>Feb 2027</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> opens @ 0900hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Frequency Response volumes instructed in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Dec 2025</t>
+      <t>Dec 2026</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Price submission deadline for </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Feb 2026</t>
+      <t>Feb 2027</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> @ 1700hrs</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Publication of Holding Rates and available response volume in </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Feb 2026</t>
-[...3 lines deleted...]
-    <t>MANDATORY FREQUENCY RESPONSE CALENDAR 2025</t>
+      <t>Feb 2027</t>
+    </r>
+  </si>
+  <si>
+    <t>PUBLIC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="ddd"/>
     <numFmt numFmtId="165" formatCode="dd\-mmm\-yyyy"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1411,51 +1415,51 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFF00FF"/>
+        <fgColor rgb="FF7030A0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="20">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thick">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -1685,51 +1689,51 @@
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="37">
+  <cellXfs count="38">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -1741,79 +1745,82 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...15 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF00FF"/>
       <color rgb="FFFF0000"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -2092,1389 +2099,1384 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H73"/>
+  <dimension ref="A1:H75"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
-      <pane xSplit="1" ySplit="7" topLeftCell="B8" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="9" topLeftCell="B10" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
-      <selection pane="bottomRight" activeCell="J14" sqref="J14"/>
+      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.44140625" style="13" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="77.6640625" style="2" customWidth="1"/>
+    <col min="1" max="1" width="9" style="13" customWidth="1"/>
+    <col min="2" max="2" width="17.109375" style="3" customWidth="1"/>
+    <col min="3" max="3" width="8.6640625" style="3" customWidth="1"/>
+    <col min="4" max="4" width="35.109375" style="2" customWidth="1"/>
+    <col min="5" max="5" width="81.33203125" style="2" customWidth="1"/>
     <col min="6" max="6" width="9.88671875" style="2" customWidth="1"/>
     <col min="7" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" s="21" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="B2" s="12" t="s">
+    <row r="1" spans="1:8" ht="23.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="37" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" s="21" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="20"/>
+      <c r="B3" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" s="31"/>
+      <c r="D3" s="32"/>
+      <c r="E3" s="32"/>
+    </row>
+    <row r="4" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B4" s="12" t="s">
         <v>0</v>
-      </c>
-[...15 lines deleted...]
-        <v>2</v>
       </c>
       <c r="C4" s="4"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
     </row>
-    <row r="5" spans="1:8" ht="34.799999999999997" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B5" s="30" t="s">
+    <row r="5" spans="1:8" ht="58.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="36" t="s">
+        <v>1</v>
+      </c>
+      <c r="C5" s="36"/>
+      <c r="D5" s="36"/>
+      <c r="E5" s="36"/>
+      <c r="F5" s="5"/>
+    </row>
+    <row r="6" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B6" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="C6" s="4"/>
+      <c r="D6" s="1"/>
+      <c r="E6" s="1"/>
+    </row>
+    <row r="7" spans="1:8" ht="29.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B7" s="36" t="s">
         <v>3</v>
       </c>
-      <c r="C5" s="30"/>
-[...5 lines deleted...]
-      <c r="B6" s="27" t="s">
+      <c r="C7" s="36"/>
+      <c r="D7" s="36"/>
+      <c r="E7" s="36"/>
+      <c r="F7" s="5"/>
+    </row>
+    <row r="8" spans="1:8" ht="19.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B8" s="33" t="s">
         <v>4</v>
       </c>
-      <c r="C6" s="28"/>
-[...6 lines deleted...]
-      <c r="B7" s="33" t="s">
+      <c r="C8" s="34"/>
+      <c r="D8" s="34"/>
+      <c r="E8" s="35"/>
+      <c r="H8" s="4"/>
+    </row>
+    <row r="9" spans="1:8" s="6" customFormat="1" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="13"/>
+      <c r="B9" s="27" t="s">
         <v>5</v>
       </c>
-      <c r="C7" s="34" t="s">
+      <c r="C9" s="28" t="s">
         <v>6</v>
       </c>
-      <c r="D7" s="35" t="s">
+      <c r="D9" s="29" t="s">
         <v>7</v>
       </c>
-      <c r="E7" s="36" t="s">
+      <c r="E9" s="30" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="8" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="14" t="s">
+    <row r="10" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="24">
-[...36 lines deleted...]
-        <v>45671</v>
+      <c r="B10" s="24">
+        <v>46024</v>
       </c>
       <c r="C10" s="18">
         <f>B10</f>
-        <v>45671</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>46024</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" s="8" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="15" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B11" s="25">
-        <v>45679</v>
+        <v>46030</v>
       </c>
       <c r="C11" s="18">
         <f>B11</f>
-        <v>45679</v>
+        <v>46030</v>
       </c>
       <c r="D11" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" s="22" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" s="25">
+        <v>46036</v>
+      </c>
+      <c r="C12" s="18">
+        <f>B12</f>
+        <v>46036</v>
+      </c>
+      <c r="D12" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="22" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B13" s="25">
+        <v>46044</v>
+      </c>
+      <c r="C13" s="18">
+        <f>B13</f>
+        <v>46044</v>
+      </c>
+      <c r="D13" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="E11" s="22" t="s">
+      <c r="E13" s="22" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="12" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="16" t="s">
+    <row r="14" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="B12" s="26">
-[...6 lines deleted...]
-      <c r="D12" s="11" t="s">
+      <c r="B14" s="26">
+        <v>46045</v>
+      </c>
+      <c r="C14" s="19">
+        <f>B14</f>
+        <v>46045</v>
+      </c>
+      <c r="D14" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="E12" s="23" t="s">
+      <c r="E14" s="23" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="13" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="14" t="s">
+    <row r="15" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="B13" s="24">
-[...6 lines deleted...]
-      <c r="D13" s="7" t="s">
+      <c r="B15" s="24">
+        <v>46055</v>
+      </c>
+      <c r="C15" s="18">
+        <f t="shared" ref="C15" si="0">B15</f>
+        <v>46055</v>
+      </c>
+      <c r="D15" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="E13" s="8" t="s">
+      <c r="E15" s="8" t="s">
         <v>11</v>
-      </c>
-[...34 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B16" s="25">
+        <v>46059</v>
+      </c>
+      <c r="C16" s="18">
+        <f t="shared" ref="C16:C69" si="1">B16</f>
+        <v>46059</v>
+      </c>
+      <c r="D16" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="22" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B17" s="25">
+        <v>46065</v>
+      </c>
+      <c r="C17" s="18">
+        <f t="shared" si="1"/>
+        <v>46065</v>
+      </c>
+      <c r="D17" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="22" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="B16" s="25">
-[...6 lines deleted...]
-      <c r="D16" s="17" t="s">
+      <c r="B18" s="25">
+        <v>46073</v>
+      </c>
+      <c r="C18" s="18">
+        <f t="shared" si="1"/>
+        <v>46073</v>
+      </c>
+      <c r="D18" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="E16" s="22" t="s">
+      <c r="E18" s="22" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="17" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A17" s="16" t="s">
+    <row r="19" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="B17" s="26">
-[...6 lines deleted...]
-      <c r="D17" s="11" t="s">
+      <c r="B19" s="26">
+        <v>46076</v>
+      </c>
+      <c r="C19" s="19">
+        <f t="shared" si="1"/>
+        <v>46076</v>
+      </c>
+      <c r="D19" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="E17" s="23" t="s">
+      <c r="E19" s="23" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="18" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="14" t="s">
+    <row r="20" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="B18" s="24">
-[...6 lines deleted...]
-      <c r="D18" s="7" t="s">
+      <c r="B20" s="24">
+        <v>46083</v>
+      </c>
+      <c r="C20" s="18">
+        <f t="shared" si="1"/>
+        <v>46083</v>
+      </c>
+      <c r="D20" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="E18" s="8" t="s">
+      <c r="E20" s="8" t="s">
         <v>11</v>
       </c>
-    </row>
-[...36 lines deleted...]
-      <c r="H20" s="12"/>
     </row>
     <row r="21" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B21" s="25">
+        <v>46087</v>
+      </c>
+      <c r="C21" s="18">
+        <f t="shared" si="1"/>
+        <v>46087</v>
+      </c>
+      <c r="D21" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="22" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B22" s="25">
+        <v>46093</v>
+      </c>
+      <c r="C22" s="18">
+        <f t="shared" si="1"/>
+        <v>46093</v>
+      </c>
+      <c r="D22" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="22" t="s">
+        <v>35</v>
+      </c>
+      <c r="G22" s="12"/>
+      <c r="H22" s="12"/>
+    </row>
+    <row r="23" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="B21" s="25">
-[...6 lines deleted...]
-      <c r="D21" s="17" t="s">
+      <c r="B23" s="25">
+        <v>46101</v>
+      </c>
+      <c r="C23" s="18">
+        <f t="shared" si="1"/>
+        <v>46101</v>
+      </c>
+      <c r="D23" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="E21" s="22" t="s">
-[...4 lines deleted...]
-      <c r="A22" s="16" t="s">
+      <c r="E23" s="22" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="B22" s="26">
-[...6 lines deleted...]
-      <c r="D22" s="11" t="s">
+      <c r="B24" s="26">
+        <v>46104</v>
+      </c>
+      <c r="C24" s="19">
+        <f t="shared" si="1"/>
+        <v>46104</v>
+      </c>
+      <c r="D24" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="E22" s="23" t="s">
-[...4 lines deleted...]
-      <c r="A23" s="14" t="s">
+      <c r="E24" s="23" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="14" t="s">
         <v>9</v>
       </c>
-      <c r="B23" s="24">
-[...6 lines deleted...]
-      <c r="D23" s="7" t="s">
+      <c r="B25" s="24">
+        <v>46113</v>
+      </c>
+      <c r="C25" s="18">
+        <f t="shared" si="1"/>
+        <v>46113</v>
+      </c>
+      <c r="D25" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="E23" s="8" t="s">
+      <c r="E25" s="8" t="s">
         <v>11</v>
-      </c>
-[...34 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="26" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="B26" s="25">
+        <v>46121</v>
+      </c>
+      <c r="C26" s="18">
+        <f t="shared" si="1"/>
+        <v>46121</v>
+      </c>
+      <c r="D26" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="22" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="B27" s="25">
+        <v>46127</v>
+      </c>
+      <c r="C27" s="18">
+        <f t="shared" si="1"/>
+        <v>46127</v>
+      </c>
+      <c r="D27" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="22" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="B26" s="25">
-[...6 lines deleted...]
-      <c r="D26" s="17" t="s">
+      <c r="B28" s="25">
+        <v>46135</v>
+      </c>
+      <c r="C28" s="18">
+        <f t="shared" si="1"/>
+        <v>46135</v>
+      </c>
+      <c r="D28" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="E26" s="22" t="s">
-[...4 lines deleted...]
-      <c r="A27" s="16" t="s">
+      <c r="E28" s="22" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="16" t="s">
         <v>18</v>
       </c>
-      <c r="B27" s="26">
-[...6 lines deleted...]
-      <c r="D27" s="11" t="s">
+      <c r="B29" s="26">
+        <v>46136</v>
+      </c>
+      <c r="C29" s="19">
+        <f t="shared" si="1"/>
+        <v>46136</v>
+      </c>
+      <c r="D29" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="E27" s="23" t="s">
-[...4 lines deleted...]
-      <c r="A28" s="14" t="s">
+      <c r="E29" s="23" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="B28" s="24">
-[...6 lines deleted...]
-      <c r="D28" s="7" t="s">
+      <c r="B30" s="24">
+        <v>46143</v>
+      </c>
+      <c r="C30" s="18">
+        <f t="shared" si="1"/>
+        <v>46143</v>
+      </c>
+      <c r="D30" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="E28" s="8" t="s">
+      <c r="E30" s="8" t="s">
         <v>11</v>
-      </c>
-[...34 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="31" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B31" s="25">
+        <v>46150</v>
+      </c>
+      <c r="C31" s="18">
+        <f t="shared" si="1"/>
+        <v>46150</v>
+      </c>
+      <c r="D31" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="22" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B32" s="25">
+        <v>46156</v>
+      </c>
+      <c r="C32" s="18">
+        <f t="shared" si="1"/>
+        <v>46156</v>
+      </c>
+      <c r="D32" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="B31" s="25">
-[...6 lines deleted...]
-      <c r="D31" s="17" t="s">
+      <c r="B33" s="25">
+        <v>46164</v>
+      </c>
+      <c r="C33" s="18">
+        <f t="shared" si="1"/>
+        <v>46164</v>
+      </c>
+      <c r="D33" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="E31" s="22" t="s">
-[...4 lines deleted...]
-      <c r="A32" s="16" t="s">
+      <c r="E33" s="22" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="B32" s="26">
-[...6 lines deleted...]
-      <c r="D32" s="11" t="s">
+      <c r="B34" s="26">
+        <v>46168</v>
+      </c>
+      <c r="C34" s="19">
+        <f t="shared" si="1"/>
+        <v>46168</v>
+      </c>
+      <c r="D34" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="E32" s="23" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="14" t="s">
+      <c r="E34" s="23" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="B33" s="24">
-[...6 lines deleted...]
-      <c r="D33" s="7" t="s">
+      <c r="B35" s="24">
+        <v>46174</v>
+      </c>
+      <c r="C35" s="18">
+        <f t="shared" si="1"/>
+        <v>46174</v>
+      </c>
+      <c r="D35" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="E33" s="8" t="s">
+      <c r="E35" s="8" t="s">
         <v>11</v>
-      </c>
-[...34 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="36" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B36" s="25">
+        <v>46178</v>
+      </c>
+      <c r="C36" s="18">
+        <f t="shared" si="1"/>
+        <v>46178</v>
+      </c>
+      <c r="D36" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" s="22" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B37" s="25">
+        <v>46184</v>
+      </c>
+      <c r="C37" s="18">
+        <f t="shared" si="1"/>
+        <v>46184</v>
+      </c>
+      <c r="D37" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="22" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="B36" s="25">
-[...6 lines deleted...]
-      <c r="D36" s="17" t="s">
+      <c r="B38" s="25">
+        <v>46192</v>
+      </c>
+      <c r="C38" s="18">
+        <f t="shared" si="1"/>
+        <v>46192</v>
+      </c>
+      <c r="D38" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="E36" s="22" t="s">
-[...4 lines deleted...]
-      <c r="A37" s="16" t="s">
+      <c r="E38" s="22" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="B37" s="26">
-[...6 lines deleted...]
-      <c r="D37" s="11" t="s">
+      <c r="B39" s="26">
+        <v>46195</v>
+      </c>
+      <c r="C39" s="19">
+        <f t="shared" si="1"/>
+        <v>46195</v>
+      </c>
+      <c r="D39" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="E37" s="23" t="s">
-[...4 lines deleted...]
-      <c r="A38" s="14" t="s">
+      <c r="E39" s="23" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="B38" s="24">
-[...6 lines deleted...]
-      <c r="D38" s="7" t="s">
+      <c r="B40" s="24">
+        <v>46204</v>
+      </c>
+      <c r="C40" s="18">
+        <f t="shared" si="1"/>
+        <v>46204</v>
+      </c>
+      <c r="D40" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="E38" s="8" t="s">
+      <c r="E40" s="8" t="s">
         <v>11</v>
-      </c>
-[...34 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B41" s="25">
+        <v>46210</v>
+      </c>
+      <c r="C41" s="18">
+        <f t="shared" si="1"/>
+        <v>46210</v>
+      </c>
+      <c r="D41" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="22" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B42" s="25">
+        <v>46216</v>
+      </c>
+      <c r="C42" s="18">
+        <f t="shared" si="1"/>
+        <v>46216</v>
+      </c>
+      <c r="D42" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="22" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="B41" s="25">
-[...6 lines deleted...]
-      <c r="D41" s="17" t="s">
+      <c r="B43" s="25">
+        <v>46224</v>
+      </c>
+      <c r="C43" s="18">
+        <f t="shared" si="1"/>
+        <v>46224</v>
+      </c>
+      <c r="D43" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="E41" s="22" t="s">
-[...4 lines deleted...]
-      <c r="A42" s="16" t="s">
+      <c r="E43" s="22" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="B42" s="26">
-[...6 lines deleted...]
-      <c r="D42" s="11" t="s">
+      <c r="B44" s="26">
+        <v>46225</v>
+      </c>
+      <c r="C44" s="19">
+        <f t="shared" si="1"/>
+        <v>46225</v>
+      </c>
+      <c r="D44" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="E42" s="23" t="s">
-[...4 lines deleted...]
-      <c r="A43" s="14" t="s">
+      <c r="E44" s="23" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="B43" s="24">
-[...6 lines deleted...]
-      <c r="D43" s="7" t="s">
+      <c r="B45" s="24">
+        <v>46237</v>
+      </c>
+      <c r="C45" s="18">
+        <f t="shared" si="1"/>
+        <v>46237</v>
+      </c>
+      <c r="D45" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="E43" s="8" t="s">
+      <c r="E45" s="8" t="s">
         <v>11</v>
-      </c>
-[...34 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="46" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B46" s="25">
+        <v>46241</v>
+      </c>
+      <c r="C46" s="18">
+        <f t="shared" si="1"/>
+        <v>46241</v>
+      </c>
+      <c r="D46" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="22" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B47" s="25">
+        <v>46247</v>
+      </c>
+      <c r="C47" s="18">
+        <f t="shared" si="1"/>
+        <v>46247</v>
+      </c>
+      <c r="D47" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="22" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="B46" s="25">
-[...6 lines deleted...]
-      <c r="D46" s="17" t="s">
+      <c r="B48" s="25">
+        <v>46255</v>
+      </c>
+      <c r="C48" s="18">
+        <f t="shared" si="1"/>
+        <v>46255</v>
+      </c>
+      <c r="D48" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="E46" s="22" t="s">
-[...4 lines deleted...]
-      <c r="A47" s="16" t="s">
+      <c r="E48" s="22" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="B47" s="26">
-[...6 lines deleted...]
-      <c r="D47" s="11" t="s">
+      <c r="B49" s="26">
+        <v>46258</v>
+      </c>
+      <c r="C49" s="19">
+        <f t="shared" si="1"/>
+        <v>46258</v>
+      </c>
+      <c r="D49" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="E47" s="23" t="s">
-[...4 lines deleted...]
-      <c r="A48" s="14" t="s">
+      <c r="E49" s="23" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="B48" s="24">
-[...6 lines deleted...]
-      <c r="D48" s="7" t="s">
+      <c r="B50" s="24">
+        <v>46266</v>
+      </c>
+      <c r="C50" s="18">
+        <f t="shared" si="1"/>
+        <v>46266</v>
+      </c>
+      <c r="D50" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="E48" s="8" t="s">
+      <c r="E50" s="8" t="s">
         <v>11</v>
-      </c>
-[...34 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="51" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B51" s="25">
+        <v>46272</v>
+      </c>
+      <c r="C51" s="18">
+        <f t="shared" si="1"/>
+        <v>46272</v>
+      </c>
+      <c r="D51" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B52" s="25">
+        <v>46276</v>
+      </c>
+      <c r="C52" s="18">
+        <f t="shared" si="1"/>
+        <v>46276</v>
+      </c>
+      <c r="D52" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="22" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="B51" s="25">
-[...6 lines deleted...]
-      <c r="D51" s="17" t="s">
+      <c r="B53" s="25">
+        <v>46286</v>
+      </c>
+      <c r="C53" s="18">
+        <f t="shared" si="1"/>
+        <v>46286</v>
+      </c>
+      <c r="D53" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="E51" s="22" t="s">
-[...4 lines deleted...]
-      <c r="A52" s="16" t="s">
+      <c r="E53" s="22" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A54" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="B52" s="26">
-[...6 lines deleted...]
-      <c r="D52" s="11" t="s">
+      <c r="B54" s="26">
+        <v>46287</v>
+      </c>
+      <c r="C54" s="19">
+        <f t="shared" si="1"/>
+        <v>46287</v>
+      </c>
+      <c r="D54" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="E52" s="23" t="s">
-[...4 lines deleted...]
-      <c r="A53" s="14" t="s">
+      <c r="E54" s="23" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="B53" s="24">
-[...6 lines deleted...]
-      <c r="D53" s="7" t="s">
+      <c r="B55" s="24">
+        <v>46296</v>
+      </c>
+      <c r="C55" s="18">
+        <f t="shared" si="1"/>
+        <v>46296</v>
+      </c>
+      <c r="D55" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="E53" s="8" t="s">
+      <c r="E55" s="8" t="s">
         <v>11</v>
-      </c>
-[...34 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="56" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B56" s="25">
+        <v>46302</v>
+      </c>
+      <c r="C56" s="18">
+        <f t="shared" si="1"/>
+        <v>46302</v>
+      </c>
+      <c r="D56" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" s="22" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B57" s="25">
+        <v>46308</v>
+      </c>
+      <c r="C57" s="18">
+        <f t="shared" si="1"/>
+        <v>46308</v>
+      </c>
+      <c r="D57" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="22" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="B56" s="25">
-[...6 lines deleted...]
-      <c r="D56" s="17" t="s">
+      <c r="B58" s="25">
+        <v>46316</v>
+      </c>
+      <c r="C58" s="18">
+        <f t="shared" si="1"/>
+        <v>46316</v>
+      </c>
+      <c r="D58" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="E56" s="22" t="s">
-[...4 lines deleted...]
-      <c r="A57" s="16" t="s">
+      <c r="E58" s="22" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A59" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="B57" s="26">
-[...6 lines deleted...]
-      <c r="D57" s="11" t="s">
+      <c r="B59" s="26">
+        <v>46317</v>
+      </c>
+      <c r="C59" s="19">
+        <f t="shared" si="1"/>
+        <v>46317</v>
+      </c>
+      <c r="D59" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="E57" s="23" t="s">
-[...4 lines deleted...]
-      <c r="A58" s="14" t="s">
+      <c r="E59" s="23" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="B58" s="24">
-[...6 lines deleted...]
-      <c r="D58" s="7" t="s">
+      <c r="B60" s="24">
+        <v>46328</v>
+      </c>
+      <c r="C60" s="18">
+        <f t="shared" si="1"/>
+        <v>46328</v>
+      </c>
+      <c r="D60" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="E58" s="8" t="s">
+      <c r="E60" s="8" t="s">
         <v>11</v>
-      </c>
-[...34 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="61" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B61" s="25">
+        <v>46332</v>
+      </c>
+      <c r="C61" s="18">
+        <f t="shared" si="1"/>
+        <v>46332</v>
+      </c>
+      <c r="D61" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" s="22" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B62" s="25">
+        <v>46338</v>
+      </c>
+      <c r="C62" s="18">
+        <f t="shared" si="1"/>
+        <v>46338</v>
+      </c>
+      <c r="D62" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="22" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="B61" s="25">
-[...6 lines deleted...]
-      <c r="D61" s="17" t="s">
+      <c r="B63" s="25">
+        <v>46346</v>
+      </c>
+      <c r="C63" s="18">
+        <f t="shared" si="1"/>
+        <v>46346</v>
+      </c>
+      <c r="D63" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="E61" s="22" t="s">
-[...4 lines deleted...]
-      <c r="A62" s="16" t="s">
+      <c r="E63" s="22" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A64" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="B62" s="26">
-[...6 lines deleted...]
-      <c r="D62" s="11" t="s">
+      <c r="B64" s="26">
+        <v>46349</v>
+      </c>
+      <c r="C64" s="19">
+        <f t="shared" si="1"/>
+        <v>46349</v>
+      </c>
+      <c r="D64" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="E62" s="23" t="s">
-[...4 lines deleted...]
-      <c r="A63" s="14" t="s">
+      <c r="E64" s="23" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="B63" s="24">
-[...6 lines deleted...]
-      <c r="D63" s="7" t="s">
+      <c r="B65" s="24">
+        <v>46357</v>
+      </c>
+      <c r="C65" s="18">
+        <f t="shared" si="1"/>
+        <v>46357</v>
+      </c>
+      <c r="D65" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="E63" s="8" t="s">
+      <c r="E65" s="8" t="s">
         <v>11</v>
-      </c>
-[...34 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="66" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B66" s="25">
+        <v>46363</v>
+      </c>
+      <c r="C66" s="18">
+        <f t="shared" si="1"/>
+        <v>46363</v>
+      </c>
+      <c r="D66" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" s="22" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B67" s="25">
+        <v>46367</v>
+      </c>
+      <c r="C67" s="18">
+        <f t="shared" si="1"/>
+        <v>46367</v>
+      </c>
+      <c r="D67" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="B66" s="25">
-[...6 lines deleted...]
-      <c r="D66" s="17" t="s">
+      <c r="B68" s="25">
+        <v>46377</v>
+      </c>
+      <c r="C68" s="18">
+        <f t="shared" si="1"/>
+        <v>46377</v>
+      </c>
+      <c r="D68" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="E66" s="22" t="s">
-[...4 lines deleted...]
-      <c r="A67" s="16" t="s">
+      <c r="E68" s="22" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="B67" s="26">
-[...6 lines deleted...]
-      <c r="D67" s="11" t="s">
+      <c r="B69" s="26">
+        <v>46378</v>
+      </c>
+      <c r="C69" s="19">
+        <f t="shared" si="1"/>
+        <v>46378</v>
+      </c>
+      <c r="D69" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="E67" s="23" t="s">
-[...4 lines deleted...]
-      <c r="A68" s="14" t="s">
+      <c r="E69" s="23" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="B68" s="24">
-[...36 lines deleted...]
-        <v>46035</v>
+      <c r="B70" s="24">
+        <v>46391</v>
       </c>
       <c r="C70" s="18">
         <f>B70</f>
-        <v>46035</v>
-[...5 lines deleted...]
-        <v>74</v>
+        <v>46391</v>
+      </c>
+      <c r="D70" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E70" s="8" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A71" s="15" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B71" s="25">
-        <v>46043</v>
+        <v>46395</v>
       </c>
       <c r="C71" s="18">
         <f>B71</f>
-        <v>46043</v>
+        <v>46395</v>
       </c>
       <c r="D71" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" s="22" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B72" s="25">
+        <v>46401</v>
+      </c>
+      <c r="C72" s="18">
+        <f>B72</f>
+        <v>46401</v>
+      </c>
+      <c r="D72" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="22" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B73" s="25">
+        <v>46409</v>
+      </c>
+      <c r="C73" s="18">
+        <f>B73</f>
+        <v>46409</v>
+      </c>
+      <c r="D73" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="E71" s="22" t="s">
-[...4 lines deleted...]
-      <c r="A72" s="16" t="s">
+      <c r="E73" s="22" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" s="9" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A74" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="B72" s="26">
-[...6 lines deleted...]
-      <c r="D72" s="11" t="s">
+      <c r="B74" s="26">
+        <v>46412</v>
+      </c>
+      <c r="C74" s="19">
+        <f>B74</f>
+        <v>46412</v>
+      </c>
+      <c r="D74" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="E72" s="23" t="s">
-[...3 lines deleted...]
-    <row r="73" spans="1:5" ht="13.8" thickTop="1" x14ac:dyDescent="0.25"/>
+      <c r="E74" s="23" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" ht="13.8" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="B1:E1"/>
-    <mergeCell ref="B6:E6"/>
     <mergeCell ref="B3:E3"/>
+    <mergeCell ref="B8:E8"/>
     <mergeCell ref="B5:E5"/>
+    <mergeCell ref="B7:E7"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.39370078740157483" bottom="0.39370078740157483" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="76" fitToHeight="2" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e6d1d2b-0e51-49a2-a36a-8f6ba12fb7d9" xmlns:ns3="ba6a44e6-f395-42f2-a6c6-7195147bc04a" xmlns:ns4="cadce026-d35b-4a62-a2ee-1436bb44fb55" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="309aae492779f300258064ebb99b6613" ns2:_="" ns3:_="" ns4:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EB5EA594F07AFB4C8F412AD053BB17DF" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fd8ad0708ccbcf73deac3798b0f093b7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e6d1d2b-0e51-49a2-a36a-8f6ba12fb7d9" xmlns:ns3="ba6a44e6-f395-42f2-a6c6-7195147bc04a" xmlns:ns4="944a99c1-02a1-443b-a650-987506fd62f1" xmlns:ns5="35ebc48a-dc9e-45bc-8496-b347132bae57" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fe24fbb7ccd019a2655c214f4b45bb67" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="5e6d1d2b-0e51-49a2-a36a-8f6ba12fb7d9"/>
     <xsd:import namespace="ba6a44e6-f395-42f2-a6c6-7195147bc04a"/>
-    <xsd:import namespace="cadce026-d35b-4a62-a2ee-1436bb44fb55"/>
+    <xsd:import namespace="944a99c1-02a1-443b-a650-987506fd62f1"/>
+    <xsd:import namespace="35ebc48a-dc9e-45bc-8496-b347132bae57"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
-                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns5:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5e6d1d2b-0e51-49a2-a36a-8f6ba12fb7d9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -3500,107 +3502,116 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f571c05a-9bf0-4b0b-ad97-e13aed49ba31" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...6 lines deleted...]
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_Flow_SignoffStatus" ma:index="26" nillable="true" ma:displayName="Sign-off status" ma:internalName="Sign_x002d_off_x0020_status">
+    <xsd:element name="_Flow_SignoffStatus" ma:index="23" nillable="true" ma:displayName="Sign-off status" ma:internalName="Sign_x002d_off_x0020_status">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ba6a44e6-f395-42f2-a6c6-7195147bc04a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="cadce026-d35b-4a62-a2ee-1436bb44fb55" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="944a99c1-02a1-443b-a650-987506fd62f1" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{bda6607d-cff8-4992-9213-ef70e08cf232}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="ba6a44e6-f395-42f2-a6c6-7195147bc04a">
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="24" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="26" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="85fefd14-5d55-4234-9e3d-a596bbbe9ae8" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35ebc48a-dc9e-45bc-8496-b347132bae57" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="27" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{cea7c856-15d7-4a53-b917-862520058d0c}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="35ebc48a-dc9e-45bc-8496-b347132bae57">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -3667,120 +3678,144 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_Flow_SignoffStatus xmlns="5e6d1d2b-0e51-49a2-a36a-8f6ba12fb7d9" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="944a99c1-02a1-443b-a650-987506fd62f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="35ebc48a-dc9e-45bc-8496-b347132bae57" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B0BF22D-41CC-45AB-AF7D-12E2D0089BDE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6375E7AD-E1D8-4568-86DC-069A23C18ADD}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CA06EBC-F5FA-4429-8C27-27A2EF27DDCF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e6d1d2b-0e51-49a2-a36a-8f6ba12fb7d9"/>
     <ds:schemaRef ds:uri="ba6a44e6-f395-42f2-a6c6-7195147bc04a"/>
-    <ds:schemaRef ds:uri="cadce026-d35b-4a62-a2ee-1436bb44fb55"/>
+    <ds:schemaRef ds:uri="944a99c1-02a1-443b-a650-987506fd62f1"/>
+    <ds:schemaRef ds:uri="35ebc48a-dc9e-45bc-8496-b347132bae57"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DED16A28-A56A-4F5F-91E2-88A027147959}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="cadce026-d35b-4a62-a2ee-1436bb44fb55"/>
+    <ds:schemaRef ds:uri="5e6d1d2b-0e51-49a2-a36a-8f6ba12fb7d9"/>
+    <ds:schemaRef ds:uri="944a99c1-02a1-443b-a650-987506fd62f1"/>
+    <ds:schemaRef ds:uri="35ebc48a-dc9e-45bc-8496-b347132bae57"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{a63c9e9e-b4db-442a-a94f-08718d788e8c}" enabled="0" method="" siteId="{a63c9e9e-b4db-442a-a94f-08718d788e8c}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
-      <vt:lpstr>Calendar 2025</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>'Calendar 2025'!Print_Titles</vt:lpstr>
+      <vt:lpstr>Calendar 2026</vt:lpstr>
+      <vt:lpstr>'Calendar 2026'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Calendar 2026'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>National Grid</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>bea.ennim</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100D55D76BF081AE64D895FBA4BABC130DE</vt:lpwstr>
+    <vt:lpwstr>0x010100EB5EA594F07AFB4C8F412AD053BB17DF</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
+    <vt:r8>15676300</vt:r8>
+  </property>
 </Properties>
 </file>